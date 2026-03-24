--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -230,51 +230,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (98)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (106)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -515,11206 +515,12266 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-cost hygroscopic packed beds for energy storage in solar dryers: Sizing rules from a dual-scale heat and mass transfer model</w:t>
+                <w:t xml:space="preserve">Bio-based Films From Potato Starch Modified By Dry-heating Treatment: Structural, Mechanical, and Functional Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Perre</w:t>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuri Ferreira da Silva</w:t>
+                <w:t xml:space="preserve">Ca I a La Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahim Mazian</w:t>
+                <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Remond</w:t>
+                <w:t xml:space="preserve">Wanessa R Melchert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 153, pp.121069. </w:t>
+              <w:t xml:space="preserve">Food Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 21 (1), pp.31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.est.2026.121069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11483-026-10119-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05511086v1</w:t>
+                <w:t xml:space="preserve">hal-05550798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogels from Wharton's jelly as alternative to conventional extracellular matrix-based constructs</w:t>
+                <w:t xml:space="preserve">Thermal, rheological and mechanical behavior of PLA and PP biocomposites filled with Brewer’s spent grain (BSG): A comparative analysis of polymer-filler interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Lavrand</w:t>
+                <w:t xml:space="preserve">Adele Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorinne Adam</w:t>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Da Rocha</w:t>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Lemaire</w:t>
+                <w:t xml:space="preserve">Sébastien Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capucine Loth</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 328, pp.147552. </w:t>
+              <w:t xml:space="preserve">Journal of Thermoplastic Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.147552⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/08927057261418660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296711v1</w:t>
+                <w:t xml:space="preserve">hal-05549867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Effects of Ultrasound Processing on Food Packaging Laminated With Aluminum Foil</w:t>
+                <w:t xml:space="preserve">Low-cost hygroscopic packed beds for energy storage in solar dryers: Sizing rules from a dual-scale heat and mass transfer model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matheus Morandi de Almeida</w:t>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanci Castanha</w:t>
+                <w:t xml:space="preserve">Yuri Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Fernanda Janetti Bócoli</w:t>
+                <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo Henrique Massaharu Kiyataka</w:t>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Maria Curtio Soares</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Romain Remond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 153, pp.121069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pen.70193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.est.2026.121069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05321927v1</w:t>
+                <w:t xml:space="preserve">hal-05511086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of ultrasonic processing on the physical-chemical properties and migration of metallized flexible packaging materials</w:t>
+                <w:t xml:space="preserve">Exploring the Effects of Ultrasound Processing on Food Packaging Laminated With Aluminum Foil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luís Marangoni Júnior</w:t>
+                <w:t xml:space="preserve">Matheus Morandi de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Nanci Castanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Fernanda Janetti Bócoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Henrique Massaharu Kiyataka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Maria Curtio Soares</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gustavo Henrique Moraes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t>
+              <w:t xml:space="preserve">Polymer Engineering and Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11694-025-03475-4⟩</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pen.70193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05156235v1</w:t>
+                <w:t xml:space="preserve">hal-05321927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining pulsed electric fields (PEF) pre-treatment and ultrasound assisted convective drying to obtain coloured potato snacks rich in anthocyanins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrogels from Wharton's jelly as alternative to conventional extracellular matrix-based constructs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Llavata</w:t>
+                <w:t xml:space="preserve">Anais Lavrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.E.D. Augusto</w:t>
+                <w:t xml:space="preserve">Lorinne Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A. Cárcel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexis Da Rocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capucine Loth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2025.103995⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 328, pp.147552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.147552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984075v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05296711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Free Fatty Acid Production From Goat and Cow Milk: Conventional and Ultrasound‐Assisted Lipolysis of Whole and Disrupted Fat Globules</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of ultrasonic processing on the physical-chemical properties and migration of metallized flexible packaging materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Luís Marangoni Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Maria Curtio Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Ricardo de Castro Leite Júnior</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Roniérik Pioli Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Henrique Moraes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+              <w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejlt.70024⟩</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11694-025-03475-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05041938v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05156235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphological, structural, and functional properties of biobased cassava starch foam trays added with turmeric pigment extraction residue</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced Free Fatty Acid Production From Goat and Cow Milk: Conventional and Ultrasound‐Assisted Lipolysis of Whole and Disrupted Fat Globules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Ferreira da Silva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P.E.D. Augusto</w:t>
+                <w:t xml:space="preserve">Arthur Pompilio da Capela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Perré</w:t>
+                <w:t xml:space="preserve">Alécia Daila Barros Guimarães</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delia R Tapia-Blácido</w:t>
+                <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ricardo de Castro Leite Júnior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2025.145827⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.70024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05087856v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05041938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in Eco-friendly Materials for Sustainable Packaging and Single-Use Utensils: A Decade of Innovation in Preparation, Characterization, and Applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining pulsed electric fields (PEF) pre-treatment and ultrasound assisted convective drying to obtain coloured potato snacks rich in anthocyanins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Maicon de Oliveira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+                <w:t xml:space="preserve">K.C. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delia Rita Tapia-Blácido</w:t>
+                <w:t xml:space="preserve">B. Llavata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Cárcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.5c16814⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.103995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2025.103995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318523v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of proteins from brewer’s spent grain using ultrasound and alkaline hydrogen peroxide: impact on extraction yield, structural and techno-functional properties</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Morphological, structural, and functional properties of biobased cassava starch foam trays added with turmeric pigment extraction residue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Santezi</w:t>
+                <w:t xml:space="preserve">Guilherme Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ícaro Putinhon Caruso</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Ferreira da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delia R Tapia-Blácido</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.112012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 515, pp.145827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2025.145827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05273573v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05087856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modified wheat starch for the development of 3D-printed red propolis gels for dysphagic diets: phenolic content and bioactivities during in vitro gastrointestinal digestion</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advances in Eco-friendly Materials for Sustainable Packaging and Single-Use Utensils: A Decade of Innovation in Preparation, Characterization, and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Sofia Martelli Chaib Saliba</w:t>
+                <w:t xml:space="preserve">Guilherme Jose Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severino Matias de Alencar</w:t>
+                <w:t xml:space="preserve">Alan Maicon de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Giovanini de Oliveira Sartori</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Delia Rita Tapia-Blácido</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 318, pp.145240. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.145240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5c16814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05120849v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined effects of starch dry heat treatment (DHT) and chitosan blending on materials produced by extrusion</w:t>
+                <w:t xml:space="preserve">Extraction of proteins from brewer’s spent grain using ultrasound and alkaline hydrogen peroxide: impact on extraction yield, structural and techno-functional properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomás Corrêa Vianna</w:t>
+                <w:t xml:space="preserve">Marcio Augusto Ribeiro-Sanches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+                <w:t xml:space="preserve">Sérgio Luís Ferreira Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Foret</w:t>
+                <w:t xml:space="preserve">Caroline Santezi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Perré</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Osvaldo H Campanella</w:t>
+                <w:t xml:space="preserve">Ícaro Putinhon Caruso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.147804⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.112012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.112012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287943v1</w:t>
+                <w:t xml:space="preserve">hal-05273573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D printing of ascorbic acid-rich protein-starch gels for dysphagia diets: texture, nutritional and bioactive properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
+                <w:t xml:space="preserve">Combined effects of starch dry heat treatment (DHT) and chitosan blending on materials produced by extrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomás Corrêa Vianna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabela Soares Magalhães</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+                <w:t xml:space="preserve">Sylvain Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Ricardo de Castro Leite Junior</w:t>
+                <w:t xml:space="preserve">Osvaldo H Campanella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 106, pp.104283. </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 329, pp.147804. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2025.104283⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.147804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05310464v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-assisted intermittent hydration of pumpkin seeds: Improving the water uptake, germination and quality of a clean label ingredient</w:t>
+                <w:t xml:space="preserve">Modified wheat starch for the development of 3D-printed red propolis gels for dysphagic diets: phenolic content and bioactivities during in vitro gastrointestinal digestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flaviana Coelho Pacheco</w:t>
+                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeferson Silva Cunha</w:t>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Andressa</w:t>
+                <w:t xml:space="preserve">Ana Sofia Martelli Chaib Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fábio Ribeiro dos Santos</w:t>
+                <w:t xml:space="preserve">Severino Matias de Alencar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Flávia Coelho Pacheco</w:t>
+                <w:t xml:space="preserve">Alan Giovanini de Oliveira Sartori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 318, pp.145240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11947-024-03487-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.145240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625787v1</w:t>
+                <w:t xml:space="preserve">hal-05120849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food-packaging interaction during ultrasound processing: migration of monomers from multilayer polyamide packages to different food simulants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of ultrasound-assisted intermittent hydration during pumpkin seed germination on the structure, nutritional, bioactive, physical and techno-functional properties of flours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mary Ângela Favaro Perez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Paulo Henrique Massaharu Kiyataka</w:t>
+                <w:t xml:space="preserve">Flaviana Coelho Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Andressa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Flávia Coelho Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fábio Ribeiro Dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeferson Silva Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11694-023-02259-y⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 222, pp.117654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2025.117654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04336233v1</w:t>
+                <w:t xml:space="preserve">hal-05008449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clean modification of potato starch to improve 3D printing of potential bone bio-scaffolds</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">3D printing of ascorbic acid-rich protein-starch gels for dysphagia diets: texture, nutritional and bioactive properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Delia Rita Tapia-Blácido</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabela Soares Magalhães</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ricardo de Castro Leite Junior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emergent Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42247-024-00673-6⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 106, pp.104283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2025.104283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04508565v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05310464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging approaches to improve barley malt processing and quality: Ultrasound-assisted hydration and ethanol pre-treatment to drying</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ultrasound-assisted intermittent hydration of pumpkin seeds: Improving the water uptake, germination and quality of a clean label ingredient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaviana Coelho Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeferson Silva Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Andressa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fábio Ribeiro dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Flávia Coelho Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2024.112098⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-024-03487-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04566555v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04625787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies to extend the shelf life of sheep and goat cheese whey under refrigeration: Nisin, bioprotective culture, and acidification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rafael F.L. de Cerqueira</w:t>
+                <w:t xml:space="preserve">Food-packaging interaction during ultrasound processing: migration of monomers from multilayer polyamide packages to different food simulants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Marangoni Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rickey Y Yada</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+                <w:t xml:space="preserve">Mary Ângela Favaro Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Maria Curtio Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Henrique Massaharu Kiyataka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Bioscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 57, pp.103495. </w:t>
+              <w:t xml:space="preserve">Journal of Food Measurement and Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103495⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11694-023-02259-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396971v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04336233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water sorption properties of brewer's spent grain: A study aimed at its stabilization for further conversion into value-added products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of ohmic heating on the structure and properties of flexible multilayer packaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Marangoni Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcio Augusto Ribeiro Sanches</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Rui M Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo N Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Telis-Romero</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Danielle Ito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomass and Bioenergy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 170, pp.106718. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.140038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biombioe.2023.106718⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.140038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03968109v1</w:t>
+                <w:t xml:space="preserve">hal-04610361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthocyanin bioaccessibility and anti-inflammatory activity of a grape-based 3D printed food for dysphagia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clean modification of potato starch to improve 3D printing of potential bone bio-scaffolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto Invernizzi Sponchiado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryanne Trafani de Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Giovanini de Oliveira Sartori</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Larissa Catelli Rocha Torres</w:t>
+                <w:t xml:space="preserve">Delia Rita Tapia-Blácido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2023.103289⟩</w:t>
+              <w:t xml:space="preserve">Emergent Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42247-024-00673-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03965827v1</w:t>
+                <w:t xml:space="preserve">hal-04508565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ozone processing of peanut “milk”: Degradation of aflatoxins, impact on quality attributes and the potential effect on peanut allergens</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emerging approaches to improve barley malt processing and quality: Ultrasound-assisted hydration and ethanol pre-treatment to drying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan G.O. Sartori</w:t>
+                <w:t xml:space="preserve">Gisandro Reis Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria E Caetano-Silva</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136950⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 377, pp.112098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2024.112098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060150v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04566555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-of-the-art in the mechanistic modeling of the drying of solids: A review of 40 years of progress and perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Perré</w:t>
+                <w:t xml:space="preserve">Strategies to extend the shelf life of sheep and goat cheese whey under refrigeration: Nisin, bioprotective culture, and acidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Ribeiro dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Melo Martins Filho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Rémond</w:t>
+                <w:t xml:space="preserve">Rafael F.L. de Cerqueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giana Almeida</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rickey Y Yada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2022.2159974⟩</w:t>
+              <w:t xml:space="preserve">Food Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57, pp.103495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03922881v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food-Package-Processing relationships in emerging technologies: Ultrasound effects on polyamide multilayer packaging in contact with different food simulants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Valorization of brewer's spent grains (BSG) through alkaline hydrogen peroxide processing: effect on composition, structure and rheological properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcio Augusto Ribeiro Sanches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitor Augusto Lopes Stochi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Luiz Borges-Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle Ito</w:t>
+                <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 163, pp.112217. </w:t>
+              <w:t xml:space="preserve">Food and Bioproducts Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.112217⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fbp.2024.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878862v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04647751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of maize starch by dry heating treatment (DHT) and its use as gelling ingredients in fruit-based 3D-printed food for dysphagic people</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Water sorption properties of brewer's spent grain: A study aimed at its stabilization for further conversion into value-added products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcio Augusto Ribeiro Sanches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Telis-Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Bioscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103310⟩</w:t>
+              <w:t xml:space="preserve">Biomass and Bioenergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 170, pp.106718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biombioe.2023.106718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289223v1</w:t>
+                <w:t xml:space="preserve">hal-03968109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound processing to enhance the functionality of plant-based beverages and proteins</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ozone processing of peanut “milk”: Degradation of aflatoxins, impact on quality attributes and the potential effect on peanut allergens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alessandra C Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan G.O. Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria E Caetano-Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severino M de Alencar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria A Calori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cofs.2022.100939⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 405, pp.136950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807784v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed electric fields (PEF) treatment to enhance starch 3D printing application: Effect on structure, properties, and functionality of wheat and cassava starches</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Water behavior, equilibrium, and migration of a biomaterial made of pure mycelium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Mazian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasna Nait M’barek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2021.102602⟩</w:t>
+              <w:t xml:space="preserve">Emergent Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (6), pp.1889-1902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42247-023-00579-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03127178v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04455626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ozonation of agri-food products for reducing mycotoxin contamination: challenges in grains and particulates processing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+                <w:t xml:space="preserve">Anthocyanin bioaccessibility and anti-inflammatory activity of a grape-based 3D printed food for dysphagia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Giovanini de Oliveira Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Sofia Martelli Chaib Saliba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Antonia Calori-Domingues</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Larissa Catelli Rocha Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 56 (9), pp.845-851. </w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 84, pp.103289. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/03601234.2021.1962168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2023.103289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326272v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convective drying of cambuci, a native fruit from the Brazilian Atlantic Forest: Effect of pretreatments with ethanol and freezing</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">State-of-the-art in the mechanistic modeling of the drying of solids: A review of 40 years of progress and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giana Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Turner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jfpe.13822⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2022.2159974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318135v1</w:t>
+                <w:t xml:space="preserve">hal-03922881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal processing of food: Challenges, innovations and opportunities. A position paper</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ferruh Erdogdu</w:t>
+                <w:t xml:space="preserve">Food-Package-Processing relationships in emerging technologies: Ultrasound effects on polyamide multilayer packaging in contact with different food simulants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Marangoni Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roniérik Pioli Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Fátima Poças</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cristina Silva</w:t>
+                <w:t xml:space="preserve">Daniele Fidelis Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Reviews International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/87559129.2021.2012789⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 163, pp.112217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.112217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544962v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of ozone technology as an alternative for degradation of free gossypol in cottonseed meal: a prospective study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Modification of maize starch by dry heating treatment (DHT) and its use as gelling ingredients in fruit-based 3D-printed food for dysphagic people</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food additives &amp; contaminants. Part A. Chemistry, analysis, control, exposure &amp; risk assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19440049.2020.1865579⟩</w:t>
+              <w:t xml:space="preserve">Food Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56, pp.103310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbio.2023.103310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04323675v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-based multilayer films: A review of the principal methods of production and challenges</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermoplastic starch biocomposites reinforced with hemp shives obtained via extrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Foret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Mazian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassileios Bekas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe C.B. Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osvaldo H Campanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2021.1973955⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 206, pp.117707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2023.117707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04318125v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physicochemical and functional properties of a novel starch from uvaia ( Eugenia pyriformis ) seed, a native fruit from Brazil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+                <w:t xml:space="preserve">Mineral bioaccessibility in 3D printed gels based on milk/starch/ĸ-carrageenan for dysphagic people</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.S. Bitencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.S. Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S.M.C. Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dâmaris Carvalho Lima</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nanci Castanha</w:t>
+                <w:t xml:space="preserve">A.G.O. Sartori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manoel Divino Matta Junior</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L.C.R. Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 45 (10), </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 170, pp.113010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jfpp.15845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2023.113010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04318057v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04110710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound processing of fruits and vegetables, structural modification and impact on nutrient and bioactive compounds: a review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Ultrasound processing to enhance the functionality of plant-based beverages and proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirian Kubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pedro Augusto</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E D Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ijfs.15113⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cofs.2022.100939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04323577v1</w:t>
+                <w:t xml:space="preserve">hal-03807784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual-process of starch modification: Combining ozone and dry heating treatments to modify cassava starch structure and functionality</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Ozonation of agri-food products for reducing mycotoxin contamination: challenges in grains and particulates processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra de Cássia Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Bruno de Almeida Morais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Antonia Calori-Domingues</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (9), pp.845-851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03601234.2021.1962168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2020.11.046⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03516405v1</w:t>
+                <w:t xml:space="preserve">hal-04326272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starch modification through environmentally friendly alternative: a review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+                <w:t xml:space="preserve">Evaluation of ozone technology as an alternative for degradation of free gossypol in cottonseed meal: a prospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra de Cássia Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Le-Bail</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pedro Augusto</w:t>
+                <w:t xml:space="preserve">Maria Antonia Calori-Domingues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adibe Luiz Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10408398.2020.1778633⟩</w:t>
+              <w:t xml:space="preserve">Food additives &amp; contaminants. Part A. Chemistry, analysis, control, exposure &amp; risk assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (4), pp.659-669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19440049.2020.1865579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03173145v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-thermal effects of microwave and ohmic processing on microbial and enzyme inactivation: a critical review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Curet</w:t>
+                <w:t xml:space="preserve">Convective drying of cambuci, a native fruit from the Brazilian Atlantic Forest: Effect of pretreatments with ethanol and freezing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisandro Reis Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karoline Costa Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cofs.2020.01.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfpe.13822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660825v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dry heating treatment: A potential tool to improve the wheat starch properties for 3D food printing application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal processing of food: Challenges, innovations and opportunities. A position paper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Baicu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferruh Erdogdu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bianca C. Maniglia</w:t>
+                <w:t xml:space="preserve">Maria Fátima Poças</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dâmaris C. Lima</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+                <w:t xml:space="preserve">Cristina Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109731⟩</w:t>
+              <w:t xml:space="preserve">Food Reviews International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/87559129.2021.2012789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03492349v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of cassava starch hydrogels for application in 3D printing using dry heating treatment (DHT): A prospective study on the effects of DHT and gelatinization conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physicochemical and functional properties of a novel starch from uvaia ( Eugenia pyriformis ) seed, a native fruit from Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dâmaris Carvalho Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanci Castanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Divino Matta Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.108803⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfpp.15845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536289v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogels based on ozonated cassava starch: Effect of ozone processing and gelatinization conditions on enhancing 3D-printing applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bio-based multilayer films: A review of the principal methods of production and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Ivonne La Fuente Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Tiaki Ka-Neiwa Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Cecilia Tadini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2019.07.124⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 63 (14), pp.2260-2276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2021.1973955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536326v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial neural network for prediction of dielectric properties relevant to microwave processing of fruit juice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Kubo</w:t>
+                <w:t xml:space="preserve">Pulsed electric fields (PEF) treatment to enhance starch 3D printing application: Effect on structure, properties, and functionality of wheat and cassava starches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Curet</w:t>
+                <w:t xml:space="preserve">Gianpiero Pataro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Augusto</w:t>
+                <w:t xml:space="preserve">Giovanna Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Boillereaux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 41 (6), pp.e12815. </w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68, pp.102602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jfpe.12815⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2021.102602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01959514v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03127178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using ultrasound technology for the inactivation and thermal sensitization of peroxidase in green coconut water</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Ultrasound processing of fruits and vegetables, structural modification and impact on nutrient and bioactive compounds: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Júlia Hellmeister Trevilin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+                <w:t xml:space="preserve">Maria Elisa Caetano-Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2016.11.028⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (9), pp.4376-4395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijfs.15113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03965295v1</w:t>
+                <w:t xml:space="preserve">hal-04323577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ozonation of whole wheat flour and wet milling effluent: Degradation of deoxynivalenol (DON) and rheological properties</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dual-process of starch modification: Combining ozone and dry heating treatments to modify cassava starch structure and functionality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dâmaris Carvalho Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Divino Matta Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/03601234.2017.1303325⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 167, pp.894-905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2020.11.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965296v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potato starch modification using the ozone technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Starch modification through environmentally friendly alternative: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanci Castanha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2016.12.001⟩</w:t>
+              <w:t xml:space="preserve">Critical Reviews in Food Science and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (15), pp.2482-2505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10408398.2020.1778633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03965292v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Rheological Properties of Frozen Concentrated Orange Juice (FCOJ) by Multi-Pass High-Pressure Homogenisation (MP-HPH)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-thermal effects of microwave and ohmic processing on microbial and enzyme inactivation: a critical review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Tk Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Érica Siguemoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Funcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Ed Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiago Soares Leite</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Curet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10942912.2017.1362653⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35, pp.36-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cofs.2020.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965294v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound technology enhances the hydration of corn kernels without affecting their starch properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+                <w:t xml:space="preserve">Dry heating treatment: A potential tool to improve the wheat starch properties for 3D food printing application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca C. Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Ibarz</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dâmaris C. Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel da Matta Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Oge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2016.10.024⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 137, pp.109731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965297v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03492349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Describing the Sigmoidal Behavior of Roasted White Lupin ( \textitLupinus albus ) During Hydration: White Lupin Hydration</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preparation of cassava starch hydrogels for application in 3D printing using dry heating treatment (DHT): A prospective study on the effects of DHT and gelatinization conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dâmaris Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Matta Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jfpe.12428⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 128, pp.108803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2019.108803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965291v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound assisted acidification of model foods: Kinetics and impact on structure and viscoelastic properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+                <w:t xml:space="preserve">Hydrogels based on ozonated cassava starch: Effect of ozone processing and gelatinization conditions on enhancing 3D-printing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jéssica Da Costa Pereira</w:t>
+                <w:t xml:space="preserve">Dâmaris Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruna Miatelo</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manoel Matta Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le-Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2017.07.045⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 138, pp.1087-1097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2019.07.124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965293v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ascorbic acid stability in fruit juices during thermosonication</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+                <w:t xml:space="preserve">Artificial neural network for prediction of dielectric properties relevant to microwave processing of fruit juice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Curet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Boillereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2017.01.029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 41 (6), pp.e12815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfpe.12815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03965298v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing mung bean hydration using the ultrasound technology: description of mechanisms and impact on its germination and main components</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Using ultrasound technology for the inactivation and thermal sensitization of peroxidase in green coconut water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Júlia Hellmeister Trevilin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo dos Santos Funcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Andrey Wilhelms Gut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep38996⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36, pp.173--181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2016.11.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825383v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms for improving mass transfer in food with ultrasound technology: Describing the phenomena in two model cases</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+                <w:t xml:space="preserve">Structural and Rheological Properties of Frozen Concentrated Orange Juice (FCOJ) by Multi-Pass High-Pressure Homogenisation (MP-HPH)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Soares Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.10.020⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1--11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10942912.2017.1362653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825395v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound pre-treatment enhances the carrot drying and rehydration</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potato starch modification using the ozone technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanci Castanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Divino Da Matta Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2016.09.030⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66, pp.343--356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2016.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825389v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peach juice processed by the ultrasound technology: Changes in its microstructure improve its physical properties and stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
+                <w:t xml:space="preserve">Ozonation of whole wheat flour and wet milling effluent: Degradation of deoxynivalenol (DON) and rheological properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allana P. S. Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanci Castanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria A. Calori-Domingues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiago S. Leite</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2016.01.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Science and Health, Part B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 52 (7), pp.516--524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03601234.2017.1303325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825386v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frozen Concentrated Orange Juice (FCOJ) Processed by the High Pressure Homogenization (HPH) Technology: Effect on the Ready-to-Drink Juice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+                <w:t xml:space="preserve">Describing the Sigmoidal Behavior of Roasted White Lupin ( \textitLupinus albus ) During Hydration: White Lupin Hydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11947-016-1688-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40 (3), pp.e12428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfpe.12428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825379v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Describing the Food Sigmoidal Behavior During Hydration Based on a Second-Order Autocatalytic Kinetic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
+                <w:t xml:space="preserve">Ultrasound technology enhances the hydration of corn kernels without affecting their starch properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07373937.2014.949737⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 197, pp.34--43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2016.10.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825380v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using High Pressure Homogenization (HPH) to Change the Physical Properties of Cashew Apple Juice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+                <w:t xml:space="preserve">Ultrasound assisted acidification of model foods: Kinetics and impact on structure and viscoelastic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jéssica Da Costa Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Miatelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Biophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11483-014-9385-9⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100, pp.468--476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2017.07.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825377v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processing Frozen Concentrated Orange Juice (FCOJ) by High Pressure Homogenization (HPH) Technology: Changes in the Viscoelastic Properties</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+                <w:t xml:space="preserve">Ascorbic acid stability in fruit juices during thermosonication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karla Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Garvín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Engineering Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12393-014-9082-y⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37, pp.375--381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2017.01.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825384v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03965298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Study Between Technological Properties of Cashew Tree Gum and Arabic Gum</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Mechanisms for improving mass transfer in food with ultrasound technology: Describing the phenomena in two model cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10924-014-0698-z⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 29, pp.413--419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2015.10.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825382v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of ultrasound technology on barley seed germination and vigour</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultrasound pre-treatment enhances the carrot drying and rehydration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinthia Ricce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Siche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seed Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15258/sst.2015.43.2.10⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 89, pp.701--708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2016.09.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825393v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound (US) enhances the hydration of sorghum (Sorghum bicolor) grains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tatiane Patero</w:t>
+                <w:t xml:space="preserve">Enhancing mung bean hydration using the ultrasound technology: description of mechanisms and impact on its germination and main components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica da Costa Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanci Castanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoel Divino da Matta Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2014.10.021⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.38996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825385v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An autocatalytic kinetic model for describing microbial growth during fermentation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
+                <w:t xml:space="preserve">Peach juice processed by the ultrasound technology: Changes in its microstructure improve its physical properties and stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago S. Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Izabela Dutra Alvim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioprocess and Biosystems Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00449-014-1256-8⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82, pp.22--33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2016.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825396v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between morphology, hydration kinetics and mathematical models on Andean lupin (Lupinus mutabilis Sweet) grains</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+                <w:t xml:space="preserve">Frozen Concentrated Orange Juice (FCOJ) Processed by the High Pressure Homogenization (HPH) Technology: Effect on the Ready-to-Drink Juice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Soares Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lwt.2014.12.032⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (6), pp.1070--1078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-016-1688-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825392v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of dynamic high pressure on technological properties of cashew tree gum (Anacardium occidentale L.)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">Processing Frozen Concentrated Orange Juice (FCOJ) by High Pressure Homogenization (HPH) Technology: Changes in the Viscoelastic Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago S. Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.04.052⟩</w:t>
+              <w:t xml:space="preserve">Food Engineering Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (2), pp.231--240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12393-014-9082-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03825388v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the sigmoidal to the downward concave shape behavior during the hydration of grains: Effect of the initial moisture content on Adzuki beans ( Vigna angularis )</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">A Comparative Study Between Technological Properties of Cashew Tree Gum and Arabic Gum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Castro Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOOD AND BIOPRODUCTS PROCESSING</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fbp.2015.06.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23 (3), pp.392--399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10924-014-0698-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825387v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peroxidase (POD) and polyphenol oxidase (PPO) photo-inactivation in a coconut water model solution using ultraviolet (UV)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Effect of ultrasound technology on barley seed germination and vigour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.C. Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.A. Forti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.F. Abud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.G. Gomes-Junior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Cicero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2015.04.046⟩</w:t>
+              <w:t xml:space="preserve">Seed Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43 (2), pp.297--302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15258/sst.2015.43.2.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03825381v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of high pressure homogenization (HPH) to reduce consistency of concentrated orange juice (COJ)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ultrasound (US) enhances the hydration of sorghum (Sorghum bicolor) grains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiane Patero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2014.08.005⟩</w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23, pp.11--15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2014.10.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825378v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of dynamic high pressure on milk fermentation kinetics and rheological properties of probiotic fermented milk</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+                <w:t xml:space="preserve">Describing the Food Sigmoidal Behavior During Hydration Based on a Second-Order Autocatalytic Kinetic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2014.05.013⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 33 (3), pp.315--321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2014.949737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825394v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the effect of temperature on the hydration kinetic of adzuki beans (Vigna angularis)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using High Pressure Homogenization (HPH) to Change the Physical Properties of Cashew Apple Juice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Soares Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2013.04.034⟩</w:t>
+              <w:t xml:space="preserve">Food Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (2), pp.169--180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11483-014-9385-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03825360v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THERMAL PROCESS CHARACTERIZATION OF MOIST PET FOOD: PROXIMATE ANALISYS AND THERMO-PHYSICAL PROPERTIES AND THERMAL RESISTANCE OF \textitCLOSTRIDIUM SPOROGENES: THERMAL PROCESS OF MOIST PET FOOD</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of dynamic high pressure on technological properties of cashew tree gum (Anacardium occidentale L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Castro Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Terekhov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce R. Hamaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1745-4549.2011.00629.x⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 129, pp.187--193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.04.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825366v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the physical stability of tomato juice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+                <w:t xml:space="preserve">An autocatalytic kinetic model for describing microbial growth during fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E. D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2012.12.004⟩</w:t>
+              <w:t xml:space="preserve">Bioprocess and Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (1), pp.199--205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00449-014-1256-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825363v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-pass high pressure homogenization of commercial enzymes: Effect on the activities of glucose oxidase, neutral protease and amyloglucosidase at different temperatures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alline A.L. Tribst</w:t>
+                <w:t xml:space="preserve">Correlation between morphology, hydration kinetics and mathematical models on Andean lupin (Lupinus mutabilis Sweet) grains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Armando García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2013.01.002⟩</w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 61 (2), pp.290--298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2014.12.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825367v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inactivation of E. coli and B. subtilis spores in ozonized cassava starch</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">From the sigmoidal to the downward concave shape behavior during the hydration of grains: Effect of the initial moisture content on Adzuki beans ( Vigna angularis )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Claudio Miano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1590/S0101-20612013005000043⟩</w:t>
+              <w:t xml:space="preserve">FOOD AND BIOPRODUCTS PROCESSING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 96, pp.43--51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fbp.2015.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825361v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of tomato juice: Creep and recovery behaviours</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Peroxidase (POD) and polyphenol oxidase (PPO) photo-inactivation in a coconut water model solution using ultraviolet (UV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Garvín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Ibarz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Research International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 54 (1), pp.169--176. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2013.06.027⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 74, pp.151--159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2015.04.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825365v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscoelastic Properties of Tomato Juice: Applicability of the Cox–Merz Rule</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">The use of high pressure homogenization (HPH) to reduce consistency of concentrated orange juice (COJ)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Soares Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11947-011-0655-y⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26, pp.124--133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2014.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825364v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of tomato juice: Viscoelastic properties and the Cox–Merz rule</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of dynamic high pressure on milk fermentation kinetics and rheological properties of probiotic fermented milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Meirelles De Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriano Gomes Da Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2012.07.025⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26, pp.67--75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2014.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825362v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of high pressure homogenization on the activity of a commercial β-galactosidase</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">THERMAL PROCESS CHARACTERIZATION OF MOIST PET FOOD: PROXIMATE ANALISYS AND THERMO-PHYSICAL PROPERTIES AND THERMAL RESISTANCE OF \textitCLOSTRIDIUM SPOROGENES: THERMAL PROCESS OF MOIST PET FOOD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frampton F. Santana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Industrial Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10295-012-1179-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Processing and Preservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 37 (2), pp.126--132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1745-4549.2011.00629.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825354v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of the high pressure homogenisation on the activity and stability of a commercial neutral protease from Bacillus subtilis: HPH of neutral protease</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modelling the effect of temperature on the hydration kinetic of adzuki beans (Vigna angularis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Leal Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Gouveia Colnaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Zucatti Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabela Romão Gouvêa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Lopes Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Science &amp; Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2621.2011.02898.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 118 (4), pp.417--420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2013.04.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825341v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Computational Fluid Dynamics (CFD) for Evaluation of Fluid Flow Through a Gate Valve</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Multi-pass high pressure homogenization of commercial enzymes: Effect on the activities of glucose oxidase, neutral protease and amyloglucosidase at different temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline A.L. Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/1556-3758.2207⟩</w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 18, pp.83--88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2013.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825335v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of tomato juice: Time-dependent and steady-state shear</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inactivation of E. coli and B. subtilis spores in ozonized cassava starch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Oliveira Cerqueira Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2012.03.015⟩</w:t>
+              <w:t xml:space="preserve">Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (2), pp.289--294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/S0101-20612013005000043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825338v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DETERMINING CONVECTIVE HEAT TRANSFER COEFFICIENT (h) FOR HEATING AND COOLING OF BOTTLES IN WATER IMMERSION: DETERMINING h OF BOTTLES IN WATER IMMERSION SYSTEM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the physical stability of tomato juice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirian Tiaki Kaneiwa Kubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1745-4530.2009.00571.x⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (1), pp.170--179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2012.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825353v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature on dynamic and steady-state shear rheological properties of siriguela (Spondias purpurea L.) pulp</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of tomato juice: Creep and recovery behaviours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2011.08.015⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54 (1), pp.169--176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2013.06.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825351v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of a fruit juice serum model</w:t>
+                <w:t xml:space="preserve">Viscoelastic Properties of Tomato Juice: Applicability of the Cox–Merz Rule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
+                <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Víctor Falguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Ibarz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2012.02.033⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (3), pp.839--843. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-011-0655-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825350v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological Behavior of Tomato Juice: Steady-State Shear and Time-Dependent Modeling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of tomato juice: Viscoelastic properties and the Cox–Merz rule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11947-010-0472-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 114 (1), pp.57--63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2012.07.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825347v1</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the effect of temperature on the lipid solid fat content (SFC)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">The effect of high pressure homogenization on the activity of a commercial β-galactosidase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline a L Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lireny A.G. Gonçalves</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2011.10.026⟩</w:t>
+              <w:t xml:space="preserve">Journal of Industrial Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 39 (11), pp.1587--1596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10295-012-1179-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825342v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Modelling of the Heat Transfer and Microbial Inactivation During a Meat Pet Food Sterilization in Retortable Pouches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of tomato juice: Time-dependent and steady-state shear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/1556-3758.2559⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 111 (4), pp.570--579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2012.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825345v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Boundary Conditions for CFD Simulation of Liquid Food Thermal Process in Glass Bottles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">The effect of the high pressure homogenisation on the activity and stability of a commercial neutral protease from Bacillus subtilis: HPH of neutral protease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline A. L. Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/1556-3758.2329⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 47 (4), pp.716--722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2621.2011.02898.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825336v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the Mitschka-Briggs-Steffe Method for Evaluation of Cactus Pear Concentrated Pulps Rheological Behavior</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Using Computational Fluid Dynamics (CFD) for Evaluation of Fluid Flow Through a Gate Valve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 7 (6), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/1556-3758.2151⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 8 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/1556-3758.2207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825356v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Inactivation of Alicyclobacillus acidoterrestris in a Model Food</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of temperature on dynamic and steady-state shear rheological properties of siriguela (Spondias purpurea L.) pulp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2202/1556-3758.1996⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 108 (2), pp.283--289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2011.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825344v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Convective Heat Transfer Coefficient (h) in the Sterilization of Retortable Pouches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">DETERMINING CONVECTIVE HEAT TRANSFER COEFFICIENT (h) FOR HEATING AND COOLING OF BOTTLES IN WATER IMMERSION: DETERMINING h OF BOTTLES IN WATER IMMERSION SYSTEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talita Ferramola Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2202/1556-3758.2157⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35 (1), pp.54--75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1745-4530.2009.00571.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825340v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determining the Convective Heat Transfer Coefficient (h) in Thermal Process of Foods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effect of high pressure homogenization (HPH) on the rheological properties of a fruit juice serum model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2202/1556-3758.2208⟩</w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 111 (2), pp.474--477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2012.02.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825355v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscoelastic properties of tomato juice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Rheological Behavior of Tomato Juice: Steady-State Shear and Time-Dependent Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Víctor Falguera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.profoo.2011.09.089⟩</w:t>
+              <w:t xml:space="preserve">Food and Bioprocess Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5 (5), pp.1715--1723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11947-010-0472-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825339v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical evaluation of liquid food heat sterilization in a brick-shaped package</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Mathematical Modelling of the Heat Transfer and Microbial Inactivation During a Meat Pet Food Sterilization in Retortable Pouches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frampton Franklin Santana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Food Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.profoo.2011.09.191⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/1556-3758.2559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825349v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fibre addition on the rheological properties of peach juice: Rheology of peach juice with fibre addition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Modelling the effect of temperature on the lipid solid fat content (SFC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Albert Ibarz</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz M.C. Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming C. Chiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lireny A.G. Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Science &amp; Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2621.2011.02593.x⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (1), pp.132--135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2011.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03825343v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THERMAL INACTIVATION OF LACTOBACILLUS PLANTARUM IN A MODEL LIQUID FOOD: THERMAL INACTIVATION OF L. PLANTARUM</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Evaluation of Boundary Conditions for CFD Simulation of Liquid Food Thermal Process in Glass Bottles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1745-4530.2009.00529.x⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/1556-3758.2329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825352v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Simulation of Packed Liquid Food Thermal Process Using Computational Fluid Dynamics (CFD)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Using the Mitschka-Briggs-Steffe Method for Evaluation of Cactus Pear Concentrated Pulps Rheological Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 7 (4), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2202/1556-3758.2418⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 7 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/1556-3758.2151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825334v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Geometric Symmetry Condition in Numerical Simulations of Thermal Process of Packed Liquid Food by Computational Fluid Dynamics (CFD)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Thermal Inactivation of Alicyclobacillus acidoterrestris in a Model Food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Pereira Jovetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Josiane Conti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 6 (5), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2202/1556-3758.1695⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 7 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1556-3758.1996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825337v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Fluid Dynamics Analysis of Viscosity Influence on Thermal In-Package Liquid Food Process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Determination of the Convective Heat Transfer Coefficient (h) in the Sterilization of Retortable Pouches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frampton Franklin Santana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 6 (6), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2202/1556-3758.2140⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1556-3758.2157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03825348v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Viscoelastic properties of tomato juice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Víctor Falguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procedia Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.589--593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.profoo.2011.09.089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical evaluation of liquid food heat sterilization in a brick-shaped package</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procedia Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.1290--1294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.profoo.2011.09.191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determining the Convective Heat Transfer Coefficient (h) in Thermal Process of Foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1556-3758.2208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THERMAL INACTIVATION OF LACTOBACILLUS PLANTARUM IN A MODEL LIQUID FOOD: THERMAL INACTIVATION OF L. PLANTARUM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline A.L. Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Food Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 34 (4), pp.1013--1027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1745-4530.2009.00529.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of fibre addition on the rheological properties of peach juice: Rheology of peach juice with fibre addition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Víctor Falguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ibarz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 46 (5), pp.1086--1092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2621.2011.02593.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Simulation of Packed Liquid Food Thermal Process Using Computational Fluid Dynamics (CFD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1556-3758.2418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computational Fluid Dynamics Analysis of Viscosity Influence on Thermal In-Package Liquid Food Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1556-3758.2140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation of Geometric Symmetry Condition in Numerical Simulations of Thermal Process of Packed Liquid Food by Computational Fluid Dynamics (CFD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Cristianini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2202/1556-3758.1695⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Using Computational Fluid-Dynamics (CFD) for the evaluation of beer pasteurization: effect of orientation of cans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talita Ferramola Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Cristianini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ciência e Tecnologia de Alimentos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 30 (4), pp.980--986. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1590/S0101-20612010000400022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03825346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11724,1587 +12784,1587 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EFFICIENT MODELING OF COUPLED TRANSFER IN PACKED BEDS. APPLICATION AS MOISTURE BUFFER FOR INTERMITTENT DRYING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Ferreira da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Drying Conference (EuroDrying 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Wagenigen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WHEAT STARCH MODIFICATION ENHANCES 3D-PRINTED RED PROPOLIS GELS FOR DYSPHAGIA DIETS: PHENOLIC PROFILE AND BIOACTIVITIES DURING IN VITRO DIGESTION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Sofia Martelli Chaib Saliba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Severino Matias de Alencar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan G.O. Sartori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Águas de Lindóia / São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMBINING PULSED ELECTRIC FIELD (PEF) PRE-TREATMENT AND ULTRASOUND ASSISTED CONVECTIVE DRYING TO OBTAIN POTATO SNACKS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoline Costa Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Llavata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan A Cárcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Drying Conference (EuroDrying 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development Of A More Resistant Starch-Based Cross-Linked Hydrogel For Tissue Engineering Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Developing ingredients for 3D-printing of food products for dysphagia: Dry Heating Treatment (DHT) to modify maize starch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorinne Adam</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24èmes Journées Françaises de Biologie des Tissus Minéralisés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">29o Congresso Brasileiro de Ciência e Tecnologia de Alimentos (CBCTA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SBCTA, 2024, Florianopolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758273v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing ingredients for 3D-printing of food products for dysphagia: Dry Heating Treatment (DHT) to modify maize starch</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Development Of A More Resistant Starch-Based Cross-Linked Hydrogel For Tissue Engineering Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorinne Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29o Congresso Brasileiro de Ciência e Tecnologia de Alimentos (CBCTA 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SBCTA, 2024, Florianopolis, Brazil</w:t>
+              <w:t xml:space="preserve">24èmes Journées Françaises de Biologie des Tissus Minéralisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758308v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Starch modification, rheology and 3D printing of foods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Sustainable material development : Harnessing the potential of Brewer's spent grain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lacoste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I Simpósio Reologia e Aplicação em Materiais Compósitos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of São Paulo (USP, Brazil), Oct 2024, Pirassununga, Brazil</w:t>
+              <w:t xml:space="preserve">SYMPOSIUM Transdisciplinary research for a healthy planet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EXEBIO URCA, 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758264v1</w:t>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable material development : Harnessing the potential of Brewer's spent grain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Starch modification, rheology and 3D printing of foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lacoste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYMPOSIUM Transdisciplinary research for a healthy planet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EXEBIO URCA, 2024, Reims, France</w:t>
+              <w:t xml:space="preserve">I Simpósio Reologia e Aplicação em Materiais Compósitos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of São Paulo (USP, Brazil), Oct 2024, Pirassununga, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758299v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migration of E-caprolactam and hexamethylenediamine from polyamide multilayer films after ultrasound processing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Calcium-Fortified Fruit Snacks: The Consumer Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karoline Costa Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelrolayni Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th IAPRI World Packaging Conference 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">29o Congresso Brasileiro de Ciência e Tecnologia de Alimentos (CBCTA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SBCTA, 2024, Florianapolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758279v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing gelling ingredients to produce 3D-printed milk gels with tailored properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">3D-Printed Milk Gels For Dysphagic Diets: Development Of Tailored Products With High Mineral Bioaccessibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Sofia Martelli Chaib Saliba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan G.O. Sartori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larissa Catelli Rocha Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXII Brazilian Materials Research Society (B-MRS) Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Santos, Brazil</w:t>
+              <w:t xml:space="preserve">29o Congresso Brasileiro de Ciência e Tecnologia de Alimentos (CBCTA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SBCTA, 2024, Florianopolis, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758290v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D-Printed Milk Gels For Dysphagic Diets: Development Of Tailored Products With High Mineral Bioaccessibility</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Developing gelling ingredients to produce 3D-printed milk gels with tailored properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorinne Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Kerdjoudj</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29o Congresso Brasileiro de Ciência e Tecnologia de Alimentos (CBCTA 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SBCTA, 2024, Florianopolis, Brazil</w:t>
+              <w:t xml:space="preserve">XXII Brazilian Materials Research Society (B-MRS) Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Santos, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758306v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium-Fortified Fruit Snacks: The Consumer Perspective</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Migration of E-caprolactam and hexamethylenediamine from polyamide multilayer films after ultrasound processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Marangoni Júnior</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Ângela Favaro Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Maria Curtio Soares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Henrique Massaharu Kiyataka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29o Congresso Brasileiro de Ciência e Tecnologia de Alimentos (CBCTA 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SBCTA, 2024, Florianapolis, Brazil</w:t>
+              <w:t xml:space="preserve">24th IAPRI World Packaging Conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758316v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04758279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Properties of Compressed Earth Blocks with Wood Chip Additions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tej El Moulouk Zayed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Zoghlami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihel Grich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid Foudhil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Mechanics and Energy (ICME 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging technologies to enhance starch performance: structure-process-properties relationships and food applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Engineering and Food - ICEF14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nantes France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotary drum heat pump drying as alternative to malt processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisandro Reis Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Toublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Guihard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Oge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th EFFoST International Conference 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13314,1614 +14374,1614 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual Ozone and Dry-Heat (DHT) Modification of Starch: Improving Gel-Forming Properties for 3D Printing in Dysphagic Diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Aguas de Lindoia, São-Paulo ; Brésil, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using liquid models to explore NaOH-dependence in Californian-style table olives processing</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">EFFECT OF ULTRASOUND-ASSISTED MASHING ON THE PHYSICOCHEMICAL AND FUNCTIONAL PROPERTIES OF A FERMENTED BEVERAGE FROM GERMINATED PUMPKIN SEED FLOUR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaviana Coelho Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F C Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Andressa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeferson Silva Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Ribeiro dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFFoST International Conference 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Águas de Lindóia / São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05375369v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EFFECT OF ULTRASOUND-ASSISTED MASHING ON THE PHYSICOCHEMICAL AND FUNCTIONAL PROPERTIES OF A FERMENTED BEVERAGE FROM GERMINATED PUMPKIN SEED FLOUR</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using liquid models to explore NaOH-dependence in Californian-style table olives processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vítor Mathias Muneratto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Águas de Lindóia / São Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">EFFoST International Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05375424v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extrusion-Modified Hemp Flour as a Functional Ingredient in the Production of High-Moisture Meat Analogue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomás Corrêa Vianna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osvaldo Campanella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Annual Research Spotlight Meeting 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Minesota, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of Application-Oriented Protocols for Rheological and Mechanical Characterization of Injectable Biopolymer Hydrogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petrus Do Nascimento Kirsten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula Ramos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIII Latin-American Congress of Artificial Organs and Biomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05155992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pulsed electric field (PEF) pretreatment on the debittering of green olives</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">DEVELOPMENT AND CHARACTERIZATION OF FILMS FROM POTATO STARCH MODIFIED BY DRY HEATING TREATMENT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Ivonne La Fuente Arias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanessa R Melchert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EFFoST International Conference 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Águas de Lindóia / São Paulo, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05375360v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEVELOPMENT AND CHARACTERIZATION OF FILMS FROM POTATO STARCH MODIFIED BY DRY HEATING TREATMENT</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Impact of pulsed electric field (PEF) pretreatment on the debittering of green olives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcio Augusto Ribeiro Sanches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cárcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Wanessa R Melchert</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Águas de Lindóia / São Paulo, Brazil</w:t>
+              <w:t xml:space="preserve">EFFoST International Conference 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05375414v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05375360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UNRAVELING THE EFFECT OF ULTRASOUND ON TABLE OLIVE PROCESSING – A STUDY USING MODEL SYSTEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vítor Mathias Muneratto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Salvajoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J a C Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16 SLACAN - Simpósio Latino Americano de Ciência de Alimentos e Nutrição</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Aguas de Lindoia, São-Paulo ; Brésil, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05375442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a tool to imitate the fork method described by the International Dysphagia Diet Standardisation Initiative</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Physical processes to maximize milk cream hydrolysis: effect on fat structure and enzymatic hydrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Pompilio Capela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ricardo de Castro Leite Junior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Engineering and Food - ICEF14, 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nantes France, France. Proceedings of the International Congress on Engineering and Food - ICEF14, 2023</w:t>
+              <w:t xml:space="preserve">15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Campinas, Brazil. Anais do 15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446403v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical processes to maximize milk cream hydrolysis: effect on fat structure and enzymatic hydrolysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Development of a tool to imitate the fork method described by the International Dysphagia Diet Standardisation Initiative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Parlatore Lancha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Ricardo de Castro Leite Junior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Campinas, Brazil. Anais do 15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
+              <w:t xml:space="preserve">International Congress on Engineering and Food - ICEF14, 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nantes France, France. Proceedings of the International Congress on Engineering and Food - ICEF14, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446567v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-assisted hydrolysis kinetics of milk cream pre-treated by different physical processes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Pompilio Capela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alline Artigiani Lima Tribst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno R.C. Leite Júnior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Campinas, Brazil. Anais do 15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KINETICS OF ANTHOCYANINS INCORPORATION WITH DIFFERENTS COLOURS INTO POTATO SLICES TREATED WITH PULSED ELECTRIC FIELD (PEF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoline Costa Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Andres Carcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Campinas, Brazil. Anais do 15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrothermal processes applied to starch and flours: interests to design tailored functional and clean label ingredients, a review.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le-Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bianca Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandra Velasquez Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve-Anne Norwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Engineering and Food - ICEF14, 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Nantes France, France. Proceedings of the International Congress on Engineering and Food - ICEF14, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMBINED TREATMENT WITH ALKALINE HYDROGEN PEROXIDE AND ULTRASOUND TO INTENSIFY EXTRACTION OF PROTEINS FROM BREWER'S SPENT GRAIN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcio Augusto Ribeiro Sanches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thamires Souza Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiago Carregari Polachini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Telis-Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Campinas, Brazil. Anais do 15º Simpósio Latino Americano de Ciência de Alimentos (SLACAN 2023)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04446562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14931,271 +15991,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and characterization of hemp shive-based biocomposites: Impact of processing parameters on density, porosity, thermal, and mechanical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syntcha Lecdou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aya Zoghlami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th EUROMAGH Biocomposites 2025 (Biobased Materials for Circular Economy)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Djerba, Tunisia, Tunisia. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05079439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Brewer's spent grain potential as a filler in PP composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Perre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Lacoste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th EUROMAGH Biocomposites 2025 (Biobased Materials for Circular Economy)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Djerba, Tunisia, Tunisia. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05079420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15205,126 +16265,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food Rheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Miano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CRC Press, 1, 2023, 9780367685690. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9781003148722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04425913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15334,894 +16394,894 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Fruit and Vegetable Juices to Purées: A Story of Soft and Deformable Particle Suspensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Leverrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Graeme Gillies; Dérick Rousseau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter in Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Royal Society of Chemistry, pp.333-352, 2025, 9781837676699. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/9781837676699-00333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05127119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel processing technologies to enhance starch functionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bianca Chieregato Maniglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanci Castanha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Starch in Food: Structure, Function, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9780323961035. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-96102-8.00019-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Food Printing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto Invernizzi Sponchiado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Esteves Duarte Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Smart Food Industry: The Blockchain for Sustainable Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CRC Press, pp.185-207, 2023, 9781003231172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1201/9781003231172-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of high-pressure homogenization on enzyme activity in juices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirian Kubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alline A.L. Tribst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno R.C. Leite Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Effect of High-Pressure Technologies on Enzymes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.269-298, 2023, 978-0-323-98386-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-98386-0.00001-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drying of roots and tubers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisandro Reis Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoline Costa Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drying Technology in Food Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.587-628, 2023, 978-0-12-819895-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-819895-7.00018-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How food structure influences the physical, sensorial, and nutritional quality of food products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meliza Lindsay Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirian T.K. Kubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Elisa Caetano-Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisandro Reis Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Structure Engineering and Design for Improved Nutrition, Health and Well-Being</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.113-138, 2022, 978-0-323-85513-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-85513-6.00012-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principles of unit operations in food processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ibarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro E.D. Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">de Souza Sant'Ana, Anderson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantitative Microbiology in Food Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Wiley &amp; Sons, Ltd, pp.68--83, 2016, 978-1-118-82307-1 978-1-118-75642-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118823071.ch3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03825391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16231,157 +17291,157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new prototype to perform the fork method of the International Dysphagia Diet Standardisation Initiative (IDDSI) in a texturometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Parlatore Lancha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaqueline Souza Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna Sousa Bitencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruna de Oliveira Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Augusto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03876131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId472"/>
+      <w:footerReference w:type="default" r:id="rId503"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16449,51 +17509,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13B3D5FD"/>
+    <w:nsid w:val="FBE933DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16680,51 +17740,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pedro-augusto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7435-343X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/277090695" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-7696-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/authid/detail.uri?authorId=34869073400" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444287v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline Costa Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline a L Tribst" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca C Maniglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E D Augusto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.70054" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan N Ara&#250;jo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna S Bitencourt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samile B de Aguiar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro a I Sponchiado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrus N Kirsten" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acspolymersau.5c00188" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511086v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Ferreira da Silva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mazian" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E.D. Augusto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Remond" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2026.121069" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05296711v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lavrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorinne Adam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Da Rocha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lemaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Loth" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.147552" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321927v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Morandi de Almeida" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanci Castanha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Fernanda Janetti B&#243;coli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Henrique Massaharu Kiyataka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Maria Curtio Soares" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.70193" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156235v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Marangoni J&#250;nior" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Esteves Duarte Augusto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roni&#233;rik Pioli Vieira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Henrique Moraes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-025-03475-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984075v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.C. Santos" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Llavata" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E.D. Augusto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. C&#225;rcel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2025.103995" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pompilio da Capela" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#233;cia Daila Barros Guimar&#227;es" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline Artigiani Lima Tribst" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ricardo de Castro Leite J&#250;nior" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.70024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087856v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Aguilar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ferreira da Silva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perr&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia R Tapia-Bl&#225;cido" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.145827" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318523v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Jose Aguilar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Maicon de Oliveira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Rita Tapia-Bl&#225;cido" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c16814" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273573v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Augusto Ribeiro-Sanches" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Lu&#237;s Ferreira J&#250;nior" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Santezi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;caro Putinhon Caruso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.112012" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120849v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Sousa Bitencourt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaqueline Souza Guedes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sofia Martelli Chaib Saliba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severino Matias de Alencar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Giovanini de Oliveira Sartori" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.145240" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287943v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom&#225;s Corr&#234;a Vianna" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna de Oliveira Gomes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foret" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osvaldo H Campanella" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.147804" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310464v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Soares Magalh&#227;es" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ricardo de Castro Leite Junior" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2025.104283" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625787v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaviana Coelho Pacheco" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeferson Silva Cunha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Andressa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Ribeiro dos Santos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Fl&#225;via Coelho Pacheco" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-024-03487-w" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336233v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary &#194;ngela Favaro Perez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-023-02259-y" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508565v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto Invernizzi Sponchiado" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryanne Trafani de Melo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42247-024-00673-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566555v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisandro Reis Carvalho" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meliza Lindsay Rojas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2024.112098" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396971v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ribeiro dos Santos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Melo Martins Filho" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael F.L. de Cerqueira" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rickey Y Yada" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103495" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968109v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Augusto Ribeiro Sanches" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Carregari Polachini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Telis-Romero" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2023.106718" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965827v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Catelli Rocha Torres" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2023.103289" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060150v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra C Romero" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan G.O. Sartori" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria E Caetano-Silva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severino M de Alencar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Calori" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136950" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922881v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R&#233;mond" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Turner" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2022.2159974" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878862v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fidelis Borges" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ito" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.112217" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289223v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103310" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807784v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Kubo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Claudio Miano" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2022.100939" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03127178v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Chieregato Maniglia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpiero Pataro" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Ferrari" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le-Bail" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2021.102602" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326272v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra de C&#225;ssia Romero" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Bruno de Almeida Morais" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonia Calori-Domingues" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601234.2021.1962168" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318135v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpe.13822" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544962v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Baicu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferruh Erdogdu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria F&#225;tima Po&#231;as" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Silva" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87559129.2021.2012789" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323675v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adibe Luiz Abdalla" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2020.1865579" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318125v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Ivonne La Fuente Arias" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Tiaki Ka-Neiwa Kubo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cecilia Tadini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2021.1973955" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318057v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#226;maris Carvalho Lima" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Divino Matta Junior" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.15845" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323577v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elisa Caetano-Silva" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.15113" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03516405v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.11.046" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173145v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Maniglia" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2020.1778633" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660825v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Tk Kubo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rica Siguemoto" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Funcia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ed Augusto" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2020.01.004" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492349v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca C. Maniglia" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#226;maris C. Lima" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel da Matta J&#250;nior" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Oge" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109731" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536289v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#226;maris Lima" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Matta Junior" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.108803" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536326v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2019.07.124" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959514v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kubo" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Curet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Augusto" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpe.12815" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965295v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Hellmeister Trevilin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo dos Santos Funcia" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Andrey Wilhelms Gut" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2016.11.028" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965296v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allana P. S. Alexandre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A. Calori-Domingues" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E. D. Augusto" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601234.2017.1303325" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965292v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Divino Da Matta Junior" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2016.12.001" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965294v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Soares Leite" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Cristianini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10942912.2017.1362653" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965297v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ibarz" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2016.10.024" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965291v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpe.12428" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965293v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;ssica Da Costa Pereira" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Miatelo" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2017.07.045" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965298v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Aguilar" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Garv&#237;n" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2017.01.029" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825383v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica da Costa Pereira" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Divino da Matta J&#250;nior" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38996" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825395v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.10.020" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825389v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinthia Ricce" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Siche" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2016.09.030" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825386v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago S. Leite" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Dutra Alvim" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2016.01.011" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825379v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-016-1688-z" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825380v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2014.949737" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825377v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-014-9385-9" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825384v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12393-014-9082-y" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825382v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Castro Porto" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-014-0698-z" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825393v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Miano" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Forti" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.F. Abud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Gomes-Junior" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Cicero" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15258/sst.2015.43.2.10" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825385v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiane Patero" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.10.021" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825396v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-014-1256-8" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825392v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Armando Garc&#237;a" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2014.12.032" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825388v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Terekhov" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce R. Hamaker" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.04.052" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNZBR1MQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825387v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2015.06.007" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825381v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Ibarz" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2015.04.046" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WCWMXB3P-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825378v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2014.08.005" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825394v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Meirelles De Oliveira" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Gomes Da Cruz" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2014.05.013" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825360v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Leal Oliveira" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gouveia Colnaghi" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Zucatti Da Silva" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Rom&#227;o Gouv&#234;a" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Lopes Vieira" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2013.04.034" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BKP1PHP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825366v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frampton F. Santana" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4549.2011.00629.x" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825363v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Tiaki Kaneiwa Kubo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2012.12.004" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825367v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline A.L. Tribst" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2013.01.002" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825361v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Oliveira Cerqueira Amorim" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0101-20612013005000043" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825365v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2013.06.027" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825364v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Falguera" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-011-0655-y" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825362v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.07.025" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825354v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10295-012-1179-9" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825341v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline A. L. Tribst" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.2011.02898.x" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825335v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2207" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825338v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.03.015" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825353v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Ferramola Pinheiro" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4530.2009.00571.x" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825351v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2011.08.015" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825350v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.02.033" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825347v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-010-0472-8" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825342v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz M.C. Soares" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming C. Chiu" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lireny A.G. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2011.10.026" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825345v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frampton Franklin Santana" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2559" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825336v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2329" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825356v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2151" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825344v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pereira Jovetta" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Josiane Conti" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.1996" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825340v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2157" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825355v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2208" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825339v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.profoo.2011.09.089" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825349v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.profoo.2011.09.191" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825343v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.2011.02593.x" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LHQZDN9H-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825352v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4530.2009.00529.x" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825334v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2418" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825337v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.1695" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825348v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2140" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825346v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0101-20612010000400022" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155932v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375397v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155922v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Llavata" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A C&#225;rcel" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758273v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758308v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758264v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758299v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Poirier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alix" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lacoste" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758279v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758290v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758306v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758316v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelrolayni Costa" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156013v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tej El Moulouk Zayed" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihel Grich" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Foudhil" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446401v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515026v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Toublanc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Guihard" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375432v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375369v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;tor Mathias Muneratto" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375424v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F C Nascimento" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155954v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osvaldo Campanella" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155992v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrus Do Nascimento Kirsten" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Ramos" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375360v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C&#225;rcel" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375414v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanessa R Melchert" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375442v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Salvajoli" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J a C Neto" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446403v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Parlatore Lancha" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446567v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pompilio Capela" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446591v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno R.C. Leite J&#250;nior" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446576v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Andres Carcel" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446412v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Velasquez Garcia" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Anne Norwood" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446562v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamires Souza Rocha" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079439v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syntcha Lecdou" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079420v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425913v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meliza Rojas" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Miano" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003148722" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127119v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Leverrier" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menut" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781837676699-00333" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583051v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-96102-8.00019-X" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440554v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003231172-13" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440538v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-98386-0.00001-4" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440544v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-819895-7.00018-3" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440532v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian T.K. Kubo" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85513-6.00012-8" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825391v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ibarz" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118823071.ch3" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876131v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pedro-augusto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7435-343X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/277090695" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-7696-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/authid/detail.uri?authorId=34869073400" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444287v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline Costa Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline a L Tribst" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca C Maniglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E D Augusto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.70054" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan N Ara&#250;jo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna S Bitencourt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samile B de Aguiar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro a I Sponchiado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrus N Kirsten" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acspolymersau.5c00188" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550798v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna de Oliveira Gomes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ca I a La Fuente" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Chieregato Maniglia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Esteves Duarte Augusto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanessa R Melchert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-026-10119-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549867v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Poirier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perr&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Alix" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lacoste" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08927057261418660" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511086v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Ferreira da Silva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mazian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E.D. Augusto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Remond" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.est.2026.121069" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321927v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Morandi de Almeida" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanci Castanha" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Fernanda Janetti B&#243;coli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Henrique Massaharu Kiyataka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Maria Curtio Soares" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.70193" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05296711v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lavrand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorinne Adam" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Da Rocha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Lemaire" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Loth" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.147552" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156235v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Marangoni J&#250;nior" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roni&#233;rik Pioli Vieira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Henrique Moraes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-025-03475-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041938v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pompilio da Capela" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#233;cia Daila Barros Guimar&#227;es" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline Artigiani Lima Tribst" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ricardo de Castro Leite J&#250;nior" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.70024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984075v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.C. Santos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Llavata" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E.D. Augusto" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. C&#225;rcel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2025.103995" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087856v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Aguilar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ferreira da Silva" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia R Tapia-Bl&#225;cido" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.145827" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318523v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Jose Aguilar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Maicon de Oliveira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delia Rita Tapia-Bl&#225;cido" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c16814" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273573v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Augusto Ribeiro-Sanches" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Lu&#237;s Ferreira J&#250;nior" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Santezi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;caro Putinhon Caruso" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.112012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287943v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thom&#225;s Corr&#234;a Vianna" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osvaldo H Campanella" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.147804" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120849v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Sousa Bitencourt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaqueline Souza Guedes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sofia Martelli Chaib Saliba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severino Matias de Alencar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Giovanini de Oliveira Sartori" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.145240" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008449v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaviana Coelho Pacheco" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Andressa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Fl&#225;via Coelho Pacheco" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Ribeiro Dos Santos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeferson Silva Cunha" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.117654" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310464v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Soares Magalh&#227;es" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ricardo de Castro Leite Junior" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2025.104283" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625787v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Ribeiro dos Santos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-024-03487-w" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336233v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary &#194;ngela Favaro Perez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11694-023-02259-y" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610361v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M Rodrigues" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo N Pereira" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ito" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.140038" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508565v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Augusto Invernizzi Sponchiado" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryanne Trafani de Melo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42247-024-00673-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566555v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisandro Reis Carvalho" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meliza Lindsay Rojas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2024.112098" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396971v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ribeiro dos Santos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Melo Martins Filho" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael F.L. de Cerqueira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rickey Y Yada" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103495" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647751v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio Augusto Ribeiro Sanches" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Augusto Lopes Stochi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Luiz Borges-Machado" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Carregari Polachini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2024.07.008" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968109v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Telis-Romero" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biombioe.2023.106718" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060150v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra C Romero" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan G.O. Sartori" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria E Caetano-Silva" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severino M de Alencar" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Calori" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136950" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455626v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Nait M&#8217;barek" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giana Almeida" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42247-023-00579-9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965827v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Catelli Rocha Torres" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2023.103289" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922881v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R&#233;mond" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Turner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2022.2159974" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878862v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fidelis Borges" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.112217" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289223v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbio.2023.103310" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440594v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassileios Bekas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe C.B. Martins" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.117707" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110710v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Bitencourt" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Guedes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.M.C. Saliba" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.G.O. Sartori" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.C.R. Torres" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113010" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807784v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Kubo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Claudio Miano" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2022.100939" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326272v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra de C&#225;ssia Romero" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Bruno de Almeida Morais" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonia Calori-Domingues" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601234.2021.1962168" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323675v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adibe Luiz Abdalla" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2020.1865579" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318135v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpe.13822" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544962v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Baicu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferruh Erdogdu" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria F&#225;tima Po&#231;as" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Silva" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87559129.2021.2012789" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318057v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#226;maris Carvalho Lima" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Divino Matta Junior" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.15845" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318125v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Ivonne La Fuente Arias" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Tiaki Ka-Neiwa Kubo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cecilia Tadini" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2021.1973955" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03127178v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianpiero Pataro" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Ferrari" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le-Bail" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2021.102602" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323577v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elisa Caetano-Silva" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.15113" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03516405v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.11.046" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173145v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Maniglia" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10408398.2020.1778633" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660825v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Tk Kubo" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rica Siguemoto" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Funcia" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ed Augusto" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2020.01.004" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492349v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca C. Maniglia" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#226;maris C. Lima" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel da Matta J&#250;nior" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Oge" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109731" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536289v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#226;maris Lima" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Matta Junior" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2019.108803" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536326v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2019.07.124" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959514v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kubo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Curet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Augusto" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpe.12815" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965295v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#250;lia Hellmeister Trevilin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo dos Santos Funcia" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Andrey Wilhelms Gut" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2016.11.028" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965294v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Soares Leite" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro E. D. Augusto" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Cristianini" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10942912.2017.1362653" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965292v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Divino Da Matta Junior" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2016.12.001" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965296v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allana P. S. Alexandre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A. Calori-Domingues" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601234.2017.1303325" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965291v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpe.12428" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965297v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ibarz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2016.10.024" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965293v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;ssica Da Costa Pereira" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Miatelo" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2017.07.045" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965298v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Aguilar" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Garv&#237;n" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2017.01.029" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825395v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2015.10.020" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825389v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinthia Ricce" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Siche" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2016.09.030" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825383v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica da Costa Pereira" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Divino da Matta J&#250;nior" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38996" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825386v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago S. Leite" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabela Dutra Alvim" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2016.01.011" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825379v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-016-1688-z" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825384v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12393-014-9082-y" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825382v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Castro Porto" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-014-0698-z" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825393v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Miano" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Forti" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.F. Abud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Gomes-Junior" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Cicero" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15258/sst.2015.43.2.10" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825385v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiane Patero" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2014.10.021" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825380v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2014.949737" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825377v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-014-9385-9" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825388v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Terekhov" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce R. Hamaker" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.04.052" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SNZBR1MQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825396v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-014-1256-8" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825392v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Armando Garc&#237;a" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2014.12.032" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825387v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fbp.2015.06.007" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825381v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Ibarz" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2015.04.046" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WCWMXB3P-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825378v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2014.08.005" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825394v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Meirelles De Oliveira" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Gomes Da Cruz" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2014.05.013" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825366v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frampton F. Santana" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4549.2011.00629.x" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825360v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Leal Oliveira" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Gouveia Colnaghi" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Zucatti Da Silva" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabela Rom&#227;o Gouv&#234;a" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Lopes Vieira" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2013.04.034" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BKP1PHP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825367v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline A.L. Tribst" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2013.01.002" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825361v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Oliveira Cerqueira Amorim" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0101-20612013005000043" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825363v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian Tiaki Kaneiwa Kubo" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2012.12.004" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825365v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2013.06.027" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825364v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Falguera" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-011-0655-y" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825362v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.07.025" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825354v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10295-012-1179-9" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825338v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.03.015" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825341v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alline A. L. Tribst" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.2011.02898.x" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825335v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2207" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825351v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2011.08.015" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825353v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Ferramola Pinheiro" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4530.2009.00571.x" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825350v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2012.02.033" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825347v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11947-010-0472-8" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825345v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frampton Franklin Santana" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2559" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825342v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz M.C. Soares" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming C. Chiu" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lireny A.G. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2011.10.026" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825336v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2329" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825356v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/1556-3758.2151" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825344v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pereira Jovetta" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Josiane Conti" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.1996" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825340v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2157" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825339v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.profoo.2011.09.089" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825349v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.profoo.2011.09.191" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825355v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2208" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825352v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-4530.2009.00529.x" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825343v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2621.2011.02593.x" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LHQZDN9H-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825334v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2418" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825348v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.2140" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825337v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1556-3758.1695" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825346v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0101-20612010000400022" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155932v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375397v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155922v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Llavata" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A C&#225;rcel" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758308v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758273v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Kerdjoudj" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758299v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Poirier" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758264v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758316v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelrolayni Costa" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758306v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758290v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758279v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156013v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tej El Moulouk Zayed" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihel Grich" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Foudhil" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446401v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515026v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Toublanc" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Guihard" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375432v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375424v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F C Nascimento" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375369v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;tor Mathias Muneratto" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155954v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osvaldo Campanella" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155992v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petrus Do Nascimento Kirsten" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Ramos" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375414v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375360v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan C&#225;rcel" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375442v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Salvajoli" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J a C Neto" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446567v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pompilio Capela" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446403v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Parlatore Lancha" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446591v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno R.C. Leite J&#250;nior" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446576v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Andres Carcel" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446412v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Velasquez Garcia" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Anne Norwood" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446562v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamires Souza Rocha" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079439v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syntcha Lecdou" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079420v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425913v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meliza Rojas" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Miano" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003148722" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127119v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Leverrier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Menut" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781837676699-00333" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583051v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-96102-8.00019-X" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440554v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003231172-13" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440538v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-98386-0.00001-4" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440544v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-819895-7.00018-3" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440532v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirian T.K. Kubo" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-85513-6.00012-8" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825391v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ibarz" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118823071.ch3" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876131v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>