--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -425,51 +425,51 @@
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ghanem-Debbache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">, 2025, 188 (26), pp.7355-7365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cell.2025.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1414,606 +1414,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04154084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of Aphids on Hyperspectral Images Using One-Class SVM and Laplacian of Gaussians</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intestinal GCN2 controls Drosophila systemic growth in response to Lactiplantibacillus plantarum symbiotic cues encoded by r/tRNA operons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
+                <w:t xml:space="preserve">Théodore Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+                <w:t xml:space="preserve">Jessika Consuegra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
+                <w:t xml:space="preserve">Mariana G Ferrarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssam Akherraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longwei Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs15082103⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.76584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04122402v1</w:t>
+                <w:t xml:space="preserve">hal-04237720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal GCN2 controls Drosophila systemic growth in response to Lactiplantibacillus plantarum symbiotic cues encoded by r/tRNA operons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jessika Consuegra</w:t>
+                <w:t xml:space="preserve">Residues of Legume AG41 Peptide Crucial to Its Bio-Insecticidal Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Diya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana G Ferrarini</w:t>
+                <w:t xml:space="preserve">Laurence Jouvensal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssam Akherraz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Longwei Bai</w:t>
+                <w:t xml:space="preserve">Karine Loth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Sivignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.76584⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (3), pp.446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom13030446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04237720v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04045320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study revealed hyperspectral imaging as a potential standardized tool for the analysis of cuticle tanning over insect development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of Aphids on Hyperspectral Images Using One-Class SVM and Laplacian of Gaussians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fadéla Benzaoui</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e13962⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (8), pp.2103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs15082103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04045314v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04122402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Residues of Legume AG41 Peptide Crucial to Its Bio-Insecticidal Activity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+                <w:t xml:space="preserve">A comparative study revealed hyperspectral imaging as a potential standardized tool for the analysis of cuticle tanning over insect development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Dell’aglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadéla Benzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Loth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Sivignon</w:t>
+                <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (3), pp.446. </w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (3), pp.e13962. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom13030446⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2023.e13962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04045320v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04045314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovery of an Insect Neuroactive Helix Ring Peptide from Ant Venom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2084,295 +2084,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04390519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial–Spectral Analysis of Hyperspectral Images Reveals Early Detection of Downy Mildew on Grapevine Leaves</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergio Peignier</w:t>
+                <w:t xml:space="preserve">Aphid BCR4 Structure and Activity Uncover a New Defensin Peptide Superfamily</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Raynal</w:t>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Demeaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Delmotte</w:t>
+                <w:t xml:space="preserve">Françoise Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Terrasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Sivignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 23 (17), pp.10012. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms231710012⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 23 (20), pp.12480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms232012480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03781756v1</w:t>
+                <w:t xml:space="preserve">hal-03862651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aphid BCR4 Structure and Activity Uncover a New Defensin Peptide Superfamily</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Loth</w:t>
+                <w:t xml:space="preserve">Spatial–Spectral Analysis of Hyperspectral Images Reveals Early Detection of Downy Mildew on Grapevine Leaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+                <w:t xml:space="preserve">Isabelle Demeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Paquet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Sivignon</w:t>
+                <w:t xml:space="preserve">François Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 23 (20), pp.12480. </w:t>
+              <w:t xml:space="preserve">, 2022, 23 (17), pp.10012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms232012480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms231710012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03862651v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A non specific Lipid Transfer Protein with potential functions in infection and nodulation</w:t>
               </w:r>
@@ -3175,51 +3175,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary novelty in the apoptotic pathway of aphids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Gaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3296,103 +3296,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drosophila-associated bacteria differentially shape the nutritional requirements of their host during juvenile growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessika Consuegra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Akherraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18 (3), pp.e3000681. </w:t>
@@ -3430,77 +3430,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic Cooperation among Commensal Bacteria Supports Drosophila Juvenile Growth under Nutritional Stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessika Consuegra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Akherraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3692,295 +3692,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interaction of the bioinsecticide PA1b (Pea Albumin 1 subunit b) with the insect V-ATPase triggers apoptosis</w:t>
+                <w:t xml:space="preserve">Effect of nanoclay addition on physical, chemical, optical and biological properties of experimental dental resin composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Eyraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Severine Balmand</w:t>
+                <w:t xml:space="preserve">T. Munhoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamis Karaki</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Sivignon</w:t>
+                <w:t xml:space="preserve">Y. Fredholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Rivory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Balvay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-05315-y⟩</w:t>
+              <w:t xml:space="preserve">Dental Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, in press (3), pp.271-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dental.2016.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01558484v1</w:t>
+                <w:t xml:space="preserve">hal-01449133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of nanoclay addition on physical, chemical, optical and biological properties of experimental dental resin composites</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The interaction of the bioinsecticide PA1b (Pea Albumin 1 subunit b) with the insect V-ATPase triggers apoptosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Balvay</w:t>
+                <w:t xml:space="preserve">Vanessa Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Hartmann</w:t>
+                <w:t xml:space="preserve">Lamis Karaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Sivignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dental Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, in press (3), pp.271-279. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.4902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dental.2016.11.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-05315-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01449133v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01558484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Docosahexaenoic Acid Uptake by the Brain from a Structured Phospholipid</w:t>
               </w:r>
@@ -4368,51 +4368,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Cyt-like δ-endotoxins from Dickeya dadantii: structure and aphicidal activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Costechareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4674,51 +4674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen P. Muench</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaun Rawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès F. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4782,64 +4782,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression and Biological Activity of the Cystine Knot Bioinsecticide PA1b (Pea Albumin 1 Subunit b).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Karaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4929,51 +4929,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High toxicity and specificity of the saponin 3-GlcA-28-AraRhaxyl-medicagenate, from Medicago truncatula seeds, for Sitophilus oryzae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Carre-Pierrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5076,64 +5076,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gressent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Karaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5193,51 +5193,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New mode of action for a knottin bioinsecticide: Pea Albumin 1 subunit b (PA1b) is the first peptidic inhibitor of V-ATPase.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chouabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5353,51 +5353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Laugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Meudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6817,277 +6817,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How advanced microscopy tools are uncovering unexpected ways of exchanging nutrients in insect symbiosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Meriem Ghanem-Debbache</w:t>
+                <w:t xml:space="preserve">The aphid BCR4 structure and activity uncover a new defensin peptide superfamily</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Terrasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Loth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Paquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes Journées Scientifiques et Techniques du Réseau des Microscopistes INRAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Villenave d'Ornon, France</w:t>
+              <w:t xml:space="preserve">XXVII International Congress of Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810099v1</w:t>
+                <w:t xml:space="preserve">hal-04702878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The aphid BCR4 structure and activity uncover a new defensin peptide superfamily</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+                <w:t xml:space="preserve">How advanced microscopy tools are uncovering unexpected ways of exchanging nutrients in insect symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Santarella-Mellwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ghanem-Debbache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII International Congress of Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">13èmes Journées Scientifiques et Techniques du Réseau des Microscopistes INRAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Villenave d'Ornon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702878v1</w:t>
+                <w:t xml:space="preserve">hal-04810099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venin de la fourmi Tetramorium bicarinatum : découverte d'un peptide original neuroactif chez les insectes</w:t>
               </w:r>
@@ -7099,51 +7099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Barassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7211,77 +7211,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Bacteriocyte-specific Cysteine-Rich (BCR) proteins: a role in the control of aphid symbiosis ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7692,277 +7692,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03927225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of bacterial symbionts on host niche and ecological diversification: an integrative approach in a whitefly model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hubert Charles</w:t>
+                <w:t xml:space="preserve">Advanced microscopy tools unravel bacterial “pipelines”that enhance carbohydrates uptake by endosymbionts in cereal weevil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justin Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVI International Congress of Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03927204v1</w:t>
+                <w:t xml:space="preserve">hal-04771969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced microscopy tools unravel bacterial “pipelines”that enhance carbohydrates uptake by endosymbionts in cereal weevil</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Justin Maire</w:t>
+                <w:t xml:space="preserve">Influence of bacterial symbionts on host niche and ecological diversification: an integrative approach in a whitefly model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">XXVI International Congress of Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771969v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03927204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of secondary symbionts on host plant utilization and selection in the whitefly Bemisia tabaci.</w:t>
               </w:r>
@@ -8086,77 +8086,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteriocyte specific Cystein Rich peptides, a new defensin like protein family , are promising regulators of aphid symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8442,277 +8442,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02893471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new legume bio-insecticide peptide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Jouvensal</w:t>
+                <w:t xml:space="preserve">Legume AG41 peptide: a promising bio-insecticide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.F. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Sivignon</w:t>
+                <w:t xml:space="preserve">J. Orlans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sivignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIes journées annuelles du GDR MuFoPAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Besançon, France</w:t>
+              <w:t xml:space="preserve">21e congrès du Groupe Français des Peptides et des Protéines (GFPP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Amboise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02919908v1</w:t>
+                <w:t xml:space="preserve">hal-02919178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legume AG41 peptide: a promising bio-insecticide</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Jouvensal</w:t>
+                <w:t xml:space="preserve">A new legume bio-insecticide peptide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Jouvensal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.F. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Orlans</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sivignon</w:t>
+                <w:t xml:space="preserve">P. Sivignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21e congrès du Groupe Français des Peptides et des Protéines (GFPP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Amboise, France</w:t>
+              <w:t xml:space="preserve">VIes journées annuelles du GDR MuFoPAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02919178v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les insectes, leur biodiversité et leur potentiel en ingénierie bio-inspirée : structure, fonctions, adaptations</w:t>
               </w:r>
@@ -8737,51 +8737,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Callaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Rahbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9065,51 +9065,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité génétique et fonctionnelle des molécules homologues de PA1b chez l'espèce modèle des légumineuses Medicago Truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Karaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9311,51 +9311,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide analysis identifies gain and loss/change of function within the small multigenic insecticidal Albumin 1 family of Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Karaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Rahbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9428,51 +9428,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D NMR structure of a new Cyt-like delta-endotoxins from Dickeya dadantii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Costechareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9553,77 +9553,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of homologous genes to PA1b, a cysteine-rich plant peptide, in Medicago truncatula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamis Karaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gressent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9678,51 +9678,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterologous production of PA1b, a plant biopesticide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9803,51 +9803,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterologous production of PA1b, a plant biopesticide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9954,51 +9954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilia Brinza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Rahbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10693,51 +10693,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métabolisme d'une bactérie symbiotique et besoins nutritionnels de son hôte : une question d'offre et de demande ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Gaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10818,90 +10818,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering growth/nutrition dynamics at the aphid – symbiont interface through metabolic modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Gaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
@@ -11243,301 +11243,301 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filets biosourcés, biodégradables et bioinsectifuges</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Edouard Mercier</w:t>
+                <w:t xml:space="preserve">Immunolocalisation des peptides &amp;quot;Bacteriocyte-specific cystein rich&amp;quot; (BCR), potentiels régulateurs de la symbiose chez les pucerons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Terrasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Balmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Callaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Enjeu Environnement INSA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772172v1</w:t>
+                <w:t xml:space="preserve">hal-04633315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunolocalisation des peptides &amp;quot;Bacteriocyte-specific cystein rich&amp;quot; (BCR), potentiels régulateurs de la symbiose chez les pucerons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Severine Balmand</w:t>
+                <w:t xml:space="preserve">Filets biosourcés, biodégradables et bioinsectifuges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrick Callaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée Enjeu Environnement INSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04633315v1</w:t>
+                <w:t xml:space="preserve">hal-04772172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repellent Anti-insect Net Based on Biopolymer / Plant Essential Oil Blend as an Alternative to Conventional Chemical Pesticides</w:t>
+                <w:t xml:space="preserve">Bioactivity and chemical composition of forty plant essential oils against the pea aphid Acyrthosiphon pisum revealed peppermint oil as a promising biorepellent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Rey</w:t>
@@ -11572,97 +11572,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des doctorants du département SPE INRAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Avignon, France</w:t>
+              <w:t xml:space="preserve">Séminaire INFECTIOTRON externe MAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772009v1</w:t>
+                <w:t xml:space="preserve">hal-04772152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactivity and chemical composition of forty plant essential oils against the pea aphid Acyrthosiphon pisum revealed peppermint oil as a promising biorepellent</w:t>
+                <w:t xml:space="preserve">Repellent Anti-insect Net Based on Biopolymer / Plant Essential Oil Blend as an Alternative to Conventional Chemical Pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Rey</w:t>
@@ -11697,142 +11697,142 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire INFECTIOTRON externe MAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées des doctorants du département SPE INRAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772152v1</w:t>
+                <w:t xml:space="preserve">hal-04772009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteriocyte-specific Cysteine-Rich (BCR) peptides form a new aphid-specific defensin-like family and are promising regulators of aphid symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11868,152 +11868,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peptides « Bacteriocyte-specific Cysteine Rich » (BCR) : un rôle dans le contrôle de la symbiose ? Focus sur BCR4 chez le puceron du pois.</w:t>
+                <w:t xml:space="preserve">Les peptides « Bacteriocyte-specific Cystein-Rich » : une nouvelle famille de défensine. Régulateurs de la symbiose chez les pucerons ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">9ème Journées du GDR "MultiFonction des Peptides AntiMicrobiens" (MuFoPAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Amboise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771966v1</w:t>
+                <w:t xml:space="preserve">hal-04633233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet as a major driver of endosymbiont dynamic in cereal weevils</w:t>
               </w:r>
@@ -12118,152 +12118,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les peptides « Bacteriocyte-specific Cystein-Rich » : une nouvelle famille de défensine. Régulateurs de la symbiose chez les pucerons ?</w:t>
+                <w:t xml:space="preserve">Peptides « Bacteriocyte-specific Cysteine Rich » (BCR) : un rôle dans le contrôle de la symbiose ? Focus sur BCR4 chez le puceron du pois.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Loth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Journées du GDR "MultiFonction des Peptides AntiMicrobiens" (MuFoPAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Amboise, France</w:t>
+              <w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04633233v1</w:t>
+                <w:t xml:space="preserve">hal-04771966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicia sativa contains A1b like entomotoxin; biopesticide of plant origin</w:t>
               </w:r>
@@ -12426,51 +12426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clavel A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Energy and Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, Virtual, France</w:t>
@@ -12493,176 +12493,176 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03543644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable laser‑based technology for insect pest control</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Détection de pucerons par imagerie hyperspectrale en conditions de laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Software and e-Business</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Virtual, France. pp.11068</w:t>
+              <w:t xml:space="preserve">Webinaire du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772105v1</w:t>
+                <w:t xml:space="preserve">hal-04772039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci</w:t>
+                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the whitefly Bemisia tabaci (Hemiptera: Aleyrodidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
@@ -12697,97 +12697,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DECRYPthèse E2M2 Edition 20</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Webinaires du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514227v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the whitefly Bemisia tabaci (Hemiptera: Aleyrodidae)</w:t>
+                <w:t xml:space="preserve">Role of symbionts in insects’ ecological diversification: cytotype influences exploitation of an unfavorable host plant in the sap-feeder Bemisia tabaci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rahioui</w:t>
@@ -12822,198 +12822,198 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaires du Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI) 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Villeurbanne (virtual), France</w:t>
+              <w:t xml:space="preserve">DECRYPthèse E2M2 Edition 20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03514239v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03514227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de pucerons par imagerie hyperspectrale en conditions de laboratoire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sustainable laser‑based technology for insect pest control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Gaetani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Heddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Virtual, France</w:t>
+              <w:t xml:space="preserve">5th International Conference on Software and e-Business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Virtual, France. pp.11068</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04772039v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable laser-based technology for insect pest control</w:t>
               </w:r>
@@ -13038,64 +13038,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Sustainable Agriculture, Environment and Forestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, London, United Kingdom</w:t>
@@ -15552,51 +15552,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368604v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro da Silva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Livi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c06934" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220928v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Mercier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Delage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c05064" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395665v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Santarella-Mellwig" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem-Debbache" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2025.10.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127596v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Terrasson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-025-01923-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368413v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Benhamou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Za&#239;nab Belgaidi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.121791" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530082v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Diya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rahioui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benhamou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sivignon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e26903" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530077v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Merlini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Oliveira Castro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Perli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c06753" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04594296v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Diya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Biondi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2023/2046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Dell&#8217;aglio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fad&#233;la Benzaoui" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03333-22" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.116610" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122402v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15082103" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237720v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Grenier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Consuegra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana G Ferrarini" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Akherraz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longwei Bai" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.76584" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045314v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e13962" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045320v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jouvensal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loth" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13030446" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390519v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Barass&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Asco&#235;t" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins15100600" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781756v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demeaux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231710012" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862651v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232012480" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839593v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gasser" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Alloisio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fournier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Kharrat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-06-22-0131-R" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806585v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Toan Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Diaz Sempere" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Novales" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriengineering4040058" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00730-21" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239008v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaetani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lacotte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clavel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90782-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126097v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiubin Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Queneau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2021.131982" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237949v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Orlans" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Monegat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Butryn" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22094957" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052353v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cissy Huygens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013847117" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919023v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000681" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998964v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gervais" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101232" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139047v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Herv&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1821806116" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558484v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Eyraud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Karaki" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05315-y" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449133v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Munhoz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fredholm" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rivory" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Balvay" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hartmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dental.2016.11.016" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850313v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hachem" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geloen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Van" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Foumaux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fenart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-015-9228-9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287229v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Karaki" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P da Silva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rizk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chouabe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Chantret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0745-0" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263941v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Grand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouleriguen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob02483h" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124447v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Costechareyre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Effantin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08791" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449144v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Eyraud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Karaki" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sasse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carre-Pierrat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2014.07.004" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VDMZH04-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179517v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen P. Muench" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun Rawson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s F. Delmas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.541250" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921788v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081619" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644030v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Carre-Pierrat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6769-12-3" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666408v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gressent" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Royer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins3121502" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632953v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chouabe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.281055" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591660v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laugier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.147199" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391296v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. da Silva" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Strzepa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouvensal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gressent" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.21217" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T4D0V10H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391507v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laugier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2007.07.021" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8J84S0HJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088840v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Beltoise" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ponchet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vovelle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.20971" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-72HM55R9-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681302v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Industri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marais" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Marion" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112977v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duclos" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piller" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/gzh075" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088366v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dubois" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Huber" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja046195i" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z80VMZMX-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828805v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bulet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1110/ps.0228303" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120976v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mandard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Labb&#233;" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Hetru" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1387-1609(01)01297-X" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WX0XZ95P-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325955v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cannat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briais" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Georgen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(99)00234-4" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/328F28E85F2E4DD565A9762F9FE7DF74481AAA08/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419490v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810099v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702878v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169446v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Touchard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633269v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524520v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797256v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927225v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Belgaidi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927204v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771969v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927184v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771990v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810113v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893471v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coste" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chaume" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Madinier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castaing" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919908v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Loth" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Delmas" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sivignon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919178v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Orlans" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sivignon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904104v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callaerts" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894161v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800265v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Esperito-Santo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Carlin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741890v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gressent" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189984v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743042v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/269969" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795661v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804616v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Chantret" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808578v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui-Chabaux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809830v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811608v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818274v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Derache" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418717v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633387v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772051v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772182v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524685v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524579v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524543v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803053v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797245v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772172v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633315v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772009v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772152v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633283v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771966v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809408v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633233v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803035v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Kfoury" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543644v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clavel A." TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772105v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Clavel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514227v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514239v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772039v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802970v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802868v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784679v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805281v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805294v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506701v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tagu" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Guiderdoni" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824684v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820571v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Gleuher" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757173v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751660v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Derache" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Meudal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Aucagne" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Landon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391294v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391454v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Login" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mon&#233;gat" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391295v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmas" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391326v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chouabe" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391257v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brinza" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armenise" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leproult" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paun" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338239v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Joly" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rebiff&#233;" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lambert" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Caillon" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hughes" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987737v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792721v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851731v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463368v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zanoni" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Becquey" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gonthier" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Borel" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00009320v3" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368604v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro da Silva" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Livi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c06934" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220928v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Mercier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Delage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c05064" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395665v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Santarella-Mellwig" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem-Debbache" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2025.10.001" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127596v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Terrasson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-025-01923-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368413v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Benhamou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chryst&#232;le Jouve" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Za&#239;nab Belgaidi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.121791" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530082v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Diya" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rahioui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vallier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benhamou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sivignon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e26903" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530077v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Merlini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Oliveira Castro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Perli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c06753" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04594296v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Diya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Biondi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2023/2046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Dell&#8217;aglio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fad&#233;la Benzaoui" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03333-22" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04154084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2023.116610" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237720v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Grenier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Consuegra" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana G Ferrarini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Akherraz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longwei Bai" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.76584" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045320v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jouvensal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loth" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13030446" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122402v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15082103" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045314v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Heddi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e13962" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390519v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Barass&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Billet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Asco&#235;t" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins15100600" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862651v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232012480" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781756v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raynal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demeaux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231710012" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839593v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gasser" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Alloisio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fournier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Kharrat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-06-22-0131-R" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806585v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Toan Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Diaz Sempere" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Novales" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dufour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriengineering4040058" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00730-21" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239008v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaetani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lacotte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Clavel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duport" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90782-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126097v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiubin Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Queneau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2021.131982" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237949v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Orlans" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Monegat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Butryn" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22094957" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052353v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cissy Huygens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2013847117" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919023v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000681" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998964v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Gervais" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101232" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139047v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maire" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Herv&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1821806116" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449133v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Munhoz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fredholm" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rivory" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Balvay" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hartmann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dental.2016.11.016" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558484v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Eyraud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Karaki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05315-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850313v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hachem" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geloen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Van" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Foumaux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fenart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-015-9228-9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287229v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Karaki" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P da Silva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rizk" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chouabe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Chantret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0745-0" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263941v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Grand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouleriguen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ob02483h" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01124447v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Costechareyre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Effantin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08791" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449144v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Eyraud" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Karaki" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sasse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carre-Pierrat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2014.07.004" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VDMZH04-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179517v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen P. Muench" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaun Rawson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s F. Delmas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.541250" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921788v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081619" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644030v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Carre-Pierrat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6769-12-3" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666408v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gressent" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Royer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins3121502" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632953v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chouabe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.281055" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591660v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laugier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.147199" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391296v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. da Silva" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Strzepa" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouvensal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gressent" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bip.21217" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T4D0V10H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391507v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laugier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2007.07.021" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8J84S0HJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088840v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Landon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Beltoise" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ponchet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vovelle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.20971" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-72HM55R9-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681302v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Industri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marais" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Marion" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112977v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duclos" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Piller" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/gzh075" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088366v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Dubois" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Huber" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja046195i" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z80VMZMX-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828805v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bulet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1110/ps.0228303" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120976v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mandard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Labb&#233;" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Hetru" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1387-1609(01)01297-X" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WX0XZ95P-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325955v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cannat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briais" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Escartin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Georgen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0012-821X(99)00234-4" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/328F28E85F2E4DD565A9762F9FE7DF74481AAA08/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419490v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702878v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810099v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169446v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Touchard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633269v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524520v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797256v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927225v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Belgaidi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771969v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghanem" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927204v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03927184v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771990v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810113v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893471v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coste" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chaume" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Madinier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castaing" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919178v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Loth" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Delmas" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Orlans" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sivignon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919908v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sivignon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904104v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Callaerts" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894161v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800265v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Esperito-Santo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Le Bourvellec" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Carlin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine M.G.C. Renard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741890v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gressent" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189984v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743042v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/269969" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795661v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804616v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Chantret" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808578v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui-Chabaux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809830v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811608v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818274v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Derache" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Lalmanach" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418717v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Livi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633387v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772051v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772182v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524685v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524579v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524543v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803053v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797245v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633315v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772172v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772152v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772009v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633283v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633233v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809408v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771966v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803035v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Kfoury" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543644v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clavel A." TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772039v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514239v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514227v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772105v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Clavel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802970v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802868v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784679v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805281v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805294v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506701v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tagu" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Guiderdoni" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824684v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guiderdoni" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820571v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Gleuher" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757173v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751660v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Derache" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Meudal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Aucagne" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Landon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391294v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391454v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Login" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mon&#233;gat" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391295v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delmas" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391326v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chouabe" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391257v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brinza" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Armenise" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leproult" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paun" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338239v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Joly" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rebiff&#233;" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lambert" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Caillon" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hughes" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987737v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792721v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851731v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463368v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zanoni" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Becquey" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gonthier" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Borel" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00009320v3" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>