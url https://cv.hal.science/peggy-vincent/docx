--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -368,325 +368,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UN NOUVEAU MUSÉE EN BEAUJOLAIS : FOSSILEA</w:t>
+                <w:t xml:space="preserve">Origine et diversité des reptiles marins du Jurassique inférieur : le Beaujolais, une fenêtre sur la biodiversité marine passée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy E. Martin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de l'APF (Association Paléontologique Française)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 84, pp.17-18</w:t>
+              <w:t xml:space="preserve">Le Bulletin scientifique du Géoparc Beaujolais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, pp.23-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05356586v1</w:t>
+                <w:t xml:space="preserve">hal-05261425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origine et diversité des reptiles marins du Jurassique inférieur : le Beaujolais, une fenêtre sur la biodiversité marine passée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The neodiapsid &amp;lt;i&amp;gt;Thadeosaurus colcanapi&amp;lt;/i&amp;gt; from the upper Permian of Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Buffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour-Eddine Jalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Falconnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeremy E. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Bulletin scientifique du Géoparc Beaujolais</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Papers in Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (2), pp.e70008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/spp2.70008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05261425v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05269732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neodiapsid &amp;lt;i&amp;gt;Thadeosaurus colcanapi&amp;lt;/i&amp;gt; from the upper Permian of Madagascar</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">UN NOUVEAU MUSÉE EN BEAUJOLAIS : FOSSILEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy E. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Papers in Palaeontology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal de l'APF (Association Paléontologique Française)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 84, pp.17-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05269732v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05356586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional heterothermies recorded in the oxygen isotope composition of harbour seal skeletal elements</w:t>
               </w:r>
@@ -1730,581 +1730,581 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03357742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleoenvironmental context and significance of a partial elasmosaurid skeleton from the Albian of Haute-Provence, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermophysiologies des reptiles marins mésozoïques révélées par la composition isotopique de l'oxygène des tissus phosphatés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Séon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l’Association paléontologique de Villers-sur-Mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Actes du premier colloque de l’APVSM, « Paléontologie et Archéologie en Normandie », 1 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02358719v1</w:t>
+                <w:t xml:space="preserve">mnhn-03016214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophysiologies des reptiles marins mésozoïques révélées par la composition isotopique de l'oxygène des tissus phosphatés</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paleoenvironmental context and significance of a partial elasmosaurid skeleton from the Albian of Haute-Provence, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sabine Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l’Association paléontologique de Villers-sur-Mer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 108, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2019.104293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03016214v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02358719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microcleidus melusinae, a new plesiosaurian (Reptilia, Plesiosauria) from the Toarcian of Luxembourg</w:t>
+                <w:t xml:space="preserve">Lindwurmia, a new genus of Plesiosauria (Reptilia: Sauropterygia) from the earliest Jurassic of Halberstadt, northwest Germany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Weis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Delsate</w:t>
+                <w:t xml:space="preserve">Glenn Storrs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0016756817000814⟩</w:t>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 106 (1-2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-018-1600-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02298448v1</w:t>
+                <w:t xml:space="preserve">hal-02324789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocranial anatomy of plesiosaurians (Reptilia, Plesiosauria) from the Late Cretaceous (Turonian) of Goulmima (Southern Morocco)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microcleidus melusinae, a new plesiosaurian (Reptilia, Plesiosauria) from the Toarcian of Luxembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Weis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Kronz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Delsate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02724634.2019.1595636⟩</w:t>
+              <w:t xml:space="preserve">Geological Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 156 (1), pp.99-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0016756817000814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02354078v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02298448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindwurmia, a new genus of Plesiosauria (Reptilia: Sauropterygia) from the earliest Jurassic of Halberstadt, northwest Germany</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endocranial anatomy of plesiosaurians (Reptilia, Plesiosauria) from the Late Cretaceous (Turonian) of Goulmima (Southern Morocco)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Houssaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Glenn Storrs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 106 (1-2), </w:t>
+              <w:t xml:space="preserve">Journal of Vertebrate Paleontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (2), pp.e1595636. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00114-018-1600-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02724634.2019.1595636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02324789v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02354078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New plesiosaurian specimens (Reptilia, Plesiosauria) from the Upper Cretaceous (Turonian) of Goulmima (Southern Morocco)</w:t>
               </w:r>
@@ -2401,152 +2401,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02115209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Vertébrés des phosphates crétacés-paléogènes (72,1-47,8 Ma) du Maroc</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bardet</w:t>
+                <w:t xml:space="preserve">New insights on the systematics, palaeoecology and palaeobiology of a plesiosaurian with soft tissue preservation from the Toarcian of Holzmaden, Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Gheerbrant</w:t>
+                <w:t xml:space="preserve">Remi Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelmajid Noubhani</w:t>
+                <w:t xml:space="preserve">Paul D. Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Suan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henri Cappetta</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Erin E. Maxwell</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mémoires de la Société Géologique de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 104 (5-6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-017-1472-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01953881v1</w:t>
+                <w:t xml:space="preserve">hal-02328796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual reexamination of a plesiosaurian specimen (Reptilia, Plesiosauria) from the Late Cretaceous (Turonian) of Goulmima, Morocco, thanks to computed tomography</w:t>
               </w:r>
@@ -2643,425 +2648,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01681238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative morphology of snake (Squamata) endocasts: evidence of phylogenetic and ecological signals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Allemand</w:t>
+                <w:t xml:space="preserve">Calcium Isotopic Evidence for Vulnerable Marine Ecosystem Structure Prior to the K/Pg Extinction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Boistel</w:t>
+                <w:t xml:space="preserve">Theo Tacail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gheylen Daghfous</w:t>
+                <w:t xml:space="preserve">Fatima Khaldoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoé Blanchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphael Cornette</w:t>
+                <w:t xml:space="preserve">Essaid Jourani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/joa.12692⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (11), pp.1641-1644.e2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2017.04.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01681248v1</w:t>
+                <w:t xml:space="preserve">hal-01648300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium Isotopic Evidence for Vulnerable Marine Ecosystem Structure Prior to the K/Pg Extinction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Peggy Vincent</w:t>
+                <w:t xml:space="preserve">Comparative morphology of snake (Squamata) endocasts: evidence of phylogenetic and ecological signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Boistel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Tacail</w:t>
+                <w:t xml:space="preserve">Gheylen Daghfous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Khaldoune</w:t>
+                <w:t xml:space="preserve">Zoé Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essaid Jourani</w:t>
+                <w:t xml:space="preserve">Raphael Cornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 27 (11), pp.1641-1644.e2. </w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 231 (6), pp.849 - 868. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2017.04.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/joa.12692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01648300v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights on the systematics, palaeoecology and palaeobiology of a plesiosaurian with soft tissue preservation from the Toarcian of Holzmaden, Germany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peggy Vincent</w:t>
+                <w:t xml:space="preserve">Les Vertébrés des phosphates crétacés-paléogènes (72,1-47,8 Ma) du Maroc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Allemand</w:t>
+                <w:t xml:space="preserve">Emmanuel Gheerbrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul D. Taylor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Suan</w:t>
+                <w:t xml:space="preserve">Abdelmajid Noubhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erin E. Maxwell</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Henri Cappetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Nature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mémoires de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paléontologie des vertébrés du Maroc : état des connaissances, t.180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02328796v1</w:t>
+                <w:t xml:space="preserve">hal-01953881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The taxonomic content of Machimosaurus (Crocodylomorpha, Thalattosuchia)</w:t>
               </w:r>
@@ -3073,51 +3073,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy E. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Falconnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 14 (4), pp.305-310. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3432,51 +3432,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ichthyosaurs from the French Rhaetian indicate a severe turnover across the Triassic-Jurassic boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Cappetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3547,844 +3547,844 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine vertebrate remains from the Toarcian–Aalenian succession of southern Beaujolais, Rhône, France</w:t>
+                <w:t xml:space="preserve">New plesiosaur specimens from the Maastrichtian Phosphates of Morocco and their implications for the ecology of the latest Cretaceous marine apex predators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Suan</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Houssaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mbarek Amaghzaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouziane Khalloufi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Saïd Meslouh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Magazine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 150 (05), pp.822 - 834. </w:t>
+              <w:t xml:space="preserve">Gondwana Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 24 (2), pp.796-805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0016756812000982⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gr.2012.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01686458v1</w:t>
+                <w:t xml:space="preserve">hal-02115179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palaeoenvironmental significance of Toarcian black shales and event deposits from southern Beaujolais, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Marine vertebrate remains from the Toarcian–Aalenian succession of southern Beaujolais, Rhône, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Suan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emanuela Mattioli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Rousselle</w:t>
+                <w:t xml:space="preserve">Bouziane Khalloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geological Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 150 (04), pp.728 - 742. </w:t>
+              <w:t xml:space="preserve">, 2013, 150 (05), pp.822 - 834. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0016756812000970⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0016756812000982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01678968v1</w:t>
+                <w:t xml:space="preserve">hal-01686458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New highlights about the enigmatic marine snake Palaeophis maghrebianus (Palaeophiidae; Palaeophiinae) from the Ypresian (Lower Eocene) phosphates of Morocco</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Houssaye</w:t>
+                <w:t xml:space="preserve">Palaeoenvironmental significance of Toarcian black shales and event deposits from southern Beaujolais, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Suan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Rulleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Rage</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mbarek Amaghzaz</w:t>
+                <w:t xml:space="preserve">Emanuela Mattioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 56 (3), pp.647-661. </w:t>
+              <w:t xml:space="preserve">Geological Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 150 (04), pp.728 - 742. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pala.12008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S0016756812000970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02115056v1</w:t>
+                <w:t xml:space="preserve">hal-01678968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New plesiosaur specimens from the Maastrichtian Phosphates of Morocco and their implications for the ecology of the latest Cretaceous marine apex predators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New highlights about the enigmatic marine snake Palaeophis maghrebianus (Palaeophiidae; Palaeophiinae) from the Ypresian (Lower Eocene) phosphates of Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Houssaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Rage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mbarek Amaghzaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gondwana Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 24 (2), pp.796-805. </w:t>
+              <w:t xml:space="preserve">Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56 (3), pp.647-661. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gr.2012.11.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/pala.12008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02115179v1</w:t>
+                <w:t xml:space="preserve">hal-02115056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new genus of pliosaur from the Toarcien (Lower Jurassic) of Germany.</w:t>
+                <w:t xml:space="preserve">Regulation of body temperature by some Mesozoic marine reptiles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Smith</w:t>
+                <w:t xml:space="preserve">Aurélien Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lécuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeontology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 328 (5984), pp.1379-1382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1187443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00629653v1</w:t>
+                <w:t xml:space="preserve">hal-00628095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A juvenile plesiosaur specimen from the Lower Jurassic of Holzmaden, Germany.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new genus of pliosaur from the Toarcien (Lower Jurassic) of Germany.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeontographica Abteilung A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 291 (1-3), pp.45-61</w:t>
+              <w:t xml:space="preserve">Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53 (5), pp.1049-1063</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00629679v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00629653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of body temperature by some Mesozoic marine reptiles.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A juvenile plesiosaur specimen from the Lower Jurassic of Holzmaden, Germany.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Palaeontographica Abteilung A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 291 (1-3), pp.45-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.1187443⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00628095v1</w:t>
+                <w:t xml:space="preserve">hal-00629679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4396,217 +4396,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des squelettes dans les placards ? : Réexamen du néodiapside Claudiosaurus germaini Carroll, 1981, spécimens inédits et microtomographie à rayons X</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impacts des pratiques de la recherche sur l’environnement : vers une recherche éco-responsable au CR2P</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nour-Eddine Jalil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'APF 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Paléontologique Française, May 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">APF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05068787v1</w:t>
+                <w:t xml:space="preserve">hal-05293394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des pratiques de la recherche sur l’environnement : vers une recherche éco-responsable au CR2P</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des squelettes dans les placards ? : Réexamen du néodiapside Claudiosaurus germaini Carroll, 1981, spécimens inédits et microtomographie à rayons X</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Pageau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Buffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour-Eddine Jalil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'APF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Paléontologique Française, May 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05293394v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles caractéristiques rostrales et endocrâniennes partagées par Leidyosuchus canadensis et Stangerochampsa mccabei, des Alligatoroidea du Crétacé supérieur du Canada</w:t>
               </w:r>
@@ -4707,402 +4707,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05274051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intra-skeletal variability in phosphate oxygen isotope composition of marine vertebrates as a tool to track regional heterothermies in mesozoic marine reptiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Giant ichthyosaurs of the Late Triassic: current challenges at excavating a new specimen from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy E Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Letulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Séon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aubrey Jane Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Suan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SVP annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">6th International Palaeontological Congress (IPC6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Khon Kaen, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03865359v1</w:t>
+                <w:t xml:space="preserve">hal-03888838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giant ichthyosaurs of the Late Triassic: current challenges at excavating a new specimen from France</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Zoom sur la variabilité intra-squelettique du δ18Op chez les vertébrés marins : quel impact sur la reconstitution des paramètres océaniques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Séon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Suan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lécuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnauld Vinçon-Laugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Palaeontological Congress (IPC6)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Khon Kaen, Thailand</w:t>
+              <w:t xml:space="preserve">Congrès annuel de l'Asoociation Paléontologique Francaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03888838v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03890656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoom sur la variabilité intra-squelettique du δ18Op chez les vertébrés marins : quel impact sur la reconstitution des paramètres océaniques ?</w:t>
+                <w:t xml:space="preserve">Intra-skeletal variability in phosphate oxygen isotope composition of marine vertebrates as a tool to track regional heterothermies in mesozoic marine reptiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Séon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Amiot</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lene Liebe Delsett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubrey Jane Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Suan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnauld Vinçon-Laugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de l'Asoociation Paléontologique Francaise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">SVP annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03890656v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-03865359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toarcian marine vertebrate preservation in the Grands Causses Basin (France)</w:t>
               </w:r>
@@ -5216,151 +5216,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03909587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité intra-squelettique de la composition isotopique de l'oxygène du phosphate (δ18Op) chez les vertébrés marins : quel impact pour l'estimation des paramètres océaniques passés ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Charbonnier</w:t>
+                <w:t xml:space="preserve">Un os dans mon scan ? : Réexamen du néodiapside Thadeosaurus colcanapi Carroll, 1981 et tomographie d’empreintes de squelettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Buffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour-Eddine Jalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Falconnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">27ème Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Géologique de France, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03588271v1</w:t>
+                <w:t xml:space="preserve">hal-03521325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volcanically induced warming and sea-level rise as triggers of exceptional vertebrate preservation in Toarcian shales of southern France (Hérault)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahimsamba Bomou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5369,123 +5369,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sabine Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ján Schlögl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Adatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF; CNRS; Laboratoire de Géologie de Lyon ou l'étude de la Terre, des planètes et de l'environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03588282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Record of the Toarcian oceanic anoxic event in the Grands Causses Basin (southern France) and its implications for vertebrate preservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahimsamba Bomou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5534,132 +5534,132 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the 23rd EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, online, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-11835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03516601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paleoneuroanatomy of an atoposaurid (Neosuchia, Crocodylomorpha) from the Sao Khua Formation (Thailand) and paleobiological implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Pochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy E. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5678,381 +5678,381 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current studies on Past Biodiversity in Southeast Asia 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Online, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03509293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination des stratégies thermorégulatrices des reptiles marins du Mésozoïque grâce aux isotopes de l'oxygène (δ18Op)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Séon</w:t>
+                <w:t xml:space="preserve">Variabilité intra-squelettique de la composition isotopique de l'oxygène du phosphate (δ18Op) chez les vertébrés marins : quel impact pour l'estimation des paramètres océaniques passés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Seon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd colloque de l'APVSM, "Paléontologie et Archéologie en Normandie"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association paléontologique de Villers-sur-Mer, Sep 2021, Villers-sur-Mer, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03434238v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un os dans mon scan ? : Réexamen du néodiapside Thadeosaurus colcanapi Carroll, 1981 et tomographie d'empreintes de squelettes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jocelyn Falconnet</w:t>
+                <w:t xml:space="preserve">Détermination des stratégies thermorégulatrices des reptiles marins du Mésozoïque grâce aux isotopes de l'oxygène (δ18Op)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Séon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">2nd colloque de l'APVSM, "Paléontologie et Archéologie en Normandie"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association paléontologique de Villers-sur-Mer, Sep 2021, Villers-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03589109v1</w:t>
+                <w:t xml:space="preserve">mnhn-03434238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un os dans mon scan ? : Réexamen du néodiapside Thadeosaurus colcanapi Carroll, 1981 et tomographie d’empreintes de squelettes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un os dans mon scan ? : Réexamen du néodiapside Thadeosaurus colcanapi Carroll, 1981 et tomographie d'empreintes de squelettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Buffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour-Eddine Jalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Falconnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27ème Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Géologique de France, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521325v1</w:t>
+                <w:t xml:space="preserve">hal-03589109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What's new Paleorhodania?</w:t>
               </w:r>
@@ -6390,256 +6390,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocranial anatomy of Tethysaurus nopcsai, a primitive mosasauroid (Reptilia, Squamata) from the lower Turonian (late Cretaceous) of Goulmima (southern Morocco)</w:t>
+                <w:t xml:space="preserve">Endocranial anatomy of two Elasmosauridae specimens (Reptilia, Plesiosauria) from the Late Cretaceous (Turonian) of Goulmima (Southern Morocco)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael J Polcyn</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Houssaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Houssaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SVP 74th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Calgary, Canada</w:t>
+              <w:t xml:space="preserve">8th International Meeting on the Secondary Adaptation of Tetrapods to Life in Water, Berlin, Germany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03890471v1</w:t>
+                <w:t xml:space="preserve">hal-03890445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocranial anatomy of two Elasmosauridae specimens (Reptilia, Plesiosauria) from the Late Cretaceous (Turonian) of Goulmima (Southern Morocco)</w:t>
+                <w:t xml:space="preserve">Endocranial anatomy of Tethysaurus nopcsai, a primitive mosasauroid (Reptilia, Squamata) from the lower Turonian (late Cretaceous) of Goulmima (southern Morocco)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Houssaye</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Polcyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Houssaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Meeting on the Secondary Adaptation of Tetrapods to Life in Water, Berlin, Germany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, berlin, Germany</w:t>
+              <w:t xml:space="preserve">SVP 74th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Calgary, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03890445v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03890471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endocranial anatomy of two Elasmosauridae specimens (Reptilia, Plesiosauria) from the Late Cretaceous of Morocco</w:t>
               </w:r>
@@ -7005,51 +7005,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume C Suan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Rulleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emanuela Mattioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7156,51 +7156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouziane Khalloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Annual Meeting of the European Association of Vertebrate Palaeontologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Teruel, Spain</w:t>
@@ -7505,635 +7505,635 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of water balance in Orcinus orca and Tursiops truncatus using oxygen isotopes.</w:t>
+                <w:t xml:space="preserve">When zoological marine structures help paleontology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Séon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Scala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sidonie Catteau</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Tacail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th European Cetacean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, O Grove, Galicia, Spain</w:t>
+              <w:t xml:space="preserve">50th European Association for Aquatic Mammals Annual Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Valencia (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04284884v1</w:t>
+                <w:t xml:space="preserve">mnhn-04659518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When marine zoological structures help palaeontology.</w:t>
+                <w:t xml:space="preserve">Determination of water balance in Orcinus orca and Tursiops truncatus using oxygen isotopes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Séon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Scala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Fourel</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Catteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th Annual Symposium of the European Association for Aquatic Mammals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Valence (Espagne), Spain</w:t>
+              <w:t xml:space="preserve">34th European Cetacean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, O Grove, Galicia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04284905v1</w:t>
+                <w:t xml:space="preserve">mnhn-04284884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When zoological marine structures help paleontology</w:t>
+                <w:t xml:space="preserve">When marine zoological structures help palaeontology.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Séon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Scala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo Tacail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th European Association for Aquatic Mammals Annual Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Valencia (Espagne), Spain</w:t>
+              <w:t xml:space="preserve">50th Annual Symposium of the European Association for Aquatic Mammals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Valence (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-04659518v1</w:t>
+                <w:t xml:space="preserve">mnhn-04284905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcanically induced warming and sea-level rise as triggers of exceptional vertebrate preservation in Toarcian shales of southern France (Hérault)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les isotopes de l'oxygène: traceurs d'hétérothermies régionales chez les vertébrés marins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Séon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lyon, France. </w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Paléontologique française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03516630v1</w:t>
+                <w:t xml:space="preserve">mnhn-03434183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les isotopes de l'oxygène: traceurs d'hétérothermies régionales chez les vertébrés marins</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Volcanically induced warming and sea-level rise as triggers of exceptional vertebrate preservation in Toarcian shales of southern France (Hérault)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahimsamba Bomou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sabine Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Schlögl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Adatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Paléontologique française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Troyes, France</w:t>
+              <w:t xml:space="preserve">27e Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mnhn-03434183v1</w:t>
+                <w:t xml:space="preserve">hal-03516630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plesiosaur remains associated with a rich marine fauna from the Albian of southeastern France</w:t>
               </w:r>
@@ -8427,51 +8427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Houssaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8532,51 +8532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Houssaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8633,653 +8633,653 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’oxygène : thermomètre des paléontologues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les équipes de recherche au sein d’un laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Amiot</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gommery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Laurin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EDP Sciences, pp.188-189, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c089⟩</w:t>
+              <w:t xml:space="preserve">, edp sciences, pp.19, 2022, 978-2-7598-2717-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03812590v1</w:t>
+                <w:t xml:space="preserve">hal-03799291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des reptiles marins sous les pierres dorées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’oxygène : thermomètre des paléontologues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Séon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une carrière au Pays des Pierres Dorées – Exploitation, fossiles et minéraux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EDP Sciences, pp.188-189, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889832v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les congrès scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelina Bastos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvain Charbonnier; Patrick De Wever. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EDP Sciences, pp.24-25, 2022, Hors collection, 978-2-7598-2717-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les équipes de recherche au sein d’un laboratoire</w:t>
+                <w:t xml:space="preserve">Des reptiles marins sous les pierres dorées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy E. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Suan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Suchéras-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Janneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paléontologie d'aujourd'hui</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Une carrière au Pays des Pierres Dorées – Exploitation, fossiles et minéraux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/978-2-7598-2718-3.c006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03799291v1</w:t>
+                <w:t xml:space="preserve">hal-03889832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chordata (Vertebrata)</w:t>
+                <w:t xml:space="preserve">Les vertébrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Neige &amp; J.-L. Dommergues. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stratotype Sinémurien (Contenu Additionnel)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Muséum National d'Histoire Naturelle, pp.16-16, 2021, 978-2-85653-961-3</w:t>
+              <w:t xml:space="preserve">Stratotype Sinémurien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum National d'Histoire Naturelle, pp.231-234, 2021, 978-2-85653-961-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03379705v1</w:t>
+                <w:t xml:space="preserve">hal-03356538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vertébrés</w:t>
+                <w:t xml:space="preserve">Chordata (Vertebrata)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Neige &amp; J.-L. Dommergues. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stratotype Sinémurien</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Muséum National d'Histoire Naturelle, pp.231-234, 2021, 978-2-85653-961-3</w:t>
+              <w:t xml:space="preserve">Stratotype Sinémurien (Contenu Additionnel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum National d'Histoire Naturelle, pp.16-16, 2021, 978-2-85653-961-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03356538v1</w:t>
+                <w:t xml:space="preserve">hal-03379705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId225"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9434,51 +9434,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473272v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Donz&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perrichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Therrien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J E Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.70096" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906194v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Suan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marfil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rousselle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Such&#233;ras-Marx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2025.106809" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356586v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Vincent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E. Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261425v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269732v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Buffa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Jalil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Falconnet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.70008" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633815v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas S&#233;on" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;cuyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2024.103825" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709294v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allemand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Polcyn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Houssaye" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo L&#243;pez-Aguirre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d16090548" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04266511v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brasseur" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Scala" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tacail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Catteau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.245648" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03686586v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-2671-2022" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516675v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pr&#244;a" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pouit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rouillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mellier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37520/fi.2021.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370278v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Latil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naser Raissossadat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2021.104809" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384272v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahimsamba Bomou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Schl&#246;gl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sabine Grosjean" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/sp514-2021-16" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357742v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rulleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP514-2020-232" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358719v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ferreira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2019.104293" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03016214v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02298448v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Weis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Kronz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Delsate" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756817000814" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354078v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2019.1595636" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324789v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Storrs" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-018-1600-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115209v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2017.09.017" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01953881v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gheerbrant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Noubhani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Cappetta" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouve" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01681238v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2017.1325894" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01681248v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Boistel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gheylen Daghfous" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Blanchet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12692" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648300v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Tacail" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Khaldoune" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essaid Jourani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.04.043" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328796v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Allemand" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D. Taylor" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin E. Maxwell" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-017-1472-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02340927v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.03.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115169v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier Pereda Suberbiola" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbarek Amaghzaz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2014.08.014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01255374v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sharpe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hodges" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4202/app.00062.2014" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02350701v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Fischer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Garcia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Goolaerts" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-014-1242-7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686458v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Khalloufi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756812000982" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678968v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Mattioli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756812000970" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115056v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rage" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12008" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115179v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Meslouh" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2012.11.011" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629653v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Smith" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629679v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628095v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bernard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1187443" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068787v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Pageau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293394v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274051v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Donz&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Perrichon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Therrien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03865359v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Liebe Delsett" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubrey Jane Roberts" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888838v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Letulle" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03890656v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Vin&#231;on-Laugier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909587v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-6008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588271v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Seon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588282v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;n Schl&#246;gl" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516601v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11835" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509293v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pochat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03434238v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589109v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521325v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358754v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Janneau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume C Suan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890452v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889913v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Maxwell" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer&#160;r. Schoch" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890471v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Houssaye" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890445v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04002625v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538146v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Williams" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538544v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Janneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538566v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pittet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538561v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537965v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536113v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lena" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284884v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284905v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04659518v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516630v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03434183v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01857509v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621503v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario De Franceschi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arab D" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dejax" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gallet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746989v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407677v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812590v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c089" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889832v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898508v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Bastos" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c010" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799291v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Germain" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gommery" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c006" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379705v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fara" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356538v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473272v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Donz&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perrichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vincent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Therrien" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J E Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.70096" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906194v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Suan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Marfil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rousselle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Such&#233;ras-Marx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2025.106809" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261425v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Vincent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E. Martin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269732v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Buffa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Jalil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Falconnet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.70008" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356586v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lefebvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633815v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas S&#233;on" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;cuyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2024.103825" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709294v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allemand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Polcyn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Houssaye" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo L&#243;pez-Aguirre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d16090548" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04266511v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Brasseur" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Scala" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tacail" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Catteau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.245648" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03686586v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-2671-2022" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516675v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pr&#244;a" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pouit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rouillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mellier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37520/fi.2021.004" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370278v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Latil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naser Raissossadat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2021.104809" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03384272v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahimsamba Bomou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Schl&#246;gl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sabine Grosjean" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/sp514-2021-16" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357742v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rulleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP514-2020-232" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03016214v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358719v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ferreira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2019.104293" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324789v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Storrs" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-018-1600-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02298448v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Weis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Kronz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Delsate" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756817000814" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354078v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2019.1595636" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115209v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2017.09.017" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02328796v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Allemand" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D. Taylor" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin E. Maxwell" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-017-1472-6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01681238v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02724634.2017.1325894" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648300v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Tacail" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Khaldoune" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essaid Jourani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.04.043" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01681248v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Boistel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gheylen Daghfous" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Blanchet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12692" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01953881v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gheerbrant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Noubhani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Cappetta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jouve" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02340927v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2015.03.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115169v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier Pereda Suberbiola" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbarek Amaghzaz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2014.08.014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01255374v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sharpe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hodges" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4202/app.00062.2014" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02350701v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Fischer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Garcia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stijn Goolaerts" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-014-1242-7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115179v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Meslouh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2012.11.011" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686458v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Khalloufi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756812000982" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678968v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Mattioli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756812000970" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115056v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rage" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12008" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628095v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bernard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1187443" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629653v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Smith" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00629679v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293394v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068787v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Pageau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274051v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Donz&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Perrichon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Therrien" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy E Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888838v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Letulle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03890656v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Vin&#231;on-Laugier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03865359v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Liebe Delsett" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubrey Jane Roberts" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909587v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-6008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521325v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588282v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;n Schl&#246;gl" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516601v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11835" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509293v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Pochat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588271v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Seon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03434238v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589109v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358754v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Janneau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume C Suan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890452v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889913v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Maxwell" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer&#160;r. Schoch" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890445v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890471v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Houssaye" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04002625v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538146v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Williams" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538544v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Janneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538566v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pittet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538561v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537965v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536113v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lena" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04659518v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284884v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04284905v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03434183v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516630v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01857509v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621503v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario De Franceschi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arab D" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dejax" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gallet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746989v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407677v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799291v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Germain" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gommery" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c006" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812590v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c089" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898508v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Bastos" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c010" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889832v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356538v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fara" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379705v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>