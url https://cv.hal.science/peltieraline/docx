--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,4510 +66,4510 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (113)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (114)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ten years of GNSS field campaigns covering a full eruptive cycle at Piton de la Fournaise (2014–2023)</w:t>
+                <w:t xml:space="preserve">Near real-time monitoring of volcanic deformation and lava flows from multi-angular Capella Space SAR imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arthur Hauck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Grandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fidel Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kevin Canjamalé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 88 (2), pp.19. </w:t>
+              <w:t xml:space="preserve">, 2026, A new era for volcanology: the increasing role of remote sensing data to detect, monitor and quantify volcanic activity, 88 (4), pp.35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00445-026-01944-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00445-025-01928-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499401v1</w:t>
+                <w:t xml:space="preserve">hal-05552898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A unique electrical resistivity experiment reveals the 3D interior of Piton de la Fournaise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ten years of GNSS field campaigns covering a full eruptive cycle at Piton de la Fournaise (2014–2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Gailler</w:t>
+                <w:t xml:space="preserve">Patrice Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Guillard</w:t>
+                <w:t xml:space="preserve">Christophe Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Buvat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anthony Finizola</w:t>
+                <w:t xml:space="preserve">Kevin Canjamalé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-17161-4⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 88 (2), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00445-026-01944-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05333700v1</w:t>
+                <w:t xml:space="preserve">hal-05499401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effusion Rate Trends at Piton de la Fournaise: A Review of 24 Years of Space‐Based Thermal Observation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A unique electrical resistivity experiment reveals the 3D interior of Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Gailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adele Campus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+                <w:t xml:space="preserve">Solène Buvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Philippe Labazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 130 (6), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.35794. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024JB030962⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-17161-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198562v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05333700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dialogue entre science et société civile au REVOSIMA : le groupe de travail « Médiation scientifique »</w:t>
+                <w:t xml:space="preserve">Effusion Rate Trends at Piton de la Fournaise: A Review of 24 Years of Space‐Based Thermal Observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Le Duff</w:t>
+                <w:t xml:space="preserve">Adele Campus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Retailleau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Le Vagueresse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terre &amp; sciences </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JB030962⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420111v1</w:t>
+                <w:t xml:space="preserve">hal-05198562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerk, a promising tool for early warning of volcanic eruptions</w:t>
+                <w:t xml:space="preserve">Dialogue entre science et société civile au REVOSIMA : le groupe de travail « Médiation scientifique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Beauducel</w:t>
+                <w:t xml:space="preserve">Matthieu Le Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Roult</w:t>
+                <w:t xml:space="preserve">Lise Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Louise Le Vagueresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Jousset</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maud H Devès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Terre &amp; sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05454626v1</w:t>
+                <w:t xml:space="preserve">hal-05420111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of GNSS Local Observations Compared to Global Weather-Based Models for InSAR Tropospheric Corrections Over Tropical Volcanoes: Case Studies of Piton De La Fournaise and Merapi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Jerk, a promising tool for early warning of volcanic eruptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Albino</w:t>
+                <w:t xml:space="preserve">Geneviève Roult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gremion</w:t>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Pinel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Peltier</w:t>
+                <w:t xml:space="preserve">Philippe Jousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JB028898⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.11418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-66256-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05080905v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multitemporal Quantification of the Geomorphodynamics on a Slope within the Cratère Dolomieu at the Piton de la Fournaise (La Réunion, Indian Ocean) Using Terrestrial LiDAR Data, Terrestrial Photographs, and Webcam Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Benefits of GNSS Local Observations Compared to Global Weather-Based Models for InSAR Tropospheric Corrections Over Tropical Volcanoes: Case Studies of Piton De La Fournaise and Merapi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Albino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gremion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerstin Wegner</w:t>
+                <w:t xml:space="preserve">V. Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+                <w:t xml:space="preserve">P. Bouygues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Mangeney</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Kowalski</w:t>
+                <w:t xml:space="preserve">A. Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/geosciences14100259⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JB028898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808619v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05080905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre‐Eruptive Damage, Weakening and Magma‐Edifice Coupling at Piton De La Fournaise Volcano</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multitemporal Quantification of the Geomorphodynamics on a Slope within the Cratère Dolomieu at the Piton de la Fournaise (La Réunion, Indian Ocean) Using Terrestrial LiDAR Data, Terrestrial Photographs, and Webcam Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Wegner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐luc Got</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Virginie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Marsan</w:t>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Ferrazzini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Brothelande</w:t>
+                <w:t xml:space="preserve">Philippe Kowalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JB027595⟩</w:t>
+              <w:t xml:space="preserve">Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (10), pp.259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/geosciences14100259⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652898v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The European Volcano Observatories and their use of the aviation colour code system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pre‐Eruptive Damage, Weakening and Magma‐Edifice Coupling at Piton De La Fournaise Volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐luc Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Barsotti</w:t>
+                <w:t xml:space="preserve">David Marsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simona Scollo</w:t>
+                <w:t xml:space="preserve">Valerie Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Macedonio</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Elodie Brothelande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00445-024-01712-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JB027595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652902v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: The European Volcano Observatories and their use of the aviation colour code system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">The European Volcano Observatories and their use of the aviation colour code system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Barsotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Scollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Macedonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Felpeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 86, 373, pp. 17-34. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00445-024-01736-6⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 86 (3), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00445-024-01712-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05081584v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismicity near Mayotte explained by interacting magma bodies: Insights from numerical modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correction to: The European Volcano Observatories and their use of the aviation colour code system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Barsotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Scollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Macedonio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément de Sagazan</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Alicia Felpeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 446, </w:t>
+              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 86, 373, pp. 17-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2023.107985⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00445-024-01736-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04462198v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05081584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards scientific forecasting of magmatic eruptions</w:t>
+                <w:t xml:space="preserve">Seismicity near Mayotte explained by interacting magma bodies: Insights from numerical modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerio Acocella</w:t>
+                <w:t xml:space="preserve">Clément de Sagazan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Retailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurizio Ripepe</w:t>
+                <w:t xml:space="preserve">Muriel Gerbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eleonora Rivalta</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Federico Galetto</w:t>
+                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43017-023-00492-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 446, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2023.107985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04462222v1</w:t>
+                <w:t xml:space="preserve">insu-04462198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lava flow daily monitoring: the case of the 19 September–5 October 2022 eruption at Piton de la Fournaise</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+                <w:t xml:space="preserve">Towards scientific forecasting of magmatic eruptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Acocella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Grandin</w:t>
+                <w:t xml:space="preserve">Maurizio Ripepe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+                <w:t xml:space="preserve">Eleonora Rivalta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Coppola</w:t>
+                <w:t xml:space="preserve">Federico Galetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volcanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (2), pp.391-404. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.5-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.30909/vol.06.02.391404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43017-023-00492-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04261405v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04462222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking changes in the co-eruptive seismic tremor associated with magma degassing at Piton de la Fournaise volcano</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lava flow daily monitoring: the case of the 19 September–5 October 2022 eruption at Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Grandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Journeau</w:t>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolai Shapiro</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean Soubestre</w:t>
+                <w:t xml:space="preserve">Diego Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2023.107936⟩</w:t>
+              <w:t xml:space="preserve">Volcanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (2), pp.391-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30909/vol.06.02.391404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04266121v2</w:t>
+                <w:t xml:space="preserve">hal-04261405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repetitive small seismicity coupled with rainfall can trigger large slope instabilities on metastable volcanic edifices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Mangeney</w:t>
+                <w:t xml:space="preserve">Tracking changes in the co-eruptive seismic tremor associated with magma degassing at Piton de la Fournaise volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Journeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bernard</w:t>
+                <w:t xml:space="preserve">Nikolai Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoping Jia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabian Bonilla</w:t>
+                <w:t xml:space="preserve">Jean Soubestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43247-023-00996-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 444, pp.107936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2023.107936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401982v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266121v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking changes in magma transport from very-long-period seismic signals at Piton de la Fournaise volcano</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Repetitive small seismicity coupled with rainfall can trigger large slope instabilities on metastable volcanic edifices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zacharie Duputel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cyril Journeau</w:t>
+                <w:t xml:space="preserve">Xiaoping Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Catherine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Kowalski</w:t>
+                <w:t xml:space="preserve">Fabian Bonilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 620, pp.118323. </w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2023.118323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43247-023-00996-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04239366v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcano‐Magnetic Signal Reveals Rapid Evolution of the Inner Structure of Piton de la Fournaise</w:t>
+                <w:t xml:space="preserve">Tracking changes in magma transport from very-long-period seismic signals at Piton de la Fournaise volcano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie-Sarah Gailler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Labazuy</w:t>
+                <w:t xml:space="preserve">Zacharie Duputel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Journeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Dumont</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Philippe Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kowalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022JB025290⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 620, pp.118323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2023.118323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125152v1</w:t>
+                <w:t xml:space="preserve">hal-04239366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What causes the persistent seismicity below the eastern flank of Piton de la Fournaise (Réunion Island)? Elasto-plastic models of magma inflation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Gerbault</w:t>
+                <w:t xml:space="preserve">Volcano‐Magnetic Signal Reveals Rapid Evolution of the Inner Structure of Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie-Sarah Gailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Labazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Fontaine</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Quentin Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Riad Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2022.107628⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (1), pp.e2022JB025290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JB025290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740856v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcanic crisis management supported by near real-time lava flow hazard assessment at Piton de la Fournaise, La Réunion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+                <w:t xml:space="preserve">What causes the persistent seismicity below the eastern flank of Piton de la Fournaise (Réunion Island)? Elasto-plastic models of magma inflation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gerbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Harris</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Diego Coppola</w:t>
+                <w:t xml:space="preserve">Jean-Luc Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volcanica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.30909/vol.05.02.313334⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 431, pp.107628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2022.107628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03832649v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mayotte 2018 eruption likely sourced from a magmatic mush</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Temporal magmatic evolution of the Fani Maoré submarine eruption 50 km east of Mayotte revealed by in situ sampling and petrological monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacob S. Jordan</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carole Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Komorowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Gurioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Médard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2022.117566⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 354 (S2), pp.195-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03748518v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal magmatic evolution of the Fani Maoré submarine eruption 50 km east of Mayotte revealed by in situ sampling and petrological monitoring</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne Médard</w:t>
+                <w:t xml:space="preserve">Volcanic crisis management supported by near real-time lava flow hazard assessment at Piton de la Fournaise, La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 354 (S2), pp.195-223. </w:t>
+              <w:t xml:space="preserve">Volcanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (2), pp.313-334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crgeos.155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.30909/vol.05.02.313334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957779v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active structures and thermal state of the Piton de la Fournaise summit revealed by combined UAV magnetic and thermal infrared measurements</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mayotte 2018 eruption likely sourced from a magmatic mush</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Régis</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Tushar Mittal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob S. Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volcanica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.30909/vol.05.01.6174⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 590, pp.117566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2022.117566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03898313v1</w:t>
+                <w:t xml:space="preserve">insu-03748518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structured elicitation of expert judgement in real-time eruption scenarios: an exercise for Piton de la Fournaise volcano, La Réunion island</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew Harris</w:t>
+                <w:t xml:space="preserve">Active structures and thermal state of the Piton de la Fournaise summit revealed by combined UAV magnetic and thermal infrared measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie-Sarah Gailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Labazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Morin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Edouard Régis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Volcanica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 5 (1), pp.105-131. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.30909/vol.05.01.105131⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 5 (1), pp.61-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30909/vol.05.01.6174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03712658v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">22 years of satellite imagery reveal a major destabilization structure at Piton de la Fournaise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Dumont</w:t>
+                <w:t xml:space="preserve">Structured elicitation of expert judgement in real-time eruption scenarios: an exercise for Piton de la Fournaise volcano, La Réunion island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Tadini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Cayol</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Julie Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Bevilacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-30109-w⟩</w:t>
+              <w:t xml:space="preserve">Volcanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (1), pp.105-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30909/vol.05.01.105131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03712643v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic detection for a comprehensive view of Mayotte seismicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Retailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Lavayssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 354 (S2), pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/crgeos.133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Wrapper to Use a Machine-Learning-Based Algorithm for Earthquake Monitoring</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Weiqiang Zhu</w:t>
+                <w:t xml:space="preserve">22 years of satellite imagery reveal a major destabilization structure at Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Satriano</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220210279⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.2649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-30109-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03898312v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground deformation monitoring of the eruption offshore Mayotte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">A Wrapper to Use a Machine-Learning-Based Algorithm for Earthquake Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiqiang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Saur</w:t>
+                <w:t xml:space="preserve">Claudio Satriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Ballu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Briole</w:t>
+                <w:t xml:space="preserve">Gregory Beroza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crgeos.176⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 93 (3), pp.1673-1682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220210279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03932000v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reappraisal of gap analysis for effusive crises at Piton de la Fournaise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ground deformation monitoring of the eruption offshore Mayotte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Saur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ballu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Briole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Volcanology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13617-021-00111-w⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 354 (S2), pp. 176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03544901v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03932000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the effect of lithological setting, block characteristics and slope topography on the runout length of rockfalls in the Alps and on the island of La Réunion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reappraisal of gap analysis for effusive crises at Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21, pp.1159 - 1177. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Volcanology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/nhess-21-1159-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13617-021-00111-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03332426v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03544901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mayotte seismic crisis: building knowledge in near real-time by combining land and ocean-bottom seismometers, first results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
+                <w:t xml:space="preserve">Mantle xenolith-bearing phonolites and basanites feed the active volcanic ridge of Mayotte (Comoros archipelago, SW Indian Ocean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Médard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Jacques</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lise Retailleau</w:t>
+                <w:t xml:space="preserve">Théo Hassen Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Gurioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggab392⟩</w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 176 (10), pp.75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00410-021-01833-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03397108v1</w:t>
+                <w:t xml:space="preserve">hal-03442154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mantle xenolith-bearing phonolites and basanites feed the active volcanic ridge of Mayotte (Comoros archipelago, SW Indian Ocean)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+                <w:t xml:space="preserve">Mayotte seismic crisis: building knowledge in near real-time by combining land and ocean-bottom seismometers, first results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chastity Aiken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Hassen Ali</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucia Gurioli</w:t>
+                <w:t xml:space="preserve">Anne Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Retailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 176 (10), pp.75. </w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 228 (2), pp.1281-1293. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00410-021-01833-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggab392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03442154v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03397108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birth of a large volcanic edifice offshore Mayotte via lithosphere-scale dyke intrusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
+                <w:t xml:space="preserve">Assessing the effect of lithological setting, block characteristics and slope topography on the runout length of rockfalls in the Alps and on the island of La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Wegner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Jorry</w:t>
+                <w:t xml:space="preserve">Florian Haas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wayne C Crawford</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Thinon</w:t>
+                <w:t xml:space="preserve">Tobias Heckmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-021-00809-x⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.1159 - 1177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-21-1159-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03409680v1</w:t>
+                <w:t xml:space="preserve">hal-03332426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lava flow hazard map of Piton de la Fournaise volcano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+                <w:t xml:space="preserve">Birth of a large volcanic edifice offshore Mayotte via lithosphere-scale dyke intrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Jorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wayne C Crawford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimiliano Favalli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrew Harris</w:t>
+                <w:t xml:space="preserve">Christine Deplus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Fornaciai</w:t>
+                <w:t xml:space="preserve">Isabelle Thinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21, pp.2355 - 2377. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (10), pp.787-795. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/nhess-21-2355-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-021-00809-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03332387v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 2018-ongoing Mayotte submarine eruption: Magma migration imaged by petrological monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Berthod</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Etienne Médard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bachèlery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Gurioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Di Muro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 571, pp.117085. </w:t>
@@ -4601,10219 +4601,10353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03353428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcano Crisis Management at Piton de la Fournaise (La Réunion) during the COVID-19 Lockdown</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Lava flow hazard map of Piton de la Fournaise volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie R Ferrazzini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+                <w:t xml:space="preserve">Massimiliano Favalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Di Kowalski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+                <w:t xml:space="preserve">Alessandro Fornaciai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 20 (20), </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.2355 - 2377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0220200212⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-21-2355-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03001122v1</w:t>
+                <w:t xml:space="preserve">hal-03332387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noise-based passive ballistic wave seismic monitoring on an active volcano</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Volcano Crisis Management at Piton de la Fournaise (La Réunion) during the COVID-19 Lockdown</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomoya Takano</w:t>
+                <w:t xml:space="preserve">Valérie R Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Brenguier</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Di Kowalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggz466⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220200212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02928267v1</w:t>
+                <w:t xml:space="preserve">hal-03001122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum on: Densification of the Ground-Based GNSS Observation Network in the Southwest Indian Ocean: Current Status, Perspectives, and Examples of Applications in Meteorology and Geodesy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Noise-based passive ballistic wave seismic monitoring on an active volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomoya Takano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Brenguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bousquet</w:t>
+                <w:t xml:space="preserve">Michel Campillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Lees</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne Duret</w:t>
+                <w:t xml:space="preserve">Takeshi Nishimura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2020.609757⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 220 (1), pp.501-507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggz466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03584472v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02928267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection, classification, and location of seismovolcanic signals with multi-component seismic data, example from the Piton de la Fournaise volcano (La Réunion, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Corrigendum on: Densification of the Ground-Based GNSS Observation Network in the Southwest Indian Ocean: Current Status, Perspectives, and Examples of Applications in Meteorology and Geodesy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Lees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Journeau</w:t>
+                <w:t xml:space="preserve">Jonathan Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. M Shapiro</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Duret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JB019333⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, p. 54-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2020.609757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02879258v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03584472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How shear helps lava to flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrew Harris</w:t>
+                <w:t xml:space="preserve">Detection, classification, and location of seismovolcanic signals with multi-component seismic data, example from the Piton de la Fournaise volcano (La Réunion, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Journeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. M Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Seydoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Mannini</w:t>
+                <w:t xml:space="preserve">J Soubestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Thivet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucia Gurioli</w:t>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 48, pp.154 - 158. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1130/G47110.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019JB019333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02401447v2</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Imaging of a Volcano Plumbing System From GNSS Unsupervised Modeling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">How shear helps lava to flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Villié</w:t>
+                <w:t xml:space="preserve">Stefano Mannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wiwit Suryanto</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simon Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Gurioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 47, </w:t>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48, pp.154 - 158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020GL089419⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1130/G47110.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03748804v1</w:t>
+                <w:t xml:space="preserve">hal-02401447v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning Reveals the Seismic Signature of Eruptive Behavior at Piton de la Fournaise Volcano</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical Imaging of a Volcano Plumbing System From GNSS Unsupervised Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. X Ren</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Ferrazzini</w:t>
+                <w:t xml:space="preserve">Antoine Villié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Rouet‐leduc</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wiwit Suryanto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 47 (3), pp.e2019GL085523. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019GL085523⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GL089419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02930212v1</w:t>
+                <w:t xml:space="preserve">insu-03748804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Densification of the Ground-Based GNSS Observation Network in the Southwest Indian Ocean: Current Status, Perspectives, and Examples of Applications in Meteorology and Geodesy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Machine Learning Reveals the Seismic Signature of Eruptive Behavior at Piton de la Fournaise Volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. X Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Duret</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Rouet‐leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2020.566105⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (3), pp.e2019GL085523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019GL085523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03196649v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 2007 caldera collapse at Piton de la Fournaise: new insights from multi-temporal structure-from-motion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Densification of the Ground-Based GNSS Observation Network in the Southwest Indian Ocean: Current Status, Perspectives, and Examples of Applications in Meteorology and Geodesy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bousquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Lees</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volcanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3 (1), pp.55-65. </w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.566105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.30909/vol.03.01.5565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feart.2020.566105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065906v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03196649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multicentric study on accurate grading of prostate cancer with systematic and MRI/US fusion targeted biopsies: comparison with final histopathology after radical prostatectomy</w:t>
+                <w:t xml:space="preserve">The 2007 caldera collapse at Piton de la Fournaise: new insights from multi-temporal structure-from-motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Diamand</w:t>
+                <w:t xml:space="preserve">Alan Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Oderda</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Journal of Urology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00345-019-02634-9⟩</w:t>
+              <w:t xml:space="preserve">Volcanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (1), pp.55-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30909/vol.03.01.5565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02180483v1</w:t>
+                <w:t xml:space="preserve">hal-03065906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where does a volcano break? Using self-potential reiteration to forecast the precise location of major destructive events on active volcanoes: the case study of the Piton de la Fournaise 2007 caldera collapse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A multicentric study on accurate grading of prostate cancer with systematic and MRI/US fusion targeted biopsies: comparison with final histopathology after radical prostatectomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Diamand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Oderda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Al Hajj Obeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Chaput</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+                <w:t xml:space="preserve">S. Albisinni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Crovisier</w:t>
+                <w:t xml:space="preserve">R. van Velthoven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volcanica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2 (2), </w:t>
+              <w:t xml:space="preserve">World Journal of Urology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.30909/vol.02.02.151159⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00345-019-02634-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02300853v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02180483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining InSAR and GNSS to Track Magma Transport at Basaltic Volcanoes</w:t>
+                <w:t xml:space="preserve">Where does a volcano break? Using self-potential reiteration to forecast the precise location of major destructive events on active volcanoes: the case study of the Piton de la Fournaise 2007 caldera collapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Smittarello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Cayol</w:t>
+                <w:t xml:space="preserve">Marie Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Pinel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Marie Crovisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 11, pp.2236. </w:t>
+              <w:t xml:space="preserve">Volcanica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs11192236⟩</w:t>
+                <w:t xml:space="preserve">⟨10.30909/vol.02.02.151159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02297312v1</w:t>
+                <w:t xml:space="preserve">hal-02300853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-temporal airborne structure-from-motion on caldera rim: Hazard, visitor exposure and origins of instabilities at Piton de la Fournaise</w:t>
+                <w:t xml:space="preserve">Magma propagation at Piton de la Fournaise from joint inversion of InSAR and GNSS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allan Derrien</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Delphine Smittarello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Physical Geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 43 (2), pp.193-214. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (2), pp.1361-1387. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0309133318808201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2018JB016856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02164923v1</w:t>
+                <w:t xml:space="preserve">hal-02324526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magma propagation at Piton de la Fournaise from joint inversion of InSAR and GNSS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Combining InSAR and GNSS to Track Magma Transport at Basaltic Volcanoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Smittarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 124 (2), pp.1361-1387. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.2236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018JB016856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs11192236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02324526v1</w:t>
+                <w:t xml:space="preserve">hal-02297312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal remote sensing for global volcano monitoring: Experiences from the MIROVA system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-temporal airborne structure-from-motion on caldera rim: Hazard, visitor exposure and origins of instabilities at Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Laiolo</w:t>
+                <w:t xml:space="preserve">Allan Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrado Cigolini</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Michon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feart.2019.00362⟩</w:t>
+              <w:t xml:space="preserve">Progress in Physical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43 (2), pp.193-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0309133318808201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03586595v1</w:t>
+                <w:t xml:space="preserve">hal-02164923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of an integrated satellite-data-driven response to an effusive crisis: the April–May 2018 eruption of Piton de la Fournaise</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Thermal remote sensing for global volcano monitoring: Experiences from the MIROVA system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Laiolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corrado Cigolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Ramsey</w:t>
+                <w:t xml:space="preserve">Francesco Massimetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Hrysiewicz</w:t>
+                <w:t xml:space="preserve">Dario Delle Donne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Geophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 61 (Vol 61 (2018)), </w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7, pp. 1746-1763. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4401/ag-7972⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feart.2019.00362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02150627v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03586595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">imagery of internal structure and destabilization features of active volcano by 3D high resolution airborne electromagnetism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validation of an integrated satellite-data-driven response to an effusive crisis: the April–May 2018 eruption of Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oryaëlle Chevrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Dumont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Michael Ramsey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Else Roblin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Barde-Cabusson</w:t>
+                <w:t xml:space="preserve">Alexis Hrysiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-54415-4⟩</w:t>
+              <w:t xml:space="preserve">Annals of Geophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 61 (Vol 61 (2018)), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4401/ag-7972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02421682v1</w:t>
+                <w:t xml:space="preserve">hal-02150627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DAMAGE AND STRAIN LOCALIZATION AROUND A PRESSURIZED SHALLOW-LEVEL MAGMA RESERVOIR</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Got</w:t>
+                <w:t xml:space="preserve">imagery of internal structure and destabilization features of active volcano by 3D high resolution airborne electromagnetism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Else Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Amitrano</w:t>
+                <w:t xml:space="preserve">Pierre-Alexandre Reninger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ioannis Stefanou</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie Barde-Cabusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018JB016407⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-54415-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021491v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very- and ultra-long-period seismic signals prior to and during caldera formation on La Réunion Island</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DAMAGE AND STRAIN LOCALIZATION AROUND A PRESSURIZED SHALLOW-LEVEL MAGMA RESERVOIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Amitrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice R. R. Fontaine</w:t>
+                <w:t xml:space="preserve">Ioannis Stefanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Roult</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Élodie Brothelande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-44439-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (2), pp.1443-1458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JB016407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02145775v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating field, textural, and geochemical monitoring to track eruption triggers and dynamics: a case study from Piton de la Fournaise</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+                <w:t xml:space="preserve">Very- and ultra-long-period seismic signals prior to and during caldera formation on La Réunion Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice R. R. Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Vlastélic</w:t>
+                <w:t xml:space="preserve">G. Roult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Moune</w:t>
+                <w:t xml:space="preserve">B. Hejrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Thivet</w:t>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (2), pp.431-455. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/se-9-431-2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-44439-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858790v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02145775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Link Between External Forcings and Slope Instabilities in the Piton de la Fournaise Summit Crater, Reunion Island</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabian Bonilla</w:t>
+                <w:t xml:space="preserve">Integrating field, textural, and geochemical monitoring to track eruption triggers and dynamics: a case study from Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Gurioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Vlastélic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Moune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2017JF004507⟩</w:t>
+              <w:t xml:space="preserve">Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), pp.431-455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/se-9-431-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01906274v1</w:t>
+                <w:t xml:space="preserve">hal-01858790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Term Subsidence in Lava Fields at Piton de la Fournaise Volcano Measured by InSAR: New Insights for Interpretation of the Eastern Flank Motion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Remy</w:t>
+                <w:t xml:space="preserve">On the Link Between External Forcings and Slope Instabilities in the Piton de la Fournaise Summit Crater, Reunion Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoping Jia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Bonilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs10040597⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (2), pp.2422-2442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2017JF004507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02057470v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in the Long-Term Geophysical Eruptive Precursors at Piton de la Fournaise: Implications for the Response Management</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+                <w:t xml:space="preserve">Long-Term Subsidence in Lava Fields at Piton de la Fournaise Volcano Measured by InSAR: New Insights for Interpretation of the Eastern Flank Motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kefei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Testud</w:t>
+                <w:t xml:space="preserve">Kun Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Hassen Ali</w:t>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6, pp.e104. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (4), pp.597. </w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/feart.2018.00104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs10040597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01906612v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small-scale spatial variability of soil CO2 flux: Implication for monitoring strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes in the Long-Term Geophysical Eruptive Precursors at Piton de la Fournaise: Implications for the Response Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Boudoire</w:t>
+                <w:t xml:space="preserve">Séverine Testud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Finizola</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Liuzzo</w:t>
+                <w:t xml:space="preserve">Theo Hassen Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2018.10.001⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.e104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/feart.2018.00104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03898493v1</w:t>
+                <w:t xml:space="preserve">hal-01906612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spectrum of persistent volcanic flank instability: A review and proposed framework based on Kīlauea, Piton de la Fournaise, and Etna</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small-scale spatial variability of soil CO2 flux: Implication for monitoring strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Boudoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael P. Poland</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">A. Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Bonforte</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Liuzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 339, pp.63-80. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.05.004⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 366, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2018.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03748853v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shallow system rejuvenation and magma discharge trends at Piton de la Fournaise volcano (La Réunion Island)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The spectrum of persistent volcanic flank instability: A review and proposed framework based on Kīlauea, Piton de la Fournaise, and Etna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael P. Poland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Coppola</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alessandro Bonforte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Puglisi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2017.01.024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 339, pp.63-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01457690v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03748853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term ground displacement observations using InSAR and GNSS at Piton de la Fournaise volcano between 2009 and 2014</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+                <w:t xml:space="preserve">First results of the Piton de la Fournaise STRAP 2015 experiment : multidisciplinary tracking of a volcanic gas and aerosol plume</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Colomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Denjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (8), pp.5355-5378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-17-5355-2017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2017.03.038⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01906613v1</w:t>
+                <w:t xml:space="preserve">hal-01591567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First results of the Piton de la Fournaise STRAP 2015 experiment : multidisciplinary tracking of a volcanic gas and aerosol plume</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentin Duflot</w:t>
+                <w:t xml:space="preserve">Multidimensional Small Baseline Subset (MSBAS) for volcano monitoring in two dimensions: Opportunities and challenges. Case study Piton de la Fournaise volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey V. Samsonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanpeng Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halldor Geirsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas d'Oreye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 344, pp.121-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-17-5355-2017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01591567v1</w:t>
+                <w:t xml:space="preserve">insu-03748839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional Small Baseline Subset (MSBAS) for volcano monitoring in two dimensions: Opportunities and challenges. Case study Piton de la Fournaise volcano</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Long-term ground displacement observations using InSAR and GNSS at Piton de la Fournaise volcano between 2009 and 2014</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas d'Oreye</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 194, pp.230 - 247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2017.03.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.04.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03748839v1</w:t>
+                <w:t xml:space="preserve">hal-01906613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat flux-based strategies for the thermal monitoring of sub-fumarolic areas: Examples from Vulcano and La Soufrière de Guadeloupe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shallow system rejuvenation and magma discharge trends at Piton de la Fournaise volcano (La Réunion Island)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tullio Ricci</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Salvatore Alparone</w:t>
+                <w:t xml:space="preserve">D. Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.06.021⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 463, pp.13-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2017.01.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01906614v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01457690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal evolution of rockfall activity from 2007 to 2011 at the Piton de la Fournaise volcano inferred from seismic data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heat flux-based strategies for the thermal monitoring of sub-fumarolic areas: Examples from Vulcano and La Soufrière de Guadeloupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tullio Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Hibert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Mangeney</w:t>
+                <w:t xml:space="preserve">Eric Delcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Grandjean</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrea Dimuro</w:t>
+                <w:t xml:space="preserve">Salvatore Alparone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 333-334, pp.36-52. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.01.007⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 343, pp.122 - 134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02453847v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the reliability and consistency of InSAR and GNSS data for retrieving 3D-displacement rapid changes, the example of the 2015 Piton de la Fournaise eruptions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Spatio-temporal evolution of rockfall activity from 2007 to 2011 at the Piton de la Fournaise volcano inferred from seismic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Catry</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrea Dimuro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 344, pp.106-120. </w:t>
+              <w:t xml:space="preserve">, 2017, 333-334, pp.36-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.03.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01646494v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02453847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New perspectives on volcano monitoring in a tropical environment: continuous measurements of soil CO2 flux at Piton de la Fournaise (La Réunion Island, France)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Effusive crises at Piton de la Fournaise 2014–2015: a review of a multi-national response model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Harris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 44 (16), pp.8244-8253. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Volcanology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6 (1), pp.11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2017GL074237⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13617-017-0062-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574973v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01638282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effusive crises at Piton de la Fournaise 2014–2015: a review of a multi-national response model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Assessing the reliability and consistency of InSAR and GNSS data for retrieving 3D-displacement rapid changes, the example of the 2015 Piton de la Fournaise eruptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Catry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Volcanology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13617-017-0062-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 344, pp.106-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2017.03.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01638282v1</w:t>
+                <w:t xml:space="preserve">hal-01646494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and evolution of an active resurgent dome evidenced by geophysical investigations: The Yenkahe dome-Yasur volcano system (Siwi caldera, Vanuatu)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anthony Finizola</w:t>
+                <w:t xml:space="preserve">New perspectives on volcano monitoring in a tropical environment: continuous measurements of soil CO2 flux at Piton de la Fournaise (La Réunion Island, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Boudoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Liuzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2015.08.021⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (16), pp.8244-8253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017GL074237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01448830v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the evolution of the Yenkahe resurgent dome (Siwi caldera, Tanna Island, Vanuatu) inferred from aerial high-resolution photogrammetry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
+                <w:t xml:space="preserve">Structure and evolution of an active resurgent dome evidenced by geophysical investigations: The Yenkahe dome-Yasur volcano system (Siwi caldera, Vanuatu)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Brothelande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Lénat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie-Sarah Gailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Understanding volcanoes in the Vanuatu arc, 322, pp.212--224. </w:t>
+              <w:t xml:space="preserve">, 2016, 322, pp.241-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2015.07.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2015.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01448826v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep electrical resistivity tomography along the tectonically active Middle Aterno Valley (2009 L'Aquila earthquake area, central Italy)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insights into the evolution of the Yenkahe resurgent dome (Siwi caldera, Tanna Island, Vanuatu) inferred from aerial high-resolution photogrammetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Brothelande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lénat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Pucci</w:t>
+                <w:t xml:space="preserve">A. Normier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riccardo Civico</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Delcher</w:t>
+                <w:t xml:space="preserve">C. Bacri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggw308⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Understanding volcanoes in the Vanuatu arc, 322, pp.212--224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2015.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01448831v1</w:t>
+                <w:t xml:space="preserve">hal-01448826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep fluid transfer evidenced by surface deformation during the 2014–2015 unrest at Piton de la Fournaise volcano</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+                <w:t xml:space="preserve">Deep electrical resistivity tomography along the tectonically active Middle Aterno Valley (2009 L'Aquila earthquake area, central Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Civico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Villani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tullio Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2016.04.031⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 207 (2), pp.967-982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggw308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01907311v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01448831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieving 65 years of volcano summit deformation from multitemporal structure from motion: The case of Piton de la Fournaise (La Réunion Island)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Deep fluid transfer evidenced by surface deformation during the 2014–2015 unrest at Piton de la Fournaise volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 321, pp.140 - 148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2016.04.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2015GL064820⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03579672v1</w:t>
+                <w:t xml:space="preserve">hal-01907311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term mass transfer at Piton de la Fournaise volcano evidenced by strain distribution derived from GNSS network</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Retrieving 65 years of volcano summit deformation from multitemporal structure from motion: The case of Piton de la Fournaise (La Réunion Island)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JB011738⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42, pp.6959-6966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015GL064820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03580010v1</w:t>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03579672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of the meniscotibial ligament in posteromedial rotational knee stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Lording</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maubisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Ballis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Neyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Knee Surgery, Sports Traumatology, Arthroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 23 (10), pp. 2967-2973. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00167-015-3751-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01296840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward continuous quantification of lava extrusion rate: Results from the multidisciplinary analysis of the 2 January 2010 eruption of Piton de la Fournaise volcano, La Réunion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Vergniolle</w:t>
+                <w:t xml:space="preserve">Long-term mass transfer at Piton de la Fournaise volcano evidenced by strain distribution derived from GNSS network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 120 (5), pp.3026 - 3047. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JB011769⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 120, pp.1874-1889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01402991v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03580010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A damage model for volcanic edifices: Implications for edifice strength, magma pressure, and eruptive processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward continuous quantification of lava extrusion rate: Results from the multidisciplinary analysis of the 2 January 2010 eruption of Piton de la Fournaise volcano, La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Hibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Polacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Carrier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+                <w:t xml:space="preserve">A. Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vergniolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 120, pp.567-583. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JB011485⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 120 (5), pp.3026 - 3047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03580033v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01402991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of rainfalls on heat and steam fluxes of fumarolic zones: Six months records along the Ty fault (Soufrière of Guadeloupe, Lesser Antilles)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A damage model for volcanic edifices: Implications for edifice strength, magma pressure, and eruptive processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Allemand</w:t>
+                <w:t xml:space="preserve">Aurore Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Got</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 302, pp.273-285. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120, pp.567-583. </w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2015.06.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01391252v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03580033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic anisotropy and its precursory change before eruptions at Piton de la Fournaise volcano, La Réunion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of rainfalls on heat and steam fluxes of fumarolic zones: Six months records along the Ty fault (Soufrière of Guadeloupe, Lesser Antilles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Di Beauducel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. K. Savage</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. Mayor</w:t>
+                <w:t xml:space="preserve">Pascal Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JB011665⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 302, pp.273-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2015.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381002v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term dynamics of Piton de la Fournaise volcano from 13 years of seismic velocity change measurements and GPS observations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seismic anisotropy and its precursory change before eruptions at Piton de la Fournaise volcano, La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. K. Savage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Rivemale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Rivet</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Mayor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 119, pp.7654-7666. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2014JB011307⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 120 (5), pp.3430 - 3458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03581070v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid circulation pattern inside La Soufrière volcano (Guadeloupe) inferred from combined electrical resistivity tomography, self-potential, soil temperature and diffuse degassing measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Long-term dynamics of Piton de la Fournaise volcano from 13 years of seismic velocity change measurements and GPS observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Rivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Brenguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Clarke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaï M. Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2014.10.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 119, pp.7654-7666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2014JB011307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01391280v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03581070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Piton de la Fournaise volcano observed by passive image interferometry with multiple references</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Sens-Schönfelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eraldo Pomponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 276, pp.32-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2014.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03041592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eruptive fracture location forecasts from high-frequency events on Piton de la Fournaise Volcano,</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Fluid circulation pattern inside La Soufrière volcano (Guadeloupe) inferred from combined electrical resistivity tomography, self-potential, soil temperature and diffuse degassing measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Brothelande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Komorowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/grl.50890⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 288, pp.105 - 122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2014.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00875780v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edifice strength and magma transfer modulation at Piton de la Fournaise volcano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Got</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kowalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Boissier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 118, pp.5040-5057. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jgrb.50350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03581768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timing of a large volcanic flank movement at Piton de la Fournaise Volcano using noise-based seismic monitoring and ground deformation measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eruptive fracture location forecasts from high-frequency events on Piton de la Fournaise Volcano,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Clarke</w:t>
+                <w:t xml:space="preserve">J. Christopher Bean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Brenguier</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Megan Zecevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Brenguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggt276⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (17), pp.4599-4603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/grl.50890⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01067203v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00875780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay between collapse structures, hydrothermal systems, and magma intrusions: the case of the central area of Piton de la Fournaise volcano</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Timing of a large volcanic flank movement at Piton de la Fournaise Volcano using noise-based seismic monitoring and ground deformation measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Clarke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brenguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.M. Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00445-011-0535-3⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 195 (2), pp.1132-1140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggt276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00715675v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01067203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal structure and building of basaltic shield volcanoes: the example of the Piton de La Fournaise terminal cone (La Réunion)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The interplay between collapse structures, hydrothermal systems, and magma intrusions: the case of the central area of Piton de la Fournaise volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lénat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Finizola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 74 (8), pp.1881-1897. </w:t>
+              <w:t xml:space="preserve">, 2012, 74 (2), pp.407-421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00445-012-0636-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00445-011-0535-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01525184v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of an active volcano associated with a resurgent block inferred from thermal mapping: The Yasur–Yenkahe volcanic complex (Vanuatu)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Internal structure and building of basaltic shield volcanoes: the example of the Piton de La Fournaise terminal cone (La Réunion)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Finizola</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Garaebiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin of Volcanology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 74 (8), pp.1881-1897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00445-012-0636-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2012.06.022⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01148219v1</w:t>
+                <w:t xml:space="preserve">hal-01525184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated recognition of spikes in 1 Hz data recorded at the Easter Island magnetic observatory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure of an active volcano associated with a resurgent block inferred from thermal mapping: The Yasur–Yenkahe volcanic complex (Vanuatu)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatoly Soloviev</w:t>
+                <w:t xml:space="preserve">G. A. Douillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Brothelande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Chulliat</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Garaebiti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5047/eps.2012.03.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 243-244, pp.59-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2012.06.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03583026v1</w:t>
+                <w:t xml:space="preserve">hal-01148219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Results from the UnderVolc High Resolution Seismic and GPS Network Deployed on Piton de la Fournaise Volcano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Brenguier</w:t>
+                <w:t xml:space="preserve">Automated recognition of spikes in 1 Hz data recorded at the Easter Island magnetic observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatoly Soloviev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chulliat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shamil Bogoutdinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Kowalski</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+                <w:t xml:space="preserve">Alexei Gvishiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Lauret</w:t>
+                <w:t xml:space="preserve">Sergey Agayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 83 (1), pp.97-102. </w:t>
+              <w:t xml:space="preserve">Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 64, pp.743-752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/gssrl.83.1.97⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5047/eps.2012.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900096v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03583026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new comprehensive classification of the Piton de la Fournaise activity spanning the 1985-2010 period. Search and analysis of short-term precursors from a broad-band seismological station</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">First Results from the UnderVolc High Resolution Seismic and GPS Network Deployed on Piton de la Fournaise Volcano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Brenguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Taisne</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+                <w:t xml:space="preserve">P. Kowalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2012.06.012⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 83 (1), pp.97-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/gssrl.83.1.97⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03583015v1</w:t>
+                <w:t xml:space="preserve">hal-03900096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection, localisation and characterisation of prostate cancer by prostate HistoScanning()</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new comprehensive classification of the Piton de la Fournaise activity spanning the 1985-2010 period. Search and analysis of short-term precursors from a broad-band seismological station</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Roult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. A. Simmons</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Benoît Taisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BJU Int</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1464-410X.2011.10734.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 241, pp.78-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2012.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01262958v1</w:t>
+                <w:t xml:space="preserve">insu-03583015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural control of collapse events inferred by self-potential mapping on the Piton de la Fournaise volcano (La Réunion Island)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Detection, localisation and characterisation of prostate cancer by prostate HistoScanning()</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. A. Simmons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Autier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zat'Ura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Braeckman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N. Taquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2011.09.014⟩</w:t>
+              <w:t xml:space="preserve">BJU Int</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 110 (1), pp.28-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1464-410X.2011.10734.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01525729v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01262958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early detection of large eruptions at Piton de La Fournaise volcano (La Réunion Island): Contribution of a distant tiltmeter station</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Structural control of collapse events inferred by self-potential mapping on the Piton de la Fournaise volcano (La Réunion Island)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barde-Cabusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Taquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 199 (1–2), pp.96--104. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 209-210, pp.9-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2011.09.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2010.11.006⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01148220v1</w:t>
+                <w:t xml:space="preserve">hal-01525729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogeology of Stromboli volcano, Aeolian Islands (Italy) from the interpretation of resistivity tomograms, self-potential, soil temperature and soil CO2 concentration measurements</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Early detection of large eruptions at Piton de La Fournaise volcano (La Réunion Island): Contribution of a distant tiltmeter station</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 199 (1–2), pp.96--104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2010.11.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05112.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-00681400v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01148220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the feasibility of promptly producing quasi-definitive magnetic observatory data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrogeology of Stromboli volcano, Aeolian Islands (Italy) from the interpretation of resistivity tomograms, self-potential, soil temperature and soil CO2 concentration measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Chulliat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">André Revil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Planets and Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5047/eps.2010.02.002⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 186 (3), pp.1078-1094. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2011.05112.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03605348v1</w:t>
+                <w:t xml:space="preserve">insu-00681400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSInSAR as a new tool to monitor pre-eruptive volcano ground deformation: Validation using GPS measurements on Piton de la Fournaise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">On the feasibility of promptly producing quasi-definitive magnetic observatory data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Kaminski</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Chulliat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2010GL043846⟩</w:t>
+              <w:t xml:space="preserve">Earth Planets and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 62, pp.e5-e8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5047/eps.2010.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03605320v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03605348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adventive hydrothermal circulation on Stromboli volcano (Aeolian Islands, Italy) revealed by geophysical and geochemical approaches: Implications for general fluid flow models on volcanoes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">T. Ricci</w:t>
+                <w:t xml:space="preserve">PSInSAR as a new tool to monitor pre-eruptive volcano ground deformation: Validation using GPS measurements on Piton de la Fournaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kaminski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Deiana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Barde-Cabusson</w:t>
+                <w:t xml:space="preserve">J. -C. Komorowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rossi</w:t>
+                <w:t xml:space="preserve">A. Rucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 196 (1-2), pp.111-119. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37, </w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.JVOLGEORES.2010.07.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2010GL043846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00564998v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03605320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New behaviour of the Piton de La Fournaise volcano feeding system (La Réunion Island) deduced from GPS data: Influence of the 2007 Dolomieu caldera collapse</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adventive hydrothermal circulation on Stromboli volcano (Aeolian Islands, Italy) revealed by geophysical and geochemical approaches: Implications for general fluid flow models on volcanoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Finizola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Deiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barde-Cabusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 192 (1–2), pp.48--56. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2010.02.007⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 196 (1-2), pp.111-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.JVOLGEORES.2010.07.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01148221v1</w:t>
+                <w:t xml:space="preserve">insu-00564998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edifice growth, deformation and rift zone development in basaltic setting: Insights from Piton de la Fournaise shield volcano (Réunion Island)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">New behaviour of the Piton de La Fournaise volcano feeding system (La Réunion Island) deduced from GPS data: Influence of the 2007 Dolomieu caldera collapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 184 (1-2), pp.14-30. </w:t>
+              <w:t xml:space="preserve">, 2010, 192 (1–2), pp.48--56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.11.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2010.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00449403v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01148221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structures involved in the vertical deformation at Lake Taupo (New Zealand) between 1979 and 2007: New insights from numerical modelling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Edifice growth, deformation and rift zone development in basaltic setting: Insights from Piton de la Fournaise shield volcano (Réunion Island)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Letourneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 181 (3-4), pp.173-184. </w:t>
+              <w:t xml:space="preserve">, 2009, 184 (1-2), pp.14-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2009.01.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900236v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00449403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The April 2007 eruption and the Dolomieu crater collapse, two major events at Piton de la Fournaise (La Réunion Island, Indian Ocean)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Structures involved in the vertical deformation at Lake Taupo (New Zealand) between 1979 and 2007: New insights from numerical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Hurst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bradley Scott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cayol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Recent advances on the geodynamics of Piton de la Fournaise volcano, 184 (1–2), pp.126--137. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.11.005⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 181 (3-4), pp.173-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2009.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241157v1</w:t>
+                <w:t xml:space="preserve">hal-03900236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magma transport and storage at Piton de La Fournaise (La Réunion) between 1972 and 2007: A review of geophysical and geochemical data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The April 2007 eruption and the Dolomieu crater collapse, two major events at Piton de la Fournaise (La Réunion Island, Indian Ocean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kowalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Recent advances on the geodynamics of Piton de la Fournaise volcano, 184 (1–2), pp.93--108. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.12.008⟩</w:t>
+              <w:t xml:space="preserve">, 2009, Recent advances on the geodynamics of Piton de la Fournaise volcano, 184 (1–2), pp.126--137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01241156v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of the April 2007 caldera collapse at Piton de la Fournaise volcano: Insights from GPS data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Magma transport and storage at Piton de La Fournaise (La Réunion) between 1972 and 2007: A review of geophysical and geochemical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 184, pp.152-163. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.09.009⟩</w:t>
+              <w:t xml:space="preserve">, 2009, Recent advances on the geodynamics of Piton de la Fournaise volcano, 184 (1–2), pp.93--108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00450769v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01241156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground deformation patterns at White Island volcano (New Zealand) between 1967 and 2008 deduced from levelling data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Formation of the April 2007 caldera collapse at Piton de la Fournaise volcano: Insights from GPS data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tony Hurst</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 181 (3-4), pp.207-218. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2009.01.020⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 184, pp.152-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900214v1</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00450769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclic magma storages and transfers at Piton de La Fournaise volcano (La Réunion hotspot) inferred from deformation and geochemical data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ground deformation patterns at White Island volcano (New Zealand) between 1967 and 2008 deduced from levelling data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bradley Scott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Hurst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 270 (3-4), pp.180-188. </w:t>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 181 (3-4), pp.207-218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2008.02.042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2009.01.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03049565v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of rock heterogeneities on dyke paths and asymmetric ground deformation: The example of Piton de la Fournaise (Réunion Island)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Cyclic magma storages and transfers at Piton de La Fournaise volcano (La Réunion hotspot) inferred from deformation and geochemical data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Staudacher</w:t>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Famin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agust Gudmundsson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yo Fukushima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 173 (3-4), pp.289-302. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 270 (3-4), pp.180-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.01.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2008.02.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900304v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">short-term (1998–2006) fluctuations of Pb isotopes at Piton de la Fournaise volcano (Reunion Island): Origins and constraints on the size and shape of the magma reservoir</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The effects of rock heterogeneities on dyke paths and asymmetric ground deformation: The example of Piton de la Fournaise (Réunion Island)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Letourneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agust Gudmundsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Volcanology and Geothermal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 173 (3-4), pp.289-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvolgeores.2008.01.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2007.06.015⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00338858v1</w:t>
+                <w:t xml:space="preserve">hal-03900304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraints on magma transfers and structures involved in the 2003 activity at Piton de La Fournaise from displacement data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">short-term (1998–2006) fluctuations of Pb isotopes at Piton de la Fournaise volcano (Reunion Island): Origins and constraints on the size and shape of the magma reservoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Vlastélic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 112, pp.B03207. </w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 244 (1-2), pp.202-220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2006JB004379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2007.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01285077v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subtle precursors of volcanic eruptions at Piton de la Fournaise detected by extensometers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Constraints on magma transfers and structures involved in the 2003 activity at Piton de La Fournaise from displacement data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2005GL025495⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 112, pp.B03207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006JB004379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01267449v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01285077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging the dynamics of dyke propagation prior to the 2000-2003 flank eruptions at Piton de La Fournaise, Reunion Island</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Ferrazzini</w:t>
+                <w:t xml:space="preserve">Subtle precursors of volcanic eruptions at Piton de la Fournaise detected by extensometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Staudacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Staudacher</w:t>
+                <w:t xml:space="preserve">L.-P Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Bachèlery</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P Kowalski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 32, pp. 253-269. </w:t>
+              <w:t xml:space="preserve">, 2006, </w:t>
             </w:r>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2005GL023720⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2005GL025495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03601106v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01267449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Humus forms in Mediterranean scrublands with Aleppo pine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Peltier</w:t>
+                <w:t xml:space="preserve">Imaging the dynamics of dyke propagation prior to the 2000-2003 flank eruptions at Piton de La Fournaise, Reunion Island</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Ponge</w:t>
+                <w:t xml:space="preserve">T. Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Jordana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arturo Ariño</w:t>
+                <w:t xml:space="preserve">P. Bachèlery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Science Society of America Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2136/sssaj2001.653884x⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 32, pp. 253-269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2005GL023720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00501849v1</w:t>
+                <w:t xml:space="preserve">insu-03601106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Humus forms in Mediterranean scrublands with Aleppo pine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Ponge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Jordana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Ariño</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soil Science Society of America Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 65 (3), pp.884-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2136/sssaj2001.653884x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00501849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Establishment of Fagus sylvatica and Fraxinus excelsior in an old-growth beech forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Touzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Armengaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ponge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 8 (1), pp.13-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2307/3237237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00505504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14823,784 +14957,784 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismicity near Mayotte explained by interacting magma bodies: Insights from numerical modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément de Sagazan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Retailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Gerbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU, Apr 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04803564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures actives et état thermique du Piton de la Fournaise révélés par mesures magnétiques et IR aéroportées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Gailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Labazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ferrazini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Drones &amp; Capteurs embarqués 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Drones &amp; Cap', Sep 2021, Saint-Pierre-d’Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03630733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birth of a large volcanic edifice offshore Mayotte (Comoros Island, Western Indian Ocean)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Thinon</w:t>
+                <w:t xml:space="preserve">The 2018-ongoing Mayotte submarine eruption: magma migration imaged by petrological monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Médard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bachèlery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Gurioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dimuro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Online Everywhere, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03080273v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 2018-ongoing Mayotte submarine eruption: magma migration imaged by petrological monitoring</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Dimuro</w:t>
+                <w:t xml:space="preserve">Birth of a large volcanic edifice offshore Mayotte (Comoros Island, Western Indian Ocean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Jorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wayne C. Crawford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Deplus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Thinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Virtual, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-11307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108840v1</w:t>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D geophysical imagery of an active volcano by airborne eletromagnetism. (Piton de La Fournaise, La Reunion Island)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Else Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Reninger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Finizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of the 2007 Eruptions of Piton de la Fournaise and the Related Caldera Collapse from a Single Very Broad-band Seismic Station</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice R. R. Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève R Roult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie R Ferrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Vienna, Austria. pp.2014 - 7939</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15610,999 +15744,999 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mantle xenoliths-bearing phonolites feeding the active volcanic ridge of Mayotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Berthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Hassen Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Berthod</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Etienne Médard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dimuro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Gurioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Online Everywhere, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards joint modelling and inversion of surface displacements and microgravimetric temporal variations for the characterization of eruptive sources at the Piton de la Fournaise volcano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barnoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie-Sarah Gailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Smittarello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bodart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging the deep interior of Piton de la Fournaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Finizola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie-Sarah Gailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02404402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noeuds A GEOSCOPE et VOLCANO : bilan et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constanza Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres scientifiques et techniques RESIF 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02446121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knot A Résif's VOLCANO : review and prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Satriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constanza Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Scientific and Technical meetings of Résif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Saint-Jean-De-Monts, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03171894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noeud A VOLCANO de Résif : bilan et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constanza Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Satriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes Rencontres scientifiques et techniques RESIF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Saint-Jean-De-Monts (85160), France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02166025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caldera Formation at the Piton de la Fournaise Volcano, La Réunion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice R. R. Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Roult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babak Hejrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02191145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Easter Island: How to start a remote observatory from scratch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chulliat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAGA workshop 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Changchun, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03926491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16612,734 +16746,734 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance de la déformation des volcans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beauducel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lénat Jean-François. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aléas et surveillance de l’activité volcanique, Volume 2, Sismologie, deformation and télédétection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Science Publishing LTD, pp.103-176, 2022, 9781789480450</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03853780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring of Volcano deformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beauducel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lénat Jean-François. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hazards and Monitoring of Volcanic Activity, Volume 2, Sismology, deformation and remote sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ISTE Science Publishing LTD</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.95-153, 2022, Geoscience : Lithosphere-Asthenosphere Interactions, 978-1-78945-045-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781394169610.ch2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03853732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Tiltmeters and Extensometers to Monitor Piton de la Fournaise Activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beauducel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Catherine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kowalski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Active Volcanoes of the Southwest Indian Ocean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 322, Springer Berlin Heidelberg, pp.287-303, 2016, Active Volcanoes of the World, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-31395-0_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03900002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground Deformation at Piton de la Fournaise, a Review From 20 Years of GNSS Monitoring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+                <w:t xml:space="preserve">Fifteen Years of Intense Eruptive Activity (1998–2013) at Piton de la Fournaise Volcano: A Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Active Volcanoes of the Southwest Indian Ocean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.251-269, 2016, Active Volcanoes of the World, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-31395-0_15⟩</w:t>
+              <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp. 139-170, 2016, Active Volcanoes of the World, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31395-0_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900013v1</w:t>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fifteen Years of Intense Eruptive Activity (1998–2013) at Piton de la Fournaise Volcano: A Review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
+                <w:t xml:space="preserve">Ground Deformation at Piton de la Fournaise, a Review From 20 Years of GNSS Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Active Volcanoes of the Southwest Indian Ocean</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp. 139-170, 2016, Active Volcanoes of the World, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-31395-0_9⟩</w:t>
+              <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.251-269, 2016, Active Volcanoes of the World, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31395-0_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03900011v1</w:t>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Piton de la Fournaise (La Réunion) and Kīlauea (Hawai‘i) Really “Analog Volcanoes”?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Poland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Staudacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hawaiian Volcanoes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 302 (17), John Wiley &amp; Sons, Inc, pp.507-531, 2015, Geophysical Monograph Series, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118872079.ch23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03900023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17349,261 +17483,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les observatoires volcanologiques et sismologiques : 80 ans de mesures au service de la science et des populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Clouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dessert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C. Komorowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kowalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.2-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03712674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi sur le long terme de la dynamique du Piton de la Fournaise à partir des mesures de changement de vitesse sismique et des observations GPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Brenguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolai M Shapiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Clarke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03712997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17613,151 +17747,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First results of the Piton de la Fournaise STRAP 2015 experiment: multidisciplinary tracking of a volcanic gas and aerosol plume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Di Muro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Tulet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Andréa Di Muro</w:t>
+                <w:t xml:space="preserve">Aurélie Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Colomb</w:t>
+                <w:t xml:space="preserve">Cyrielle Denjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Denjean</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Valentin Duflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01448880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17767,114 +17901,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi, modélisation et évolution des processus d'injections magmatiques au Piton de La Fournaise (Réunion) à partir d'une analyse croisée des données de déformation, géochimiques et structurales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géophysique [physics.geo-ph]. Université de la Réunion, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2007LARE0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00462628v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId550"/>
+      <w:footerReference w:type="default" r:id="rId554"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18021,51 +18155,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499401v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brunet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Canjamal&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-026-01944-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333700v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guillard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Buvat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Labazuy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Finizola" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-17161-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198562v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Campus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orya&#235;lle Chevrel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Muro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030962" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420111v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Duff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Retailleau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Vagueresse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud H Dev&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454626v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Roult" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ferrazzini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jousset" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66256-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05080905v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Albino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gremion" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pinel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouygues" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Peltier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB028898" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808619v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Wegner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Durand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kowalski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences14100259" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652898v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Got" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Ferrazzini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brothelande" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JB027595" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652902v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barsotti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Scollo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Macedonio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Felpeto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01712-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05081584v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01736-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04462198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Sagazan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gerbault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Feuillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2023.107985" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04462222v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Acocella" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ripepe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Rivalta" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Galetto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-023-00492-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04261405v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Grandin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Coppola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.06.02.391404" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266121v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Journeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Shapiro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soubestre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2023.107936" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401982v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoping Jia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Bonilla" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00996-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239366v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Duputel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Catherine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118323" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04125152v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie-Sarah Gailler" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dumont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Froger" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025290" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740856v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Fontaine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Got" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2022.107628" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03832649v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Harris" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.05.02.313334" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748518v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tushar Mittal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob S. Jordan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117566" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957779v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Berthod" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Komorowski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Gurioli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne M&#233;dard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bach&#232;lery" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.155" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898313v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard R&#233;gis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.05.01.6174" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03712658v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tadini" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bevilacqua" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.05.01.105131" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03712643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cayol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30109-w" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898187v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Saurel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laporte" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lavayssi&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.133" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898312v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiqiang Zhu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Beroza" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220210279" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932000v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saur" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ballu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Briole" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.176" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03544901v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13617-021-00111-w" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03332426v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Haas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Heckmann" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-1159-2021" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03397108v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chastity Aiken" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemoine" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab392" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442154v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Hassen Ali" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-021-01833-1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409680v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Jorry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne C Crawford" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thinon" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-021-00809-x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03332387v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Favalli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fornaciai" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-2355-2021" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03353428v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117085" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03001122v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie R Ferrazzini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Di Kowalski" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200212" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928267v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoya Takano" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Nishimura" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz466" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03584472v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousquet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lees" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Durand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duret" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.609757" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879258v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journeau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M Shapiro" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Seydoux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Soubestre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ferrazzini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB019333" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02401447v2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mannini" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thivet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G47110.1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748804v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Villi&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiwit Suryanto" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089419" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02930212v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. X Ren" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouet&#8208;leduc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A Johnson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL085523" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03196649v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.566105" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03065906v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Derrien" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Staudacher" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.03.01.5565" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180483v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diamand" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oderda" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Al Hajj Obeid" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albisinni" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Velthoven" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00345-019-02634-9" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02300853v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chaput" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crovisier" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.02.02.151159" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02297312v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Smittarello" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pinel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11192236" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164923v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Derrien" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309133318808201" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324526v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB016856" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586595v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Laiolo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Cigolini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Massimetti" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Delle Donne" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2019.00362" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02150627v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ramsey" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Hrysiewicz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4401/ag-7972" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02421682v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Else Roblin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Reninger" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barde-Cabusson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54415-4" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02021491v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amitrano" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Stefanou" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Brothelande" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB016407" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02145775v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. R. Fontaine" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roult" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hejrani" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44439-1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01858790v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Moune" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-9-431-2018" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906274v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JF004507" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02057470v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kefei Zhang" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Tan" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040597" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906612v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Testud" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Hassen Ali" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00104" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898493v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Finizola" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Muro" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Liuzzo" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2018.10.001" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748853v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Poland" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bonforte" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Puglisi" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.05.004" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457690v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coppola" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.01.024" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906613v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.03.038" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01591567v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tulet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Denjean" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Duflot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5355-2017" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748839v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey V. Samsonov" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanpeng Feng" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halldor Geirsson" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas d'Oreye" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.04.017" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906614v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gaudin" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tullio Ricci" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delcher" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Alparone" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.06.021" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453847v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grandjean" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dimuro" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.01.007" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DWSLG946-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646494v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.03.027" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01574973v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Liuzzo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL074237" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01638282v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13617-017-0062-9" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448830v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois L&#233;nat" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2015.08.021" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448826v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Normier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bacri" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2015.07.001" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448831v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pucci" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Civico" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Villani" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw308" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01907311v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2016.04.031" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BH0GTNMH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03579672v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL064820" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03580010v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011738" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296840v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Lording" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maubisson" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Ballis" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Neyret" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00167-015-3751-0" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01402991v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Polacci" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muro" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergniolle" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011769" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03580033v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Carrier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011485" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01391252v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Di Beauducel" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2015.06.015" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-846DM2J5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381002v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Savage" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rivemale" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mayor" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011665" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T18MVPM9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581070v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clarke" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola&#239; M. Shapiro" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011307" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01391280v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2014.10.007" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03041592v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sens-Sch&#246;nfelder" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eraldo Pomponi" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2014.02.012" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875780v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Christopher Bean" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Zecevic" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50890" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581768v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50350" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067203v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clarke" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brenguier" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.M. Shapiro" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt276" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715675v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-011-0535-3" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GZPX92LT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01525184v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Massin" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-012-0636-7" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1407TZB5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148219v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Douillet" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garaebiti" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2012.06.022" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583026v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Soloviev" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chulliat" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamil Bogoutdinov" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Gvishiani" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Agayan" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5047/eps.2012.03.004" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900096v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kowalski" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lauret" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/gssrl.83.1.97" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583015v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Taisne" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2012.06.012" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5ZDQD9B-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262958v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Simmons" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Autier" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zat'Ura" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braeckman" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1464-410X.2011.10734.x" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01525729v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Taquet" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2011.09.014" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148220v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2010.11.006" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D65ZNDT8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00681400v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ricci" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05112.x" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03605348v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chulliat" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5047/eps.2010.02.002" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03605320v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bianchi" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kaminski" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. Komorowski" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rucci" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GL043846" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564998v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Deiana" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossi" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JVOLGEORES.2010.07.022" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148221v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2010.02.007" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZ3QRQ30-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449403v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Letourneur" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.11.002" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900236v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Hurst" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Scott" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2009.01.017" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01241157v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.11.005" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01241156v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.12.008" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450769v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.09.009" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900214v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2009.01.020" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049565v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Famin" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yo Fukushima" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.02.042" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZL23MW2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900304v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust Gudmundsson" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.01.018" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338858v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2007.06.015" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T51SM9MJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01285077v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Staudacher" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JB004379" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267449v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Catherine" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-P Ricard" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Kowalski" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005GL025495" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03601106v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Staudacher" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bach&#232;lery" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005GL023720" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00501849v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jordana" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Ari&#241;o" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj2001.653884x" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505504v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Touzet" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Armengaud" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3237237" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1B944C3883312A943BEB201BFBD72DA8D6A16FFC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803564v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630733v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ferrazini" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080273v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Jorry" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne C. Crawford" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11307" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03108840v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dimuro" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554265v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01386607v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve R Roult" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03108864v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414150v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barnoud" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodart" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02404402v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaput" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446121v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Pardo" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vall&#233;e" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix L&#233;ger" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171894v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Clouard" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166025v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191145v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Hejrani" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926491v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lalanne" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03853780v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03853732v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=1914" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394169610.ch2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900002v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31395-0_17" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900013v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31395-0_15" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900011v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31395-0_9" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900023v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Poland" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118872079.ch23" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712674v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Anglade" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dessert" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Komorowski" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712997v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai M Shapiro" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448880v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Di Muro" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00462628v3" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007LARE0003" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552898v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hauck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Grandin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fidel Costa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Peltier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villeneuve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-025-01928-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499401v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boissier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Brunet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Canjamal&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-026-01944-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333700v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gailler" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Buvat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Labazuy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Finizola" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-17161-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198562v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Campus" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orya&#235;lle Chevrel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Muro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB030962" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420111v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Duff" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Retailleau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Le Vagueresse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud H Dev&#232;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454626v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beauducel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Roult" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ferrazzini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jousset" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66256-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05080905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Albino" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gremion" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pinel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bouygues" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Peltier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JB028898" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808619v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Wegner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Durand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kowalski" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences14100259" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652898v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Got" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Ferrazzini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brothelande" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JB027595" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652902v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barsotti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Scollo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Macedonio" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Felpeto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01712-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05081584v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01736-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04462198v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment de Sagazan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gerbault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Feuillet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2023.107985" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04462222v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Acocella" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ripepe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Rivalta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Galetto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-023-00492-z" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04261405v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Coppola" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.06.02.391404" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266121v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Journeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai Shapiro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soubestre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2023.107936" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401982v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bernard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoping Jia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Bonilla" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-023-00996-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239366v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacharie Duputel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Catherine" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118323" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04125152v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie-Sarah Gailler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dumont" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Froger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025290" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740856v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Fontaine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Got" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2022.107628" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957779v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Berthod" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Komorowski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Gurioli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne M&#233;dard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bach&#232;lery" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.155" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03832649v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Harris" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.05.02.313334" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748518v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tushar Mittal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob S. Jordan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117566" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898313v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard R&#233;gis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.05.01.6174" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03712658v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tadini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bevilacqua" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.05.01.105131" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898187v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Saurel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Laporte" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lavayssi&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.133" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03712643v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cayol" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30109-w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898312v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiqiang Zhu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Satriano" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Beroza" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220210279" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932000v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Saur" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ballu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Briole" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.176" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03544901v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13617-021-00111-w" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442154v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Hassen Ali" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-021-01833-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03397108v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jacques" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chastity Aiken" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lemoine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggab392" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03332426v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Haas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Heckmann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-1159-2021" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409680v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Jorry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne C Crawford" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deplus" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thinon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-021-00809-x" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03353428v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.117085" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03332387v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Favalli" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fornaciai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-21-2355-2021" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03001122v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie R Ferrazzini" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Di Kowalski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220200212" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02928267v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoya Takano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Brenguier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Nishimura" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggz466" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03584472v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousquet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Lees" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Durand" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duret" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.609757" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879258v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journeau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M Shapiro" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Seydoux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Soubestre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ferrazzini" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB019333" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02401447v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mannini" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thivet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G47110.1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748804v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Villi&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiwit Suryanto" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089419" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02930212v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. X Ren" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rouet&#8208;leduc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A Johnson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL085523" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03196649v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.566105" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03065906v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Derrien" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Staudacher" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.03.01.5565" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180483v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Diamand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oderda" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Al Hajj Obeid" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albisinni" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. van Velthoven" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00345-019-02634-9" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02300853v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chaput" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Crovisier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30909/vol.02.02.151159" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324526v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Smittarello" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pinel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB016856" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02297312v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs11192236" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164923v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Derrien" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0309133318808201" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03586595v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Laiolo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Cigolini" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Massimetti" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Delle Donne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2019.00362" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02150627v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ramsey" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Hrysiewicz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4401/ag-7972" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02421682v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dumont" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Else Roblin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Reninger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barde-Cabusson" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54415-4" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-02021491v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amitrano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Stefanou" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Brothelande" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JB016407" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02145775v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice R. R. Fontaine" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roult" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hejrani" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44439-1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01858790v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Moune" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/se-9-431-2018" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906274v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017JF004507" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02057470v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kefei Zhang" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Tan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10040597" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906612v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Testud" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Hassen Ali" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00104" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898493v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boudoire" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Finizola" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Muro" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Liuzzo" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2018.10.001" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748853v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P. Poland" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bonforte" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Puglisi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.05.004" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01591567v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tulet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Colomb" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Denjean" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Duflot" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5355-2017" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03748839v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey V. Samsonov" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanpeng Feng" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halldor Geirsson" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas d'Oreye" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.04.017" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906613v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.03.038" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457690v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coppola" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2017.01.024" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01906614v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gaudin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tullio Ricci" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delcher" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Alparone" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.06.021" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453847v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Hibert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grandjean" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Dimuro" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.01.007" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DWSLG946-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01638282v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13617-017-0062-9" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646494v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Catry" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2017.03.027" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01574973v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Liuzzo" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL074237" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448830v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois L&#233;nat" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2015.08.021" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448826v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Normier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bacri" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2015.07.001" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448831v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pucci" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Civico" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Villani" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggw308" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01907311v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2016.04.031" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BH0GTNMH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03579672v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL064820" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296840v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Lording" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maubisson" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Ballis" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Neyret" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00167-015-3751-0" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03580010v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011738" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01402991v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Polacci" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muro" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergniolle" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011769" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03580033v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Carrier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011485" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01391252v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Di Beauducel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2015.06.015" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-846DM2J5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381002v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Savage" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rivemale" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mayor" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011665" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T18MVPM9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581070v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Clarke" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola&#239; M. Shapiro" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JB011307" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03041592v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sens-Sch&#246;nfelder" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eraldo Pomponi" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2014.02.012" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01391280v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2014.10.007" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03581768v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50350" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875780v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Christopher Bean" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Zecevic" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50890" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067203v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Clarke" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brenguier" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.M. Shapiro" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt276" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715675v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-011-0535-3" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GZPX92LT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01525184v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Massin" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-012-0636-7" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1407TZB5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148219v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Douillet" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garaebiti" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2012.06.022" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583026v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Soloviev" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chulliat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamil Bogoutdinov" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Gvishiani" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Agayan" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5047/eps.2012.03.004" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900096v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kowalski" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lauret" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/gssrl.83.1.97" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03583015v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Taisne" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2012.06.012" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D5ZDQD9B-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262958v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Simmons" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Autier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zat'Ura" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Braeckman" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1464-410X.2011.10734.x" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01525729v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Taquet" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2011.09.014" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148220v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2010.11.006" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D65ZNDT8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00681400v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Revil" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ricci" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2011.05112.x" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03605348v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chulliat" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5047/eps.2010.02.002" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03605320v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bianchi" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kaminski" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -C. Komorowski" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rucci" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2010GL043846" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564998v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Deiana" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossi" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JVOLGEORES.2010.07.022" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148221v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2010.02.007" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZ3QRQ30-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449403v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Letourneur" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.11.002" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900236v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Hurst" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Scott" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2009.01.017" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01241157v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.11.005" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01241156v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.12.008" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450769v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.09.009" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900214v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2009.01.020" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049565v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Famin" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yo Fukushima" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.02.042" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LZL23MW2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900304v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust Gudmundsson" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2008.01.018" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338858v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2007.06.015" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T51SM9MJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01285077v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Staudacher" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006JB004379" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267449v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Catherine" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-P Ricard" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Kowalski" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005GL025495" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03601106v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Staudacher" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bach&#232;lery" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005GL023720" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00501849v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Jordana" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Ari&#241;o" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/sssaj2001.653884x" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505504v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Touzet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Armengaud" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/3237237" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1B944C3883312A943BEB201BFBD72DA8D6A16FFC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803564v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630733v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ferrazini" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03108840v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dimuro" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080273v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Jorry" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne C. Crawford" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11307" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554265v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01386607v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve R Roult" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03108864v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414150v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barnoud" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodart" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02404402v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaput" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446121v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Pardo" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vall&#233;e" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix L&#233;ger" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171894v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Clouard" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166025v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191145v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Hejrani" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926491v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lalanne" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03853780v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03853732v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iste.co.uk/book.php?id=1914" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394169610.ch2" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900002v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31395-0_17" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900011v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31395-0_9" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900013v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31395-0_15" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03900023v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Poland" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118872079.ch23" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712674v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Anglade" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dessert" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Komorowski" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712997v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolai M Shapiro" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01448880v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Di Muro" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00462628v3" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007LARE0003" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>