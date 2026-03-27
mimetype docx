--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -697,261 +697,261 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic insights into cryptic cycles of microbial hydrocarbon production and degradation in contiguous freshwater and marine microbiomes</w:t>
+                <w:t xml:space="preserve">Into the darkness of the microbial dark matter in situ activities through expression profiles of Patescibacteria populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connie Lovejoy</w:t>
+                <w:t xml:space="preserve">Remy Guyoneaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Warwick F Vincent</w:t>
+                <w:t xml:space="preserve">Marisol Goñi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11, </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 139, pp.1073483. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40168-023-01537-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1073483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05120489v1</w:t>
+                <w:t xml:space="preserve">hal-03977890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Into the darkness of the microbial dark matter in situ activities through expression profiles of Patescibacteria populations</w:t>
+                <w:t xml:space="preserve">Genomic insights into cryptic cycles of microbial hydrocarbon production and degradation in contiguous freshwater and marine microbiomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remy Guyoneaud</w:t>
+                <w:t xml:space="preserve">Connie Lovejoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marisol Goñi</w:t>
+                <w:t xml:space="preserve">Warwick F Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 139, pp.1073483. </w:t>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.1073483⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40168-023-01537-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03977890v1</w:t>
+                <w:t xml:space="preserve">hal-05120489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic evidence for versatile metabolic activities of mercury cycling microorganisms in brackish microbial mats</w:t>
               </w:r>
@@ -976,64 +976,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Aubé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Guyoneaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisol Goñi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Biofilms and Microbiomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (83), </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1061,948 +1061,948 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecophysiological differences between vesicomyid species and metabolic capabilities of their symbionts influence distribution patterns of the deep-sea clams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasting Winter Versus Summer Microbial Communities and Metabolic Functions in a Permafrost Thaw Lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connie Lovejoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Decker</w:t>
+                <w:t xml:space="preserve">Dimitri Kalenitchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Olu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Papot</w:t>
+                <w:t xml:space="preserve">Alexander Culley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/maec.12541⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02403268v1</w:t>
+                <w:t xml:space="preserve">hal-03333742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COLEOTOOL - Développement d’outils moléculaires en vue d’identifier les principaux charançons ravageurs du colza et leurs auxiliaires parasitoïdes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bothorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Robert</w:t>
+                <w:t xml:space="preserve">S. Luce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bothorel</w:t>
+                <w:t xml:space="preserve">A. Lauvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Leflon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Programme Casdar "Innovation et Partenariat" et "Recherche finalisée et innovation" de 2013, 71, pp.181-200. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/pvluwh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02174031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting Winter Versus Summer Microbial Communities and Metabolic Functions in a Permafrost Thaw Lake</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ecophysiological differences between vesicomyid species and metabolic capabilities of their symbionts influence distribution patterns of the deep-sea clams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Decker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Olu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Kalenitchenko</w:t>
+                <w:t xml:space="preserve">Sophie Arnaud-Haond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Culley</w:t>
+                <w:t xml:space="preserve">Claire Papot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, </w:t>
+              <w:t xml:space="preserve">Marine Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (3), pp.e12541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2019.01656⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/maec.12541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333742v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond the tip of the iceberg; a new view of the diversity of sulfite- and sulfate-reducing microorganisms</w:t>
+                <w:t xml:space="preserve">Multiple Strategies for Light-Harvesting, Photoprotection, and Carbon Flow in High Latitude Microbial Mats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Alsop</w:t>
+                <w:t xml:space="preserve">Vani Mohit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia R. de Rezende</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ian M. Head</w:t>
+                <w:t xml:space="preserve">Marie-Josée Martineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Culley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41396-018-0155-4⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2096-2099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02624476v1</w:t>
+                <w:t xml:space="preserve">hal-05120384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Strategies for Light-Harvesting, Photoprotection, and Carbon Flow in High Latitude Microbial Mats</w:t>
+                <w:t xml:space="preserve">Beyond the tip of the iceberg; a new view of the diversity of sulfite- and sulfate-reducing microorganisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Alsop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vani Mohit</w:t>
+                <w:t xml:space="preserve">Julia R. de Rezende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Josée Martineau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Culley</w:t>
+                <w:t xml:space="preserve">Ian M. Head</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, pp.2096-2099. </w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12 (8), pp.2096-2099. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02881⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41396-018-0155-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05120384v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of Guaymas Basin Microbiomes: Cold Seeps vs. Hydrothermal Vents Sediments</w:t>
+                <w:t xml:space="preserve">High-throughput sequencing of multiple amplicons for barcoding and integrative taxonomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Pignet</w:t>
+                <w:t xml:space="preserve">Jean Yves Rasplus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
+                <w:t xml:space="preserve">Lillian Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Lesongeur</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Astrid Cruaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 4 (417), pp.1-15. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.41948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2017.00417⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep41948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04202011v1</w:t>
+                <w:t xml:space="preserve">hal-01605986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput sequencing of multiple amplicons for barcoding and integrative taxonomy</w:t>
+                <w:t xml:space="preserve">Comparative Study of Guaymas Basin Microbiomes: Cold Seeps vs. Hydrothermal Vents Sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Yves Rasplus</w:t>
+                <w:t xml:space="preserve">Patricia Pignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lillian Rodriguez</w:t>
+                <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Cruaud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francoise Lesongeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7, pp.41948. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (417), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep41948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2017.00417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605986v1</w:t>
+                <w:t xml:space="preserve">hal-04202011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative metagenomics of hydrocarbon and methane seeps of the Gulf of Mexico</w:t>
               </w:r>
@@ -2148,77 +2148,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Lesongeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2 (53), pp.1-16. </w:t>
@@ -2250,295 +2250,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04200503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial communities and syntrophic associations involved in anaerobic oxidation of methane process of the Sonora Margin cold seeps, Guaymas Basin</w:t>
+                <w:t xml:space="preserve">Phylogenetic and Functional Diversity of Microbial Communities Associated with Subsurface Sediments of the Sonora Margin, Guaymas Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 16 (9), pp.2777-2790. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (8), pp.e-104427. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.12324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0104427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01111546v1</w:t>
+                <w:t xml:space="preserve">insu-01077391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenetic and Functional Diversity of Microbial Communities Associated with Subsurface Sediments of the Sonora Margin, Guaymas Basin</w:t>
+                <w:t xml:space="preserve">Bacterial communities and syntrophic associations involved in anaerobic oxidation of methane process of the Sonora Margin cold seeps, Guaymas Basin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pignet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Roussel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
+                <w:t xml:space="preserve">Nicolas Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (8), pp.e-104427. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (9), pp.2777-2790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0104427⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.12324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01077391v1</w:t>
+                <w:t xml:space="preserve">hal-01111546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeal and anaerobic methane oxidizer communities in the Sonora Margin cold seeps, Guaymas Basin (Gulf of California)</w:t>
               </w:r>
@@ -2550,64 +2550,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Cambon-Bonavita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2851,51 +2851,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="38644929"/>
+    <w:nsid w:val="D2AFB8CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3082,51 +3082,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/perrine-cruaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495991v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Alami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trystan Bessonnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Drouet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495981v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maniouloux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Capitaine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petrilli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Dich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495998v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Blanchard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieux Abigael" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delorme Samuel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Derian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Disdier Uma" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#235;l Chieux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delorme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uma Disdier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120489v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vigneron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Cruaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Lovejoy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warwick F Vincent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-023-01537-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03977890v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Guyoneaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisol Go&#241;i" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1073483" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515719v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Aub&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-021-00255-y" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403268v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Decker" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Olu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Papot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12541" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174031v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bothorel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luce" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lauvernay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leflon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/pvluwh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333742v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kalenitchenko" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Culley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01656" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624476v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alsop" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia R. de Rezende" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian M. Head" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-018-0155-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120384v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vani Mohit" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Martineau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02881" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202011v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pignet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caprais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lesongeur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00417" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605986v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Rasplus" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lillian Rodriguez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41948" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620495v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B. Alsop" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Philibert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin King" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-16375-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200503v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2015.00053" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01111546v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gayet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12324" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01077391v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104427" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00808539v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Cambon-Bonavita" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02111535v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BRES0059" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/perrine-cruaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495991v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Alami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trystan Bessonnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Drouet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495981v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maniouloux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Capitaine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petrilli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Dich" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495998v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Blanchard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieux Abigael" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delorme Samuel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Derian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Disdier Uma" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#235;l Chieux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delorme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uma Disdier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03977890v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vigneron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Cruaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Guyoneaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisol Go&#241;i" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.1073483" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120489v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connie Lovejoy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warwick F Vincent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-023-01537-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515719v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Aub&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-021-00255-y" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333742v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kalenitchenko" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Culley" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01656" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174031v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Robert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bothorel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luce" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lauvernay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leflon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/pvluwh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403268v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Decker" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Olu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Papot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12541" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120384v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vani Mohit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Martineau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02881" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624476v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alsop" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia R. de Rezende" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian M. Head" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-018-0155-4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605986v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Rasplus" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lillian Rodriguez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41948" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202011v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pignet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caprais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Lesongeur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00417" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620495v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric B. Alsop" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Philibert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin King" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-16375-5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200503v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2015.00053" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01077391v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Roussel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104427" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01111546v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gayet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12324" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00808539v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Cambon-Bonavita" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02111535v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BRES0059" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>