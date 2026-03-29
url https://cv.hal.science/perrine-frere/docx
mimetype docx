--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -502,563 +502,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterozygous expression of Cre recombinase in podocytes has no impact on the anti‐glomerular basement membrane glomerulonephritis model in C57BL / 6J mice</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tumor Lysis Syndrome and AKI: Beyond Crystal Mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Christine Verpont</w:t>
+                <w:t xml:space="preserve">Marine Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Lutete</w:t>
+                <w:t xml:space="preserve">Maud Loiselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Vaganay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Letavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14814/phy2.15443⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.ASN.2021070997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1681/ASN.2021070997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03823298v1</w:t>
+                <w:t xml:space="preserve">hal-03662530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic inactivation of Semaphorin 3C protects mice from acute kidney injury</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Placier</w:t>
+                <w:t xml:space="preserve">Quality assessment in light microscopy for routine use through simple tools and robust metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orestis Faklaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Bancel-Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Monterroso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Frère</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Surin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.kint.2021.12.028⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Tools Collection 2023, 221 (11), pp.e202107093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1083/jcb.202107093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03665154v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03936083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality assessment in light microscopy for routine use through simple tools and robust metrics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Monterroso</w:t>
+                <w:t xml:space="preserve">Heterozygous expression of Cre recombinase in podocytes has no impact on the anti‐glomerular basement membrane glomerulonephritis model in C57BL / 6J mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Mousseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Frère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Verpont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Lutete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1083/jcb.202107093⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (17), pp.e15443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14814/phy2.15443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03936083v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03823298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumor Lysis Syndrome and AKI: Beyond Crystal Mechanisms</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic inactivation of Semaphorin 3C protects mice from acute kidney injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Vaganay</w:t>
+                <w:t xml:space="preserve">Anxiang Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Pons</w:t>
+                <w:t xml:space="preserve">Guanyu Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Placier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Frère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Letavernier</w:t>
+                <w:t xml:space="preserve">Brigitte Surin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.ASN.2021070997. </w:t>
+              <w:t xml:space="preserve">Kidney International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 101 (4), pp.720-732. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1681/ASN.2021070997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.kint.2021.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03662530v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03665154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of SPAK inactivation on Hyperkalemic Hypertension caused by WNK1 mutations: evidence for differential roles of WNK1 and WNK4</w:t>
               </w:r>
@@ -1477,51 +1477,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504510v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mousseaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Migeon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Fr&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Yousfi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Ouchelouche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-36715-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440957v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunzhu Shen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Placier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Louedec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vandermeersch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.70009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auf.hal.science/hal-04535620v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rozenblat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Frere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Sejaan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34067/KID.0000000000000432" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03823298v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Verpont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lutete" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15443" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03665154v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anxiang Cai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanyu Ye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Surin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2021.12.028" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936083v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orestis Faklaris" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Bancel-Vall&#233;e" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dauphin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Monterroso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202107093" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03662530v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Arnaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loiselle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vaganay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pons" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Letavernier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2021070997" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01897387v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rafael" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Soukaseum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baudrie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hadchouel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21405-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01437592v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosu Luque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Louis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Jouanneau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Esteve" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2016080867" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504510v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Mousseaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Migeon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Fr&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Yousfi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Ouchelouche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-36715-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440957v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunzhu Shen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Placier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Louedec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vandermeersch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/path.70009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auf.hal.science/hal-04535620v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rozenblat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Frere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Sejaan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34067/KID.0000000000000432" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03662530v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Arnaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loiselle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Vaganay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pons" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Letavernier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2021070997" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936083v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orestis Faklaris" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Bancel-Vall&#233;e" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dauphin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Monterroso" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202107093" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03823298v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Verpont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lutete" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15443" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03665154v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anxiang Cai" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanyu Ye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Surin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2021.12.028" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01897387v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rafael" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Soukaseum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baudrie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hadchouel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21405-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01437592v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosu Luque" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Louis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Jouanneau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Esteve" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2016080867" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>