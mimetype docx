--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -632,278 +632,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of three H2 geological storages in deep aquifers simulated in high-pressure reactors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Significance of in situ X-ray tomography for analysing buried interfaces in solid-state batteries: A case study on a Li/Li symmetric cell with a polymer-based electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perla G Haddad</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Srabani Patra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Morey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lénaïc Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.02.322⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 605, pp.234506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2024.234506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04516928v1</w:t>
+                <w:t xml:space="preserve">hal-05323934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Significance of in situ X-ray tomography for analysing buried interfaces in solid-state batteries: A case study on a Li/Li symmetric cell with a polymer-based electrolyte</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Morey</w:t>
+                <w:t xml:space="preserve">Comparative study of three H2 geological storages in deep aquifers simulated in high-pressure reactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lénaïc Madec</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perla G Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducousso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 605, pp.234506. </w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63, pp.330 - 345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2024.234506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.02.322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05323934v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04516928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TiO 2 –SiO 2 Self-Standing Materials bearing Hierarchical Porosity: MUB-200(x) Series toward 3D-Efficient VOC Photoabatement Properties</w:t>
               </w:r>
@@ -2544,295 +2544,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization Study of CO2, CH4, and CO2/CH4 Hydroquinone Clathrates Formed by Gas–Solid Reaction</w:t>
+                <w:t xml:space="preserve">Creating innovative composite materials to enhance the kinetics of CO 2 capture by hydroquinone clathrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Coupan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Péré</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Torré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dicharry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joseph Diaz</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 121 (41), pp.22883-22894. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 325, pp.35-48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b07378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2017.05.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01679472v1</w:t>
+                <w:t xml:space="preserve">hal-02065960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creating innovative composite materials to enhance the kinetics of CO 2 capture by hydroquinone clathrates</w:t>
+                <w:t xml:space="preserve">Characterization Study of CO2, CH4, and CO2/CH4 Hydroquinone Clathrates Formed by Gas–Solid Reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Coupan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Péré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dicharry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Plantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 325, pp.35-48. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (41), pp.22883-22894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2017.05.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b07378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02065960v1</w:t>
+                <w:t xml:space="preserve">hal-01679472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural characterization of biobased carbon foam by means of X-ray microtomography and compared to conventional techniques</w:t>
               </w:r>
@@ -3786,2430 +3786,2421 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00513994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic biogeochemical modeling of a high-pressure reactor simulating H 2 geological storages in deep aquifers.</w:t>
+                <w:t xml:space="preserve">Étude de l’impact de nouveaux gaz enrichis en hydrogène ou oxygène dans les stockages en aquifères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anthony Ranchou-Peyruse</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ducousso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Prix de thèse de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Génie des Procédés, Nov 2025, En Ligne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325779v1</w:t>
+                <w:t xml:space="preserve">hal-05400723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation of a digital twin approach to image registration</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kinetic biogeochemical modeling of a high-pressure reactor simulating H 2 geological storages in deep aquifers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducousso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmidt 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Chicago, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46427/gold2024.22174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04708940v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holistic approach to understand how teleost fish scales fulfill their biological function -from nano to macro structure organization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Virginie Pellerin</w:t>
+                <w:t xml:space="preserve">Experimental validation of a digital twin approach to image registration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Ait Hamouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials, Biodegradables and Biomimetics - 3Bs Materials 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SETCOR, Mar 2024, Séville, Spain</w:t>
+              <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anton DU PLESSIS, Jul 2024, Le Cap (Cape Town), South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782171v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04708940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and modeling study of dihydrogen injection in deep aquifers used as UGS to identify key storage parameters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+                <w:t xml:space="preserve">Holistic approach to understand how teleost fish scales fulfill their biological function -from nano to macro structure organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Petitpas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Veillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Rubatat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGATEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Hambourg, Germany</w:t>
+              <w:t xml:space="preserve">Biomaterials, Biodegradables and Biomimetics - 3Bs Materials 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SETCOR, Mar 2024, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400753v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking Insights in Battery Research with Digital Twin-driven Data Augmentation</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental and modeling study of dihydrogen injection in deep aquifers used as UGS to identify key storage parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducousso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème journées d'études des milieux poreux (JEMP 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, French Interpore Chapter (FIC); International Society for Porous Media (INTERPORE), Oct 2023, Rueil-Malmaison, France</w:t>
+              <w:t xml:space="preserve">EGATEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04460304v1</w:t>
+                <w:t xml:space="preserve">hal-05400753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of three H 2 geological storages in deep aquifers simulated in high pressure reactors.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unlocking Insights in Battery Research with Digital Twin-driven Data Augmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Ait Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème journées d'études des milieux poreux (JEMP 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, French Interpore Chapter (FIC); International Society for Porous Media (INTERPORE), Oct 2023, Rueil-Malmaison, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05325790v1</w:t>
+                <w:t xml:space="preserve">hal-04460304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics-based registration applied to battery degradation observed using X-ray tomography</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparative study of three H 2 geological storages in deep aquifers simulated in high pressure reactors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perla Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducousso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Tomography of Materials &amp; Structures ICTMS 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmidt 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7185/gold2023.18303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04459117v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geological Storage of Hydrogen in Deep Aquifers – an Experimental Multidisciplinary Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physics-based registration applied to battery degradation observed using X-ray tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Ait Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th International Conference on Tomography of Materials &amp; Structures ICTMS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05325794v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04459117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">More than pretty images – Towards confidence bounds on segmentation thresholds</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geological Storage of Hydrogen in Deep Aquifers – an Experimental Multidisciplinary Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perla Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2019)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmidt 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Honolulu, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46427/gold2022.9779⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175825v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05325794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wettability in porous rocks, from macroscopical measurements to pore scale characterization</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">More than pretty images – Towards confidence bounds on segmentation thresholds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Richard Rivenq</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">InterPore 11th Annual Meeting and Jubilee</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175835v1</w:t>
+                <w:t xml:space="preserve">hal-02175825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of X-ray tomography for the exploration of vegetal concretes’ porous structure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+                <w:t xml:space="preserve">Wettability in porous rocks, from macroscopical measurements to pore scale characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Andriamananjaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Chamerois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rivenq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Bio-Based Building Materials (ICBBM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Belfast, United Kingdom</w:t>
+              <w:t xml:space="preserve">InterPore 11th Annual Meeting and Jubilee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175817v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polychromatic iterative reconstruction algorithm for direct reconstruction of density information in X-ray CT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jelle Dhaene</w:t>
+                <w:t xml:space="preserve">Potential of X-ray tomography for the exploration of vegetal concretes’ porous structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méryl Lagouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Magniont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel E Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Bio-Based Building Materials (ICBBM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175831v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Visualization of biofilms in porous media without using a contrast agent</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+                <w:t xml:space="preserve">Polychromatic iterative reconstruction algorithm for direct reconstruction of density information in X-ray CT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelle Dhaene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marion Guignard</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan van den Bulcke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc van Hoorebeke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175829v1</w:t>
+                <w:t xml:space="preserve">hal-02175831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeability estimation using vortex-based method and synthetic samples from X-ray micro-CT</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poncet</w:t>
+                <w:t xml:space="preserve">3D Visualization of biofilms in porous media without using a contrast agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ranchou-Peyruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guignard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14me Journées d’étude des milieu poreux (JEMP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
+              <w:t xml:space="preserve">4th International Conference on Tomography of Materials and Structures (ICTMS 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02116155v1</w:t>
+                <w:t xml:space="preserve">hal-02175829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of matrix and pore fabrics in marls at different deformation states</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+                <w:t xml:space="preserve">Permeability estimation using vortex-based method and synthetic samples from X-ray micro-CT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Hume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2018 (EGU)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.17661</w:t>
+              <w:t xml:space="preserve">14me Journées d’étude des milieu poreux (JEMP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02116158v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02116155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du potentiel des écorces de tournesol et de maïs comme granulats végétaux dans la formulation de bétons légers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascale Senechal</w:t>
+                <w:t xml:space="preserve">Evolution of matrix and pore fabrics in marls at different deformation states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sénéchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Saur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Boiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36èmes Rencontres de l’AUGC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Saint-Etienne, France. pp.30--34</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2018 (EGU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.17661</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02116146v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02116158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray imaging of water transport in porous materials: new possibilities by phase and dark-field contrast</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude du potentiel des écorces de tournesol et de maïs comme granulats végétaux dans la formulation de bétons légers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méryl Lagouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Magniont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Senechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Tomography of Materials and Structures ICTMS 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Lund, Sweden</w:t>
+              <w:t xml:space="preserve">36èmes Rencontres de l’AUGC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Saint-Etienne, France. pp.30--34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816748v1</w:t>
+                <w:t xml:space="preserve">hal-02116146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical cross-validation of flow in real porous media. Part 1: Experimental framework</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">X-ray imaging of water transport in porous materials: new possibilities by phase and dark-field contrast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Griffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Prade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Tomography of Materials and Structures (ICTMS 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Lund, Sweden</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Tomography of Materials and Structures ICTMS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815893v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical cross-validation of flow in real porous media. Part 2: Numerical framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical cross-validation of flow in real porous media. Part 1: Experimental framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guerton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurène Hume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Guerton</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Tomography of Materials and Structures</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Tomography of Materials and Structures (ICTMS 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02014857v1</w:t>
+                <w:t xml:space="preserve">hal-01815893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring pressure profiles from neutron data through Bayesian calibration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental and numerical cross-validation of flow in real porous media. Part 2: Numerical framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Hume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guerton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Tomography of Materials and Structures ICTMS 2017</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Tomography of Materials and Structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01815873v1</w:t>
+                <w:t xml:space="preserve">hal-02014857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing the visualization of pure water transport in porous materials by fast, talbot interferometry-based multi-contrast x-ray micro-tomography</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Hipp</w:t>
+                <w:t xml:space="preserve">Inferring pressure profiles from neutron data through Bayesian calibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SPIE - The International Society for Optical Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2nd International Conference on Tomography of Materials and Structures ICTMS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Lund, Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816760v1</w:t>
+                <w:t xml:space="preserve">hal-01815873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of crystallization-induced fracture processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6225,459 +6216,593 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMMC15 European Mechanics of Materials Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Digital Image Correlation to infer Multiphase Pore-scale Flow Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luigi Riba</w:t>
+                <w:t xml:space="preserve">Advancing the visualization of pure water transport in porous materials by fast, talbot interferometry-based multi-contrast x-ray micro-tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Griffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hipp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Approximation Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of SPIE - The International Society for Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2236221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175604v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Installation d'une plate-forme d'imagerie à l'Université de Pau et des Pays de l'Adour</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Guerton</w:t>
+                <w:t xml:space="preserve">Application of Digital Image Correlation to infer Multiphase Pore-scale Flow Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Riba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rivenq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th Réunion des Sciences de la Terre (RST2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
+              <w:t xml:space="preserve">6th International Conference on Approximation Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175601v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salt damage risk prediction for porous building materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Diaz-Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carmeliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third International Conference on Salt Weathering of Buildings and Stone Sculptures (SWBSS 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.49--59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Installation d'une plate-forme d'imagerie à l'Université de Pau et des Pays de l'Adour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Senechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guerton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Creux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th Réunion des Sciences de la Terre (RST2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First investigation of quartz and calcite shape fabrics in strained shales by means of X-ray tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Saur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6736,376 +6861,376 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02456144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wettability - Combine the macroscopic approach to pore-scale analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Andriamananjaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Chamerois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Rivenq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd International Symposium of the Society of Core Analysts (SCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02175834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray spectrum estimation from transmission measurements: preliminary results</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">P. Sénéchal</w:t>
+                <w:t xml:space="preserve">Experimental and numerical cross-validation of flow in real porous media. Part 1: Experimental framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Guerton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Hume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Keskes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Tomography of Materials and Structures (ICTMS 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175597v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical cross-validation of flow in real porous media. Part 1: Experimental framework</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poncet</w:t>
+                <w:t xml:space="preserve">X-ray spectrum estimation from transmission measurements: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Keskes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Tomography of Materials and Structures (ICTMS 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175583v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId211"/>
+      <w:footerReference w:type="default" r:id="rId212"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7252,51 +7377,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05291757v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reinert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ondarts" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duclaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2025.107870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05172078v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mura" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guignard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ducousso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Isaure" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c00955" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195548v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanchana Kularatne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas E Beaudoin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhail Youssef" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2025.107536" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855997v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Aising" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Sellami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-024-04303-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516928v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla G Haddad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.02.322" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05323934v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srabani Patra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;c Madec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2024.234506" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038658v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Layan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhi Gupta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nallet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaleb" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c03062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04308799v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G. Haddad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cast&#233;ran" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3va00086a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895083v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saphir Venet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guerton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Broseta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118190" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Haddad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cast&#233;ran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150690" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442180v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Perez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-021-01713-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05323581v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelle Dhaene" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van den Bulcke" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boone" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc van Hoorebeke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2022.04.001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03794193v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casteran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ee00765g" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Saur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Boiron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Aubourg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2019.103905" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965451v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Etancelin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2020.103780" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910839v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Coupan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dicharry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plantier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diaz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c06187" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910835v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Moonen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Aguilera&#8208;lizarraga" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raf Bisschops" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Tack" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.13694" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175551v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ryl Lagouin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Magniont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Senechal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Aubert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.06.004" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815878v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rey" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andersen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2017.01.018" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679472v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b07378" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065960v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Torr&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2017.05.038" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495533v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Merle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guerton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Trinsoutrot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra16969d" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279559v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreeyuth Lal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2016.01.005" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279543v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Abbasion" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Carmeliet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Derome" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2014-0190" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279535v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy P. Wangler" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2015.1063788" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279529v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allegrini M. Jonas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2015.06.007" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FZRJ0B8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804428v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carmeliet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.09.005" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816793v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saneinejad" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2013.12.013" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G521FQV0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816794v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2014.02.005" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SR5RPMQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513994v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Sluys" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430802566398" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325779v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poulain" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chiquet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2024.22174" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04708940v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ait Hamouda" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04782171v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Petitpas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Veillon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rubatat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pellerin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400753v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04460304v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325790v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.18303" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04459117v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dufour" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325794v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.9779" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175825v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175835v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Andriamananjaona" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Chamerois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rivenq" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175817v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel E Aubert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175831v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175829v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116155v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Hume" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116158v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saur" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boiron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116146v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816748v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griffa" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prade" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaufmann" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815893v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014857v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815873v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816760v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hipp" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2236221" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815894v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175604v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Riba" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Berthet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175601v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Creux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804424v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Diaz-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cnudde" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456144v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175834v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175597v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keskes" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175583v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hume" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05291757v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Reinert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ondarts" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duclaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2025.107870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05172078v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mura" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guignard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ducousso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Isaure" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c00955" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195548v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanchana Kularatne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas E Beaudoin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhail Youssef" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2025.107536" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855997v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Aising" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Sellami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-024-04303-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05323934v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srabani Patra" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;c Madec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2024.234506" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516928v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla G Haddad" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.02.322" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038658v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Layan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhi Gupta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nallet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaleb" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c03062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04308799v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. G. Haddad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mura" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cast&#233;ran" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3va00086a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895083v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saphir Venet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guerton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Broseta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118190" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Haddad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cast&#233;ran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150690" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442180v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Perez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poncet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-021-01713-z" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05323581v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelle Dhaene" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van den Bulcke" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boone" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc van Hoorebeke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precisioneng.2022.04.001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03794193v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mura" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Casteran" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ee00765g" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Saur" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Boiron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Aubourg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2019.103905" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965451v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Etancelin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2020.103780" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910839v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Coupan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dicharry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plantier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diaz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.0c06187" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910835v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Moonen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Aguilera&#8208;lizarraga" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raf Bisschops" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Tack" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.13694" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175551v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ryl Lagouin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Magniont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Senechal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Aubert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.06.004" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815878v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rey" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andersen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2017.01.018" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065960v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Torr&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2017.05.038" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679472v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b07378" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495533v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Merle" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guerton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Trinsoutrot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra16969d" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279559v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreeyuth Lal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2016.01.005" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279543v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Abbasion" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Carmeliet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Derome" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hf-2014-0190" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279535v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy P. Wangler" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2015.1063788" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279529v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allegrini M. Jonas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2015.06.007" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FZRJ0B8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804428v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carmeliet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.09.005" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816793v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saneinejad" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2013.12.013" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G521FQV0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816794v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2014.02.005" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SR5RPMQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513994v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Sluys" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430802566398" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400723v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325779v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poulain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chiquet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2024.22174" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04708940v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ait Hamouda" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04782171v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Petitpas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Veillon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rubatat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pellerin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400753v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04460304v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325790v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.18303" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04459117v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dufour" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325794v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.9779" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175825v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175835v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Andriamananjaona" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Chamerois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rivenq" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175817v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel E Aubert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175831v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175829v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116155v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Hume" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116158v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saur" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boiron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116146v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816748v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griffa" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prade" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaufmann" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815893v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014857v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815873v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815894v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816760v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hipp" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2236221" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175604v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Riba" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Berthet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804424v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Diaz-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cnudde" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175601v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Creux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456144v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175834v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175583v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hume" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175597v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keskes" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>