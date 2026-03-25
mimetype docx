--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -232,2476 +232,3964 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La musette baroque : histoire d'un instrument français, de l’oubli au renouveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres des Menus Plaisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de musique baroque de Versailles, Jun 2025, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un exemple de philologie musicale, du manuscrit à la scène : l’air de Biron et ses renaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le livre à la Renaissance, Séminaire scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études supérieures de la Renaissance, Feb 2025, Tours, Centre d'études supérieures de la Renaissance, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction des anches doubles baroques : nouvelles perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canto Mundi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conservatoire Edgar Varèse, Oct 2025, Gennevilliers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ce que les manuscrits hébreux nous disent du chant baroque français : le chansonnier des juifs de Provence au XVIIe siècle et son interprétation musicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e rencontres nationales « Les futurs des recherches en musique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Direction générale de la création artistique – Ministère de la Culture, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05527774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre ‘savant’ et ‘populaire’ : nouvelles perspectives sur le son baroque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Histoire de l’Interprétation des Musiques Anciennes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université, Feb 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’usage de l’alphabet hébreu pour écrire les langues non hébraïques aux premiers temps de l’imprimerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les réformes orthographiques à la Renaissance entre Humanisme et imprimerie : une perspective européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elena Pierazzo; Maria Antonietta Papa, Jun 2025, Tours, Centre d'études supérieures de la Renaissance, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles recherches sur l’anche double historique et leur application au hautbois et à la musette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Académie des Musiciens de Saint-Julien, Conservatoire Arthur Honegger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Le Havre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dialectes français des ‘Gens du Voyage’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">K-ta-conf’ – colloque jeunes chercheurs underground</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, organisé par Morgane Fournier (Université de Berne), Feb 2024, Paris (Val-de-Grâce), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les traditions orales des Juifs du Comtat Venaissin : langues, liturgies, musiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférence des Amis de la synagogue de Cavaillon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Cavaillon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réemplois d’airs de Lully dans la liturgie juive de Provence vers 1690</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire ThéPARis-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bénédicte Louvat; Emanuele de Luca; Barbara Nestola, Mar 2024, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un modèle diachronique pour les mains modernes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gabay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Pinche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Chagué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Jacsont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanistica 2024 - Colloque annuel de l'Association francophone des humanités numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association francophone des humanités numériques, May 2024, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survivances contemporaines du dialecte des juifs provençaux : le dabérage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues juives dans l’espace méditerranéen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inalco, ILARA-EPHE, Oxford, mahJ, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reprise de chansons populaires dans les liturgies juives et chrétiennes de la Provence baroque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences « Les Rencontres des Menus Plaisirs »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de musique baroque de Versailles, Jun 2024, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du folklore d’oc dans des manuscrits hébreux du Comtat Venaissin (XVIe-XVIIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences « Chartistes à l’œuvre »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole nationale des chartes, Dec 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques apports de l’histoire et de ses sciences auxiliaires à la détermination des faits de langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études « Histoire et linguistique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours – CeTHiS (Richard Faure et Ulrike Krampl), Nov 2023, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les textes macaroniques : une source pour la linguistique diachronique galloromane et l’étude du contact de langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque de la Société internationale de diachronie du français (SIDF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Munich, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05493924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dialects of the Jews in the south of France : from written sources to spoken varieties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures of the Oxford School of Rare Jewish Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Oxford, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre Orient et Occident : destin francophone d’un traité d’astrologie hébraïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Gabay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cours public du Département de langues et littératures françaises et latines médiévales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, May 2023, Genève, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chansons d’oc et airs français dans les sources hébraïques de la Provence baroque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences « Un chercheur, un projet »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de musique baroque de Versailles, Nov 2023, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The French variety spoken by the Travellers: a case study in diastratic variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oxford University Linguistics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Oxford (Christ Church College), United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le manuscrit inédit du Pentateuque traduit de Richard Simon (fin XVIIe siècle) et la méthode historico-critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de Cédric Giraud « Exégèse chrétienne dans l’Occident médiéval latin »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole pratique des hautes études, May 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spinoza et la grammaire hébraïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de Charles Ramond, « Spinoza à Paris 8 – Séminaire International et Interdisciplinaire de Recherches Spinozistes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-8 Vincennes – Saint-Denis, Nov 2022, Paris Saint Denis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Survival, variation and extinction of Portuguese and Spanish languages among the Portuguese New Christian diaspora in Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminar für Iberoromanistik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universität Basel (prof. Harm den Boer), Oct 2022, Bâle, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation à tous les niveaux : le français parlé par les Yéniches en Suisse et en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences du Centre de dialectologie et d’étude du français régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des sciences du langage, Université de Neuchâtel, Dec 2022, Neuchâtel, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émergence des domaines disciplinaires. À la croisée des chaires et des collections. Les collections d’hébreu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude organisée par Antoine Compagnon « Histoire croisée du Collège de France et de la Bibliothèque nationale de France »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Collège de France, Paris, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un unicum judéo-provençal: le discours inédit de David Carcassonne devant la Kehila d’Arles (1810)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société des études juives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Auberviliers, Campus Condorcet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05544477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire avant de faire lire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gabay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Pinche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Chagué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Jacsont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanités numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/15ick⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05431021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The French linguistic varieties of Gypsies and Travellers: an original diastratic variation perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für romanische Philologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 140 (1), pp.30-76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/zrp-2024-0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two Judeo-Spanish ‘Marrano’ hymns in the liturgy of the Jews of Cochin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Jewish Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 75 (1), pp.116-136. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3828/jjs.2024.75.1.116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les actions de grâce du rite portugais et leur adaptation au temps de guerre</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modernités de Richard Simon : notes philologiques en vue d'une édition du Pentateuque traduit, avec des Remarques (Bibliothèque d'Aschaffenbourg, Ms. 48)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Gabay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-septième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n°300, pp.481 - 500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dss.233.0481⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de José Martínez Delgado. — An Introduction to Andalusi Hebrew Metrics, Cambridge, Open Book Publishers, 2023, 187 + xvii p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des etudes juives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 182 (1-2), pp.235-239. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2023, 181/3-4, pp.468-470</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Simon Gabay</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une chanson provençale de tradition orale et un air de cour travesti dans un manuscrit hébreu des environs de 1600, avec des considérations sur les contrafactures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dix-septième siècle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dss.233.0481⟩</w:t>
+              <w:t xml:space="preserve">Réforme, Humanisme, Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 96 (1), pp.97-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhren.096.0097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Compte rendu de José Martínez Delgado. — An Introduction to Andalusi Hebrew Metrics, Cambridge, Open Book Publishers, 2023, 187 + xvii p.</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04166511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les actions de grâce du rite portugais et leur adaptation au temps de guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des etudes juives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 181/3-4, pp.468-470</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 182 (1-2), pp.235-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/REJ.182.1.3291734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...106 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04166515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À propos du chant des oiseaux dans le Chevalier au Lion et d’un passage de Clément d’Alexandrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medioevo Romanzo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 46, pp.180-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04166519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de : Daniel J. Lasker. — Karaism : An Introduction to the Oldest Surviving Alternative Judaism, Londres, The Littman Library of Jewish Civilization, 2022, XIV + 253 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des etudes juives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04479670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modern Judeo-Provençal as Known from Its Sole Textual Testimony: Harcanot et Barcanot (Critical Edition and Linguistic Analysis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of jewish languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (2), pp.165-237. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/22134638-bja10014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03775737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La singularisation linguistique des Juifs en Provence et en Gascogne : deux cas parallèles ou opposés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La linguistique : revue internationale de linguistique générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Vol. 56 (1), pp.87-113. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ling.561.0087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03754274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un mot de Renan sur la linguistique française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société de Linguistique de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 115 (1), pp.513-514. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2143/BSL.115.1.3289168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’étymologie de fr. (argot) 'pègre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de linguistique romane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 83, pp.167-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emprunts ou délocutifs ? Un cas de contact ‘hiérolectal’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.215-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01942634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’espagnol, naissance d’une langue morte : quelques considérations sur l’hispanité des Séphardim d’Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Hispanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Varia, Tome 120 (2), pp.643-662. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/bulletinhispanique.7229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01954986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notes de terrain sur quelques métiers et leur argot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langage et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, N° 159 (1), pp.139-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ls.159.0139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209116v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diglossia among French Sephardim as a Motivation for the Genesis of ‘Judeo-Gascon’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of jewish languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 5 (1), pp.104-119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01942642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paléoroman Daras (Pseudo-Frédégaire, VIIe siècle) : de la bonne interprétation d’un jalon de la romanistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Nahon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Linguistique de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.123-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01942639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diglossia among French Sephardim as a Motivation for the Genesis of ‘Judeo-Gascon’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of jewish languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 5 (1), pp.104-119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01942630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...146 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un regard bordelais sur le rite comtadin en 1847, assorti de quelques remarques sur la disparition de celui-ci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d'histoire du livre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 138, pp.109-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’hébreu en Provence : quelques remarques à propos d’un article récent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bibliothèque de l'École des chartes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 173, pp.459-463</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matériaux complémentaires relatifs aux haphṭarot espagnoles des Trois semaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des etudes juives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 176 (1-2), pp.189-194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2143/REJ.176.1.3209402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notes lexicologiques sur des interférences entre yidich et français moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de linguistique romane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 81, pp.139-155</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Sétier, le dernier imprimeur humaniste ? Un hébréophile parisien (1793-1835)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d'histoire du livre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 137, pp.195-215</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idées neuves sur un vieux texte : Juvénal, Saturae, 6, 542-547</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des études latines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 92, pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un manuscrit espagnol ponctué de ṭe'amim bibliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des etudes juives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 174 (3-5), p. 399-410. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2143/REJ.174.3.3122588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04169272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2711,91 +4199,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réemploi d'airs de Lully dans la liturgie juive de Provence vers 1690 : les parodies hébraïques d'Armide et de Phaéton par Mardochée Astruc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2805,290 +4293,290 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les parlers français des israélites du Midi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions de Linguistique et de Philologie, XII + 476 p., 2023, Travaux de Linguistique Romane, 978-2-37276-066-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04169264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cantigas Geographicas. Poésie populaire des régions du Portugal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plein Chant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 978-2-85452-342-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04209621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rite portugais à Bordeaux d’après son Seder ḥazanut. Étude ethnophilologique et édition des Ordres des prières de 1870-1871</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Geuthner, 128 p., 2018, 9782705339883</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04169261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gascon et français chez les Israélites d’Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier, 441 p., 2018, 978-2-406-07296-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04169255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3098,253 +4586,253 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les parlers des ‘Gens du voyage’ francophones : état des lieux et éléments de description</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dolores Corbella, Josefa Dorta, Rafael Padrón. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perspectives de recherche en linguistique et philologie romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions de linguistique et de philologie, pp.941-952, 2023, 978-2-37276-065-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46277/SLR.18.2023.941-952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04209346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baruch Spinoza, Compendium grammatices linguae Hebraeae — Précis de grammaire de la langue hébraïque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Œuvres complètes de Spinoza</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Gallimard, Bibliothèque de la Pléiade, p. 1243-1346 [texte], p. 1764-1783 [notes], 2022, 9782072881534</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04209624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects de la religion populaire des Israélites de rite portugais de Bayonne et Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antônio Bento. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belmonte : Inquisição, criptojudaísmo, marranismo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editora Livros Labcom, 2018, 978-989-654-450-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04209344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3354,153 +4842,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering Unknown Judeo-Romance Dialects in a Bodleian Miscellany (MS. Heb. g. 1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04209341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Judeo-Provençal New Year’s Eve Dinner in the 18th Century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04209339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3510,107 +4998,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France, Book Production in (Post-Medieval Manuscripts)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Jewish Book Cultures Online</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/2772-4026_EJBO_COM_042401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04169249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3620,168 +5108,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place et conscience du latin en français du Moyen Âge à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Averyanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bellenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoan Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Cruchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nahon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français préclassique (1500-1650)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03476345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId76"/>
+      <w:footerReference w:type="default" r:id="rId98"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3928,51 +5416,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521065v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nahon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05527774v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521821v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821598v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801645v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gabay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Chagu&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jacsont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821569v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431021v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04570877v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zrp-2024-0002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04539869v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/jjs.2024.75.1.116" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166515v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/REJ.182.1.3291734" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197387v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dss.233.0481" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479661v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166511v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.096.0097" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166519v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775737v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134638-bja10014" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754274v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ling.561.0087" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.115.1.3289168" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209114v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942634v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954986v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bulletinhispanique.7229" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942642v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942630v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942639v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209116v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.159.0139" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209122v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209123v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209118v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/REJ.176.1.3209402" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209115v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209124v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209126v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169272v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/REJ.174.3.3122588" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521024v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169264v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209621v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pleinchant.fr/titres/Anciennetes/cantigas.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169261v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169255v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209346v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46277/SLR.18.2023.941-952" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209624v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209344v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209341v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209339v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169249v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2772-4026_EJBO_COM_042401" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476345v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Averyanov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bellenger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Boudes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cruchet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521065v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nahon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544353v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544358v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544347v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05527774v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544359v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Soulier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521821v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544323v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544453v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544451v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821598v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801645v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gabay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Chagu&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jacsont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821569v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544454v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544449v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544441v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493924v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544467v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544459v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544444v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544462v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544475v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544471v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544474v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544469v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544480v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544477v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431021v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15ick" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04570877v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zrp-2024-0002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04539869v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/jjs.2024.75.1.116" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197387v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dss.233.0481" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479661v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166511v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.096.0097" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166515v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/REJ.182.1.3291734" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166519v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479670v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134638-bja10014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754274v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ling.561.0087" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209110v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BSL.115.1.3289168" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209114v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954986v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bulletinhispanique.7229" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209116v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.159.0139" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942642v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942639v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01942630v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209122v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209123v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209118v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/REJ.176.1.3209402" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209115v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209124v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04209126v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169272v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/REJ.174.3.3122588" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521024v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169264v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209621v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pleinchant.fr/titres/Anciennetes/cantigas.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169261v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169255v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209346v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46277/SLR.18.2023.941-952" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209624v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209344v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209341v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209339v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04169249v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/2772-4026_EJBO_COM_042401" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476345v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Averyanov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bellenger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Boudes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cruchet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>