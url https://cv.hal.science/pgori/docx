--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -66,9330 +66,9702 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">White matter hyperintensities and their role in major depressive episodes: a cross-sectional study in adults under 65</w:t>
+                <w:t xml:space="preserve">Robust brain age estimation from structural MRI with contrastive learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édouard Baudouin</w:t>
+                <w:t xml:space="preserve">Carlo Alberto Barbano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Corruble</w:t>
+                <w:t xml:space="preserve">Benoit Dufumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Edouard Duchesnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Grangetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brazilian Journal of Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 203, pp.78-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patrec.2026.02.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04827492v1</w:t>
+                <w:t xml:space="preserve">hal-05546241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Supervision Enhances Instance-based Multiple Instance Learning Methods in Digital Pathology: A Benchmark Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">3D Imaging Contribution in Pediatric Surgical Oncology: A Multistakeholder Assessment Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Le Folgoc</w:t>
+                <w:t xml:space="preserve">Luca Pio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Adam</w:t>
+                <w:t xml:space="preserve">Rani Kassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Buronfosse</w:t>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Hayem</w:t>
+                <w:t xml:space="preserve">Cecile Lozach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-026-44543-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05053847v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotics and 3D modeling for precision surgery in pediatric oncology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">White matter hyperintensities and their role in major depressive episodes: a cross-sectional study in adults under 65</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Corruble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rani Kassir</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Becquemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJC Paediatric Oncology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Brazilian Journal of Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674846v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the potential of representation and transfer learning for anatomical neuroimaging: application to psychiatry</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Self-Supervision Enhances Instance-based Multiple Instance Learning Methods in Digital Pathology: A Benchmark Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Petiton</w:t>
+                <w:t xml:space="preserve">Ali Mammadov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Louiset</w:t>
+                <w:t xml:space="preserve">Loic Le Folgoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Mangin</w:t>
+                <w:t xml:space="preserve">Julien Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Buronfosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hayem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">Journal of Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04436585v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tubular structures segmentation of pediatric abdominal-visceral ceCT images with renal tumors: assessment, comparison and improvement</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robotics and 3D modeling for precision surgery in pediatric oncology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haithem Boussaid</w:t>
+                <w:t xml:space="preserve">Nicolas Vinit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Lubet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rania Kassir</w:t>
+                <w:t xml:space="preserve">Thomas Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Pio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rani Kassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EJC Paediatric Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (100181), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejcped.2024.100181⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04222626v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time Virtual-Try-On from a Single Example Image through Deep Inverse Graphics and Learned Differentiable Renderers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the potential of representation and transfer learning for anatomical neuroimaging: application to psychiatry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dufumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Kips</w:t>
+                <w:t xml:space="preserve">Sara Petiton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruowei Jiang</w:t>
+                <w:t xml:space="preserve">Robin Louiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sileye Ba</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Perrot</w:t>
+                <w:t xml:space="preserve">Jean-François Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03761414v1</w:t>
+                <w:t xml:space="preserve">hal-04436585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated neurosurgical stereotactic planning for intraoperative use: a comprehensive review of the literature and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tubular structures segmentation of pediatric abdominal-visceral ceCT images with renal tumors: assessment, comparison and improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Rouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Boussaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Zanello</w:t>
+                <w:t xml:space="preserve">Alexis Lubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Carron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Roux</w:t>
+                <w:t xml:space="preserve">Rania Kassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurosurgical Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 44, pp.867-888</w:t>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02916156v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04222626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinica: an open source software platform for reproducible clinical neuroscience studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-time Virtual-Try-On from a Single Example Image through Deep Inverse Graphics and Learned Differentiable Renderers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Kips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruowei Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Routier</w:t>
+                <w:t xml:space="preserve">Sileye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ninon Burgos</w:t>
+                <w:t xml:space="preserve">Brendan Duke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauricio Diaz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simona Bottani</w:t>
+                <w:t xml:space="preserve">Matthieu Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroinformatics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02308126v4</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRI Atlas of IDH Wild-Type Supratentorial Glioblastoma: Probabilistic Maps of Phenotype, Management, and Outcomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Automated neurosurgical stereotactic planning for intraoperative use: a comprehensive review of the literature and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Zanello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Carron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Roux</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Zanello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neurosurgical Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44, pp.867-888</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02341024v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive review of 3D segmentation software tools for MRI usable for pelvic surgery planning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinica: an open source software platform for reproducible clinical neuroscience studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Burgos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Virzi</w:t>
+                <w:t xml:space="preserve">Michael Bacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Muller</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laureline Berteloot</w:t>
+                <w:t xml:space="preserve">Simona Bottani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Digital Imaging</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Neuroinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.689675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fninf.2021.689675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288066v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308126v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating tractography in pelvic surgery: a proof of concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Olivia Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Olivia Muller</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alessio Virzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc Peyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pediatric Surgery Case Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 48, pp.101268. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsc.2019.101268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02341037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double diffeomorphism: combining morphometry and structural connectivity analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Colliot</w:t>
+                <w:t xml:space="preserve">Comprehensive review of 3D segmentation software tools for MRI usable for pelvic surgery planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Virzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Marrakchi Kacem</w:t>
+                <w:t xml:space="preserve">Cécile Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulia Worbe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Routier</w:t>
+                <w:t xml:space="preserve">Laureline Berteloot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Digital Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01709847v2</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bayesian Framework for Joint Morphometry of Surface and Curve meshes in Multi-Object Complexes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Colliot</w:t>
+                <w:t xml:space="preserve">MRI Atlas of IDH Wild-Type Supratentorial Glioblastoma: Probabilistic Maps of Phenotype, Management, and Outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yulia Worbe</w:t>
+                <w:t xml:space="preserve">Myriam Edjlali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Poupon</w:t>
+                <w:t xml:space="preserve">Kanako Sato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Zanello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 35, pp.458-474. </w:t>
+              <w:t xml:space="preserve">Radiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.190491. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.media.2016.08.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1148/radiol.2019190491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01359423v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parsimonious Approximation of Streamline Trajectories in White Matter Fiber Bundles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Double diffeomorphism: combining morphometry and structural connectivity analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Marrakchi Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Worbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (9), pp.2033-2043. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMI.2018.2813062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01709847v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bayesian Framework for Joint Morphometry of Surface and Curve meshes in Multi-Object Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Worbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Poupon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 35, pp.458-474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.media.2016.08.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01359423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parsimonious Approximation of Streamline Trajectories in White Matter Fiber Bundles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Worbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2016, PP (99), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMI.2016.2591080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01346067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (61)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (62)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Order Logic with Fuzzy Semantics for Describing and Recognizing Nerves in Medical Images</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">UNSUPERVISED DOMAIN ADAPTATION WITH TARGET-ONLY MARGIN DISPARITY DISCREPANCY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Miralles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Le Folgoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sabine Sarnacki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FUZZ-IEEE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Reims, France</w:t>
+              <w:t xml:space="preserve">ISBI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, London, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052868v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing Variability of Multiple Instance Learning Methods for Digital Pathology</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Self-Supervised Multiview Xray Matching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Dabboussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malo Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICCAI 2025 : 28th International Conference on Medical Image Computing and Computer Assisted Intervention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Daejeon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05137064v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05137059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GUIDING THE CLASSIFICATION OF HEPATOCELLULAR CARCINOMA ON 3D CT-SCANS USING DEEP AND HANDCRAFTED RADIOLOGICAL FEATURES</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First Order Logic with Fuzzy Semantics for Describing and Recognizing Nerves in Medical Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Sarnacki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISBI 2025 : 2025 IEEE International Symposium on Biomedical Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Houston, United States</w:t>
+              <w:t xml:space="preserve">FUZZ-IEEE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04886299v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visionerves: Automatic and Reproducible Hybrid AI for Peripheral Nervous System Recognition Applied to Endometriosis Cases</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reducing Variability of Multiple Instance Learning Methods for Digital Pathology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mammadov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Le Folgoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Pelvic Imaging for Female Health (CAPI) - Workshop MICCAI 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MICCAI 2025 : 28th International Conference on Medical Image Computing and Computer Assisted Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Daejeon, South Korea</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266960v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05137064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Supervised Multiview Xray Matching</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">GUIDING THE CLASSIFICATION OF HEPATOCELLULAR CARCINOMA ON 3D CT-SCANS USING DEEP AND HANDCRAFTED RADIOLOGICAL FEATURES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Sarfati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bône</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Aubé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Ronot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI 2025 : 28th International Conference on Medical Image Computing and Computer Assisted Intervention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Daejeon, South Korea</w:t>
+              <w:t xml:space="preserve">IEEE ISBI 2025 : 2025 IEEE International Symposium on Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Houston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05137059v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double InfoGAN for Contrastive Analysis</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Visionerves: Automatic and Reproducible Hybrid AI for Peripheral Nervous System Recognition Applied to Endometriosis Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Bonnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Isla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo de la Plata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joy-Rose Dunoyer de Segonzac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Artificial Intelligence and Statistics (AISTATS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer-Aided Pelvic Imaging for Female Health (CAPI) - Workshop MICCAI 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Daejeon, South Korea. pp.113-124, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-05825-6_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04422853v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supervised diagnosis prediction from cortical sulci: toward the discovery of neurodevelopmental biomarkers in mental disorders</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joel Chavas</w:t>
+                <w:t xml:space="preserve">Towards a foundation model for cortical folding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Chavas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Troiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Snyder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Patti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st IEEE International Symposium on Biomedical Imaging (ISBI 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, May 2024, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">Machine Learning in Clinical Neuroimaging (MLCN) Workshop - MICCAI (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Marrakesh, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04494994v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPARSITY CONSTRAINED LINEAR TANGENT SPACE ALIGNMENT MODEL (LTSA) FOR 3D CARDIAC EXTRACELLULAR VOLUME MAPPING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismaël Mounime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wonil Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul K. Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Djebra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging (ISBI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04479822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separating common from salient patterns with Contrastive Representation Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Louiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Duchesnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Grigis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Learning Representations (ICLR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SepVAE: a contrastive VAE to separate pathological patterns from healthy ones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Louiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Duchesnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Grigis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dufumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Imaging with Deep Learning (MIDL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48550/arXiv.2307.06206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04626620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a foundation model for cortical folding</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Double InfoGAN for Contrastive Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Carton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning in Clinical Neuroimaging (MLCN) Workshop - MICCAI (2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Marrakesh, Morocco</w:t>
+              <w:t xml:space="preserve">International Conference on Artificial Intelligence and Statistics (AISTATS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675425v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unbiased Supervised Contrastive Learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supervised diagnosis prediction from cortical sulci: toward the discovery of neurodevelopmental biomarkers in mental disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Auriau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlo Alberto Barbano</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Antoine Grigis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dufumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Chavas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICLR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Kigali, Rwanda</w:t>
+              <w:t xml:space="preserve">21st IEEE International Symposium on Biomedical Imaging (ISBI 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2024, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03993128v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04494994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Redundant Combination of Hand-Crafted and Deep Learning Radiomics: Application to the Early Detection of Pancreatic Cancer</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decoupled conditional contrastive learning with variable metadata for prostate lesion detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ruppli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Ardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CaPTion workshop (MICCAI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MILLanD - MICCAI Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Vancouver, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185854v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Redundant Combination of Hand-Crafted and Deep Learning Radiomics: Application to the Early Detection of Pancreatic Cancer</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Learning to diagnose cirrhosis from radiological and histological labels with joint self and weakly-supervised pretraining strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Sarfati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Michel Rohe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Prevention through early detecTion - CaPTion workshop @ MICCAI2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">IEEE ISBI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Cartagena de Indias, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04185207v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03993204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprendre à diagnostiquer la cirrhose à l'aide de méthodes de pré-entraînement faiblement et auto-supervisées</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Non-Redundant Combination of Hand-Crafted and Deep Learning Radiomics: Application to the Early Detection of Pancreatic Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca Vétil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Abi Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bône</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Vullierme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Radiologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CaPTion workshop (MICCAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Vancouver, Canada. pp.68-82, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45350-2_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04480765v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONTRASTIVE LEARNING FOR REGRESSION IN MULTI-SITE BRAIN AGE PREDICTION</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Non-Redundant Combination of Hand-Crafted and Deep Learning Radiomics: Application to the Early Detection of Pancreatic Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca Vétil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Abi Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bône</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Vullierme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Michel Rohe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISBI (International Symposium on Biomedical Imaging )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Cartagena de Indias, Colombia</w:t>
+              <w:t xml:space="preserve">Cancer Prevention through early detecTion - CaPTion workshop @ MICCAI2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03993158v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning to diagnose cirrhosis from radiological and histological labels with joint self and weakly-supervised pretraining strategies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Apprendre à diagnostiquer la cirrhose à l'aide de méthodes de pré-entraînement faiblement et auto-supervisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Sarfati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bône</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISBI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Cartagena de Indias, Colombia</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Radiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03993204v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04480765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakly-supervised positional contrastive learning: application to cirrhosis classification</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
+                <w:t xml:space="preserve">CONTRASTIVE LEARNING FOR REGRESSION IN MULTI-SITE BRAIN AGE PREDICTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Alberto Barbano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dufumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Edouard Duchesnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Grangetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Conference on Medical Image Computing and Computer Assisted Intervention, MICCAI 2023,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">IEEE ISBI (International Symposium on Biomedical Imaging )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Cartagena de Indias, Colombia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04157998v2</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03993158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating Prior Knowledge in Contrastive Learning with Kernel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Unbiased Supervised Contrastive Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Alberto Barbano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dufumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Tartaglione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Grangetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40 th International Conference on Machine Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Honolulu, United States</w:t>
+              <w:t xml:space="preserve">ICLR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kigali, Rwanda</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04111825v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03993128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoupled conditional contrastive learning with variable metadata for prostate lesion detection</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Weakly-supervised positional contrastive learning: application to cirrhosis classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Sarfati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bône</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MILLanD - MICCAI Workshop</w:t>
+              <w:t xml:space="preserve">26th International Conference on Medical Image Computing and Computer Assisted Intervention, MICCAI 2023,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183841v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04157998v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing transformations for contrastive learning in a differentiable framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Ruppli</w:t>
+                <w:t xml:space="preserve">Integrating Prior Knowledge in Contrastive Learning with Kernel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dufumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Alberto Barbano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Louiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Edouard Duchesnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Learning with Limited &amp; Noisy Data - MILLanD (Workshop MICCAI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">40 th International Conference on Machine Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Honolulu, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03761521v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Deep Residual Learning Implementation of Metamorphosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Weighted Metamorphosis for registration of images with different topologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthis Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Oppenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Pallud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ISBI 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WBIR 2022: Biomedical Image Registration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Munich, Germany. pp.8-17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-11203-4_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552709v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03971473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hair Color Digitization through Imaging and Deep Inverse Graphics</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le Réseau U-Net Exploite-t-il des Relations Directionnelles Entre Objets pour les Segmenter et les Reconnaître ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateus Riva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Yger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Imaging (EI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Virtual, France</w:t>
+              <w:t xml:space="preserve">28e Colloque sur le Traitement du Signal et des Images (GRETSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03561209v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03923736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IS THE U-NET DIRECTIONAL-RELATIONSHIP AWARE?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Learning shape distributions from large databases of healthy organs: applications to zero-shot and few-shot abnormal pancreas detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebeca Vétil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Abi Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bône</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Vullierme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Image Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medical Image Computing and Computer Assisted Interventions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Singapore, Singapore. pp.464-473, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-16434-7_45⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03715361v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03800705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomically constrained CT image translation for heterogeneous blood vessel segmentation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hair Color Digitization through Imaging and Deep Inverse Graphics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Kips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis-Alexandros Bokaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMVC 2022 - The 33rd British Machine Vision Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">Electronic Imaging (EI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03797472v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving The Automatic Segmentation Of Elongated Organs Using Geometrical Priors</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Deep Residual Learning Implementation of Metamorphosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthis Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Glaunès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging (ISBI 2022 )</w:t>
+              <w:t xml:space="preserve">IEEE ISBI 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Kolkata, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03628860v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weighted Metamorphosis for registration of images with different topologies</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Optimizing transformations for contrastive learning in a differentiable framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ruppli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Ardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WBIR 2022: Biomedical Image Registration</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Medical Image Learning with Limited &amp; Noisy Data - MILLanD (Workshop MICCAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Singapore, Singapore</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03971473v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03761521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Réseau U-Net Exploite-t-il des Relations Directionnelles Entre Objets pour les Segmenter et les Reconnaître ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">IS THE U-NET DIRECTIONAL-RELATIONSHIP AWARE?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateus Riva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Yger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e Colloque sur le Traitement du Signal et des Images (GRETSI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">International Conference on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03923736v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning shape distributions from large databases of healthy organs: applications to zero-shot and few-shot abnormal pancreas detection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Improving The Automatic Segmentation Of Elongated Organs Using Geometrical Priors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca Vétil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bône</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Vullierme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Computing and Computer Assisted Interventions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging (ISBI 2022 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Kolkata, India</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03800705v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditional Alignment and Uniformity for Contrastive Learning with Continuous Proxy Labels</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anatomically constrained CT image translation for heterogeneous blood vessel segmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Boussaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Maso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Sarnacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Rouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Med-NeurIPS - Workshop NeurIPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">BMVC 2022 - The 33rd British Machine Vision Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03523114v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UCSL : A Machine Learning Expectation-Maximization framework for Unsupervised Clustering driven by Supervised Learning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Metamorphic image registration using a semi-Lagrangian scheme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Glaunès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECML/PKDD</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GSI2021 - Geometric Science of Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Paris, France. pp.781-788, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-80209-7_84⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277176v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic size and pose homogenization with Spatial Transformer Network to improve and accelerate pediatric segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giammarco La Barbera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Boussaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Belucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Delmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISBI 2021 - IEEE International Symposium on Biomedical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Nice, France. pp.1773-1776, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISBI48211.2021.9434090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03131980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Graphics Encoder for Real-Time Video Makeup Synthesis from Example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Kips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruowei Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sileye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmund Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parham Aarabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CVPR Workshop Computer Vision for Fashion Art and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Nashville (Virtual), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03261346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrastive Learning with Continuous Proxy Meta-Data for 3D MRI Classification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Conditional Alignment and Uniformity for Contrastive Learning with Continuous Proxy Labels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dufumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Grigis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pietro Gori</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Edouard Duchesnay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Strasbourg (virtuel), France</w:t>
+              <w:t xml:space="preserve">Med-NeurIPS - Workshop NeurIPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03262256v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03523114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamorphic image registration using a semi-Lagrangian scheme</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">UCSL : A Machine Learning Expectation-Maximization framework for Unsupervised Clustering driven by Supervised Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dufumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Houenou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Grigis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GSI2021 - Geometric Science of Information</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECML/PKDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bilbao, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225754v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03277176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge distillation from multi-modal to mono-modal segmentation networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ya Zhang</w:t>
+                <w:t xml:space="preserve">Contrastive Learning with Continuous Proxy Meta-Data for 3D MRI Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dufumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommaso Ciceri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+                <w:t xml:space="preserve">Julie Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Grigis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Wessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICCAI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2020, Lima, Peru. pp.772-781</w:t>
+              <w:t xml:space="preserve">, Sep 2021, Strasbourg (virtuel), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02899529v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03262256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">White matter multi-resolution segmentation using fuzzy set theory</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Knowledge distillation from multi-modal to mono-modal segmentation networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minhao Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthis Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ya Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Ciceri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBI 2019 - IEEE International Symposium on Biomedical Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Venice, Italy</w:t>
+              <w:t xml:space="preserve">MICCAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Lima, Peru. pp.772-781</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983010v2</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nervous System Exploration Using Tractography To Enhance Pelvic Surgery</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">QFib: Fast and Accurate Compression of White Matter Tractograms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamy Boubekeur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgetica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288083v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Segmentation of Corpus Callosum in Multi-Scanner Pediatric T1-w MRI Using Transfer Learning</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Fast and Scalable Optimal Transport for Brain Tractograms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Feydy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organization for Human Brain Mapping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MICCAI 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Shenzhen, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-32248-9_71⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934231v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">QFib: Fast and Accurate Compression of White Matter Tractograms</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nervous System Exploration Using Tractography To Enhance Pelvic Surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Delmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Meignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Peyrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Virzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Surgetica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288567v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Scalable Optimal Transport for Brain Tractograms</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Robust Segmentation of Corpus Callosum in Multi-Scanner Pediatric T1-w MRI Using Transfer Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Barraza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Adamsbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Organization for Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264177v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appariement difféomorphique robuste de faisceaux neuronaux</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">White matter multi-resolution segmentation using fuzzy set theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Delmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Pallud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">ISBI 2019 - IEEE International Symposium on Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264180v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983010v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Segmentation of Corpus Callosum in Multi-Scanner Pediatric T1-w MRI using Transfer Learning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Appariement difféomorphique robuste de faisceaux neuronaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roussillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Thiery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Rome, Italy</w:t>
+              <w:t xml:space="preserve">GRETSI 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288082v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation of pelvic vessels in pediatric MRI using a patch based learning approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Robust Segmentation of Corpus Callosum in Multi-Scanner Pediatric T1-w MRI using Transfer Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giammarco La Barbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Barraza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Adamsbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Radiologique Diagnostique et Interventionnelle (JFR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Paris, France. pp.617</w:t>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287947v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D patient specific models from MRI segmentation and tractography to enhance surgery planning of pelvic tumors and malformations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Appraisal of sacral nerve injury by pelvic neurotractography after robotic surgery for a sacral neurofibroma in a 12 years old girl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Virzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laureline Berteloot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th European Congress of Pediatric Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287840v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progressive and Efficient Multi-Resolution Representations for Brain Tractograms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T Boubekeur</w:t>
+                <w:t xml:space="preserve">Analysis of the sacral plexus anatomy using diffusion tensor MRI based neurotractography, according to spinal dysraphism, sacral anomaly and type of anorectal malformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Virzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Cretolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics Workshop on Visual Computing for Biology and Medicine (EG VCBM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Granada, Spain</w:t>
+              <w:t xml:space="preserve">19th European Congress of Pediatric Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01865128v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinica: an open source software platform for reproducible clinical neuroscience studies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Junhao Wen</w:t>
+                <w:t xml:space="preserve">3D patient specific models from MRI segmentation and tractography to enhance surgery planning of pelvic tumors and malformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Virzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Berteloot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the Organization for Human Brain Mapping - OHBM 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">19th European Congress of Pediatric Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01760658v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation of pelvic vessels in pediatric MRI using a patch-based deep learning approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Segmentation of pelvic vessels in pediatric MRI using a patch based learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Virzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoc Peyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIPPI MICCAI Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Granada, Spain. pp.97-106</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Radiologique Diagnostique et Interventionnelle (JFR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Paris, France. pp.617</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287946v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation of White Matter Tractograms Using Fuzzy Spatial Relations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">Progressive and Efficient Multi-Resolution Representations for Brain Tractograms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johan Pallud</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Cani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Boubekeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organization for Human Brain Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">Eurographics Workshop on Visual Computing for Biology and Medicine (EG VCBM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744267v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01865128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmentation automatique des ovaires et des follicules en IRM pour le calcul de la volumétrie ovarienne et le comptage folliculaire</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clinica: an open source software platform for reproducible clinical neuroscience studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Burgos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Samper-Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junhao Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Radiologique Diagnostique et Interventionnelle (JFR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Paris, France. pp.952</w:t>
+              <w:t xml:space="preserve">Annual meeting of the Organization for Human Brain Mapping - OHBM 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02412367v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01760658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appraisal of sacral nerve injury by pelvic neurotractography after robotic surgery for a sacral neurofibroma in a 12 years old girl</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
+                <w:t xml:space="preserve">Segmentation of White Matter Tractograms Using Fuzzy Spatial Relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Delmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hasboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Pallud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th European Congress of Pediatric Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Organization for Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287841v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the sacral plexus anatomy using diffusion tensor MRI based neurotractography, according to spinal dysraphism, sacral anomaly and type of anorectal malformation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Segmentation of pelvic vessels in pediatric MRI using a patch-based deep learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Virzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C Cretolle</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Peyrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th European Congress of Pediatric Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">PIPPI MICCAI Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Granada, Spain. pp.97-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287843v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards building 3D individual models from MRI segmentation and tractography to enhance surgical planning for pediatric pelvic tumors and malformations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Segmentation automatique des ovaires et des follicules en IRM pour le calcul de la volumétrie ovarienne et le comptage folliculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Fondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Adamsbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgetica 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Strasbourg, France. pp.113-115</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Radiologique Diagnostique et Interventionnelle (JFR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France. pp.952</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287613v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">White Matter Fiber Segmentation Using Functional Varifolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuldeep Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Durrleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MFCA 2017 - 6th MICCAI workshop on Mathematical Foundations of Computational Anatomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Québec, Canada. pp.92-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of distances for supervised segmentation of white matter tractography</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Towards building 3D individual models from MRI segmentation and tractography to enhance surgical planning for pediatric pelvic tumors and malformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Virzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Berteloot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Pattern Recognition in Neuroimaging (PRNI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Surgetica 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Strasbourg, France. pp.113-115</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576573v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified analysis of shape and structural connectivity of neural pathways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Comparison of distances for supervised segmentation of white matter tractography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Olivetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Bertò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nusrat Sharmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Avesani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organisation for Human Brain Mapping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> Pattern Recognition in Neuroimaging (PRNI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Toronto, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PRNI.2017.7981502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187461v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Morphometry of Fiber Tracts and Gray Matter structures using Double Diffeomorphisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Unified analysis of shape and structural connectivity of neural pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Worbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPMI - Information Processing in Medical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Organisation for Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Honolulu, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01142628v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Prototype Representation to Approximate White Matter Bundles with Weighted Currents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Joint Morphometry of Fiber Tracts and Gray Matter structures using Double Diffeomorphisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Worbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI 2014 - 17th International Conference on Medical Image Computing and Computer Assisted Intervention</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IPMI - Information Processing in Medical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Isle of Skye, United Kingdom. pp.275-287, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-19992-4_21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01010702v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01142628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of morphometric descriptors of deep brain structures for the automatic classification of patients with Alzheimer’s disease, mild cognitive impairment and elderly controls</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Prototype Representation to Approximate White Matter Bundles with Weighted Currents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Worbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Cambridge, United States. pp.8</w:t>
+              <w:t xml:space="preserve">MICCAI 2014 - 17th International Conference on Medical Image Computing and Computer Assisted Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01099081v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards joint morphometry of white matter tracts and gray matter surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Evaluation of morphometric descriptors of deep brain structures for the automatic classification of patients with Alzheimer’s disease, mild cognitive impairment and elderly controls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana B. Graciano Fouquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Brain Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Seattle, United States</w:t>
+              <w:t xml:space="preserve">MICCAI Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Cambridge, United States. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00816138v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01099081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Towards joint morphometry of white matter tracts and gray matter surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulia Worbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Seattle, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bayesian Atlas Estimation for the Variability Analysis of Shape Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulia Worbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Marrakchi-Kacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MICCAI 2013 : Medical Image Computing and Computer Assisted Intervention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Nagoya, Japan. pp.267-274, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-40811-3_34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01188791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9399,150 +9771,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in cerebral organisation in Upper Palaeolithic and recent humans.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou Albessard-Ball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Balzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanley Durrleman​</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Grimaud-Hervé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESHE meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Liège, Belgium. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02563529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9552,159 +9924,159 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fidelity metrics between curves and surfaces: currents, varifolds, and normal cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Charon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Glaunès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Roussillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Riemannian Geometric Statistics in Medical Image Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.441-477, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-814725-2.00021-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02341029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9714,265 +10086,265 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METHOD FOR CHARACTERIZING AN ORGAN OF A PATIENT IN A MEDICAL IMAGE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebeca Vétil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Abi-Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bône</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Michel Rohé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP22194886.2. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04559079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AUTOMATIC GENERATION of 3D ANATOMICAL MODELS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Delmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Sarnacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP22307002.0. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04559091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9982,100 +10354,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical models to learn the structural organisation of neural circuits from multimodal brain images : application to Gilles de la Tourette syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bioinformatics [q-bio.QM]. Université Pierre et Marie Curie - Paris VI, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016PA066057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01368191v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10085,105 +10457,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling, Learning, and Transferring Anatomical Representations in Medical Imaging using AI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Gori</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Medical Imaging. Institut polytechnique de Paris, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04795656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId255"/>
+      <w:footerReference w:type="default" r:id="rId263"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10330,51 +10702,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04827492v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Baudouin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Corruble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Gori" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Becquemont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05053847v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mammadov" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le Folgoc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Adam" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Buronfosse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hayem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04674846v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vinit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Kassir" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcped.2024.100181" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436585v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dufumier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Petiton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Louiset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04222626v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giammarco La Barbera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Boussaid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lubet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Kassir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03761414v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Kips" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruowei Jiang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sileye Ba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Duke" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Perrot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916156v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zanello" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Peeters" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Roux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02308126v4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Routier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Burgos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Diaz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bacci" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bottani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2021.689675" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02341024v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Roca" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Edjlali" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanako Sato" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.2019190491" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288066v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Virzi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Muller" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Marret" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Mille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Berteloot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02341037v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Olivia Muller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Peyrot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsc.2019.101268" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709847v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Marrakchi Kacem" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Worbe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2813062" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01359423v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Marrakchi-Kacem" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poupon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2016.08.011" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346067v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2016.2591080" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05052868v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Bonnot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sarnacki" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05137064v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hocquet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04886299v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Sarfati" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre B&#244;ne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Michel Roh&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aub&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ronot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05266960v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Isla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo de la Plata" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy-Rose Dunoyer de Segonzac" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05825-6_11" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05137059v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Dabboussi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Huard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gousseau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04422853v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494994v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Auriau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grigis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chavas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04479822v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Mounime" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonil Lee" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Marin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul K. Han" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Djebra" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04537203v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Duchesnay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626620v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grigis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2307.06206" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04675425v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laval" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chavas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Troiani" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Snyder" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Patti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03993128v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Alberto Barbano" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Tartaglione" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Grangetto" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185854v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca V&#233;til" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Abi Nader" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Vullierme" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45350-2_6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04185207v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Michel Rohe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04480765v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03993158v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03993204v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04157998v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04111825v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04183841v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ruppli" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Ardon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03761521v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03552709v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthis Maillard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Fran&#231;ois" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Glaun&#232;s" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03561209v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis-Alexandros Bokaris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715361v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Riva" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03797472v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maso" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03628860v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03971473v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Oppenheim" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pallud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11203-4_2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03923736v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800705v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16434-7_45" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03523114v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Victor" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03277176v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Houenou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03131980v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Belucci" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Delmonte" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI48211.2021.9434090" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261346v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Phung" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Aarabi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03262256v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wessa" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225754v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-80209-7_84" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02899529v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minhao Hu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Ciceri" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983010v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mercier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288083v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meignan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934231v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Barraza" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Adamsbaum" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288567v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rousseau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamy Boubekeur" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02264177v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Feydy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roussillon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trouv&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32248-9_71" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02264180v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Thiery" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288082v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287947v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287840v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865128v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rohmer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Cani" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Boubekeur" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01760658v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guillon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Samper-Gonzalez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhao Wen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287946v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744267v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hasboun" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412367v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fondin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287843v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cretolle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287613v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01589649v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep Kumar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charlier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Durrleman" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576573v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Olivetti" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bert&#242;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nusrat Sharmin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Avesani" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRNI.2017.7981502" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187461v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142628v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19992-4_21" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010702v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01099081v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana B. Graciano Fouquier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lecomte" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00816138v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188791v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40811-3_34" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563529v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Albessard-Ball" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Durrleman&#8203;" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02341029v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814725-2.00021-2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04559079v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Abi-Nader" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04559091v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Muller" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01368191v2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066057" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04795656v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05546241v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Alberto Barbano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dufumier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Duchesnay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Grangetto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Gori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2026.02.032" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549405v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rani Kassir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giammarco La Barbera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Lozach" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Bonnot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-44543-z" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04827492v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Baudouin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Corruble" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bloch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Becquemont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05053847v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mammadov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Le Folgoc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Adam" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Buronfosse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hayem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04674846v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vinit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejcped.2024.100181" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436585v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Petiton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Louiset" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mangin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04222626v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rouet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Boussaid" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lubet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Kassir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03761414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Kips" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruowei Jiang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sileye Ba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Duke" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Perrot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02916156v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zanello" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Carron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Peeters" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Roux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02308126v4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Routier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Burgos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Diaz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bacci" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bottani" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2021.689675" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02341037v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Olivia Muller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Mille" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Virzi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Marret" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Peyrot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsc.2019.101268" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288066v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Muller" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Berteloot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02341024v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Roca" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Edjlali" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanako Sato" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1148/radiol.2019190491" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709847v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Marrakchi Kacem" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Worbe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2813062" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01359423v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Marrakchi-Kacem" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Poupon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2016.08.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346067v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2016.2591080" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05546384v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Miralles" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jugnon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05137059v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Dabboussi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malo Huard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gousseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05052868v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sarnacki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05137064v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hocquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04886299v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Sarfati" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre B&#244;ne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Michel Roh&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Aub&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ronot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05266960v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Isla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo de la Plata" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy-Rose Dunoyer de Segonzac" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05825-6_11" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04675425v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laval" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chavas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Troiani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Snyder" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Patti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04479822v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma&#235;l Mounime" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wonil Lee" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Marin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul K. Han" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Djebra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04537203v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grigis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626620v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grigis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2307.06206" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04422853v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Carton" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494994v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Auriau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Chavas" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04183841v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ruppli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Ardon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03993204v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Michel Rohe" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185854v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca V&#233;til" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Abi Nader" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Vullierme" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45350-2_6" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04185207v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04480765v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03993158v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03993128v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Tartaglione" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04157998v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04111825v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03971473v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Fran&#231;ois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthis Maillard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Oppenheim" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pallud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11203-4_2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03923736v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Riva" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800705v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16434-7_45" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03561209v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis-Alexandros Bokaris" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03552709v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Glaun&#232;s" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03761521v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715361v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03628860v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03797472v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maso" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225754v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-80209-7_84" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03131980v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Belucci" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Delmonte" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI48211.2021.9434090" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261346v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Phung" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Aarabi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03523114v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Victor" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03277176v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Houenou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03262256v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wessa" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02899529v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minhao Hu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Zhang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Ciceri" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288567v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rousseau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mercier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamy Boubekeur" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02264177v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Feydy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roussillon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Trouv&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32248-9_71" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288083v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meignan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934231v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Barraza" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Adamsbaum" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983010v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02264180v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Thiery" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288082v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287841v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287843v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Cretolle" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287840v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287947v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865128v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rohmer" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Cani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Boubekeur" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01760658v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guillon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Samper-Gonzalez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhao Wen" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744267v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hasboun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287946v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02412367v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fondin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01589649v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep Kumar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Charlier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Durrleman" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287613v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576573v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Olivetti" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bert&#242;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nusrat Sharmin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Avesani" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PRNI.2017.7981502" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187461v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142628v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19992-4_21" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010702v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01099081v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana B. Graciano Fouquier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lecomte" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00816138v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188791v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40811-3_34" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563529v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Albessard-Ball" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Balzeau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanley Durrleman&#8203;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grimaud-Herv&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02341029v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-814725-2.00021-2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04559079v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Abi-Nader" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04559091v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Muller" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01368191v2" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066057" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04795656v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>