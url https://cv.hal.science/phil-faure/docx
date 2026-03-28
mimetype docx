--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -404,230 +404,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03309930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La dévotion à l'ange gardien. Traduction et présentation de textes spirituels inédits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Connaissance des religions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 71/72, pp.139-153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03309932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Global impact of mature biofilm lifestyle on Escherichia coli K-12 gene expression.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaione Valle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Latour-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Kzreminski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 51 (3), pp.659-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1365-2958.2003.03865.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02080937v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03309932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les anges gardiens. Définition et modalités d'une protection rapprochée</w:t>
               </w:r>
@@ -1799,173 +1799,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le corps des anges et son langage en Occident aux XIIe-XIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caiozzo, Anna. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le corps entre visible et invisible. Voiler/dévoiler le corps de l'Europe au subcontinent indien, pp. 191-206.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, 2020, Erga 16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03361282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le jardin clos dans la mystique et la miniature médiévale: une image de la vie de l'âme au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caiozzo, Anna; Montoro Araque, Mercedes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le jardin entre spiritualité, poésie et projections sociétales : approches comparatives (Europe, Proche-Orient, Asie, Amérique du Sud), pp. 41-62</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Valenciennes, 2020, Jardins &amp; société 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03361270v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-03361282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écrivain et le peintre dans la miniature médiévale</w:t>
               </w:r>
@@ -2229,246 +2229,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Faure, Philippe. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">René Guénon, l'appel de la sagesse primordiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Éditions du Cerf, pp.9-25, 2016, Patrimoines, 978-2-204-10999-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01629712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entre mise en terre et souci du ciel. Modèles bibliques et scénographie de la mort dans la miniature médiévale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caiozzo, Anna. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mythes, rites et émotions. Les funérailles, le long de la Route de la soie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Honoré Champion, pp.73-89, 2016, Bibliothèque des religions du monde, 978-2-7453-3053-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01629723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Guenon et la Bible : la voie des symboles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faure, Philippe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">René Guénon, l'appel de la sagesse primordiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Éditions du Cerf, pp.215-242, 2016, Patrimoines, 978-2-204-10999-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01629715v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-01629712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hildegarde de Bingen et l'expérience de la connaissance visionnaire au XIIe siècle</w:t>
               </w:r>
@@ -3720,51 +3720,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361235v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02485779v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Belkaid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bousseyrol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durand-de Cuttoli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Dongelmans" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K Durant&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-0759-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309930v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080937v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beloin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Kzreminski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03865.x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309932v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309431v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290234v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290249v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccrh.2699" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290238v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372126v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03374211v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03374212v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03908554v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Boudet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Coulon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien V&#233;ron&#232;se" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.BHCMA-EB.5.122436" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01566872v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563120v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Renoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290240v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cattin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372086v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361270v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361282v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361277v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362611v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362621v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03374210v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629723v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629715v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629712v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03372636v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629120v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01628300v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630034v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629115v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629695v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629127v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309933v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290237v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290239v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290235v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03608459v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362601v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361235v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02485779v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Belkaid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bousseyrol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durand-de Cuttoli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Dongelmans" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K Durant&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-0759-x" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309930v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309932v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02080937v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beloin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Kzreminski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03865.x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309431v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290234v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290249v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccrh.2699" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290238v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372126v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03374211v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03374212v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03908554v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Boudet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Coulon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien V&#233;ron&#232;se" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.BHCMA-EB.5.122436" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01566872v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01563120v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Renoux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290240v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cattin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372086v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361282v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361270v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03361277v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362611v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362621v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03374210v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629712v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629723v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629715v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03372636v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629120v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01628300v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01630034v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629115v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629695v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01629127v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309933v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03309931v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290237v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290239v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290235v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03608459v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362601v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>