--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -227,51 +227,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hemforth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.16995/glossa.15303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
@@ -464,546 +464,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03100839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verbal mismatch in Right-Node Raising</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aoi Shiraishi</w:t>
+                <w:t xml:space="preserve">The effect of verbal agreement marking on the use of null and overt subjects: a quantitative study of first person singular in Brazilian Portuguese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Correa Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Abeillé</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hemforth</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philip Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1, pp.1-26</w:t>
+              <w:t xml:space="preserve">Fórum Linguístico</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3579, pp.3579-3600</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03988728v1</w:t>
+                <w:t xml:space="preserve">hal-03988697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verbal mismatch in Right-Node Raising</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philip Harold Miller</w:t>
+                <w:t xml:space="preserve">The effect of verbal agreement marking on the use of null and overt subjects: a quantitative study of first person singular in Brazilian Portuguese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Correa Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Abeillé</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hemforth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fórum Linguístico</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3579, pp.3579-3600</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03643158v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oliver Simonin</w:t>
+                <w:t xml:space="preserve">Verbal mismatch in Right-Node Raising</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aoi Shiraishi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abeillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Hemforth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Miller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Le Prieult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Glossa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.1-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04318298v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of verbal agreement marking on the use of null and overt subjects: a quantitative study of first person singular in Brazilian Portuguese</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Correa Soares</w:t>
+                <w:t xml:space="preserve">Verbal mismatch in Right-Node Raising</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philip Miller</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aoi Shiraïshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abeillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hemforth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fórum Linguístico</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/gjgl.843⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02445771v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03643158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of verbal agreement marking on the use of null and overt subjects: a quantitative study of first person singular in Brazilian Portuguese</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Correa Soares</w:t>
+                <w:t xml:space="preserve">Editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barbara Hemforth</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Le Prieult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fórum Linguístico</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anglophonia / Caliban - French Journal of English Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anglophonia.2435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03988697v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A corpus study of pseudogapping and its theoretical consequences</w:t>
               </w:r>
@@ -1334,159 +1334,159 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse constraints on (non)-extraposition from subject in English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philip H. Miller</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 39 (4), pp.683-701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00089879v1</w:t>
+                <w:t xml:space="preserve">hal-01235269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discourse constraints on (non)-extraposition from subject in English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philip Harold Miller</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip H. Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 39 (4), pp.683-701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01235269v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00089879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do auxiliaire en anglais: un morphème grammatical sans signification propre</w:t>
               </w:r>
@@ -1535,217 +1535,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Principle of Phonology-Free Syntax: four apparent counter-examples in French</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les causatives en français: un cas de compétition syntaxique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abeillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Harold Miller</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnold M. Zwicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 33 (1), pp.67-90</w:t>
+              <w:t xml:space="preserve">Langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, La Variation en syntaxe, 115, pp.62-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01235284v1</w:t>
+                <w:t xml:space="preserve">hal-01235286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les causatives en français: un cas de compétition syntaxique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Abeillé</w:t>
+                <w:t xml:space="preserve">The Principle of Phonology-Free Syntax: four apparent counter-examples in French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey K. Pullum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danièle Godard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philip Harold Miller</w:t>
+                <w:t xml:space="preserve">Arnold M. Zwicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, La Variation en syntaxe, 115, pp.62-74</w:t>
+              <w:t xml:space="preserve">Journal of Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 33 (1), pp.67-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01235286v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01235284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les morphèmes zéro à l’épreuve du rasoir d’Occam</w:t>
               </w:r>
@@ -2480,51 +2480,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La complémentation directe et indirecte des verbes de perception en anglais.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip H. Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude du CIRLEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, REIMS, pp.115-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2549,51 +2549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les emplois non finis de do auxiliaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip H. Miller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Atelier de linguistique du Congrès d'Angers de la SAES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, pp.185-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2978,203 +2978,203 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Approaches to Ellipsis. Special Collection, Glossa: A Journal of General Linguistics</w:t>
+                <w:t xml:space="preserve">Sens conventionnel et implicite. Anglophonia 28</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Abeillé</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Simonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeffrey Runner</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Le Prieult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03643155v1</w:t>
+                <w:t xml:space="preserve">hal-03643147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sens conventionnel et implicite. Anglophonia 28</w:t>
+                <w:t xml:space="preserve">Experimental Approaches to Ellipsis. Special Collection, Glossa: A Journal of General Linguistics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abeillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Simonin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Henri Le Prieult</w:t>
+                <w:t xml:space="preserve">Jeffrey Runner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03643147v1</w:t>
+                <w:t xml:space="preserve">hal-03643155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essais sur la grammaire comparée du français et de l'anglais</w:t>
               </w:r>
@@ -3261,273 +3261,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les proformes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Zribi-Hertz</w:t>
+                <w:t xml:space="preserve">Les constructions verbales fusionnées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Abeillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Abeillé</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Peteghem Marleen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Berthonneau</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Dagnac</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vivès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grande grammaire du français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">la Grande grammaire du français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Actes Sud, pp.265-364, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03277343v1</w:t>
+                <w:t xml:space="preserve">hal-03990918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les constructions verbales fusionnées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Les proformes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Zribi-Hertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Abeillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">van Peteghem Marleen</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Berthonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philip Miller</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">la Grande grammaire du français</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 3, Actes Sud, pp.265-364, 2021</w:t>
+              <w:t xml:space="preserve">Grande grammaire du français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03990918v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03277343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellipsis in Head-Driven Phrase Structure Grammar</w:t>
               </w:r>
@@ -3757,380 +3757,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01803976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les compléments orphelins dans les ellipses et anaphores verbales en anglais</w:t>
+                <w:t xml:space="preserve">Exophoric VP Ellipsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Girard, Geneviève. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey K. Pullum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hofmeister, P.; Norcliffe, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autour du verbe anglais. Construction, Lexique, Evidentialité</w:t>
+              <w:t xml:space="preserve">The Core and the Periphery: Data-driven Perspectives on Syntax Inspired by Ivan A. Sag</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.45-57, 2014, 978-2-87854-629-3</w:t>
+                <w:t xml:space="preserve">CSLI Publications</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.5-32, 2014, 9781575867212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01234407v1</w:t>
+                <w:t xml:space="preserve">hal-01234405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exophoric VP Ellipsis</w:t>
+                <w:t xml:space="preserve">Les compléments orphelins dans les ellipses et anaphores verbales en anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Hofmeister, P.; Norcliffe, E. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Girard, Geneviève. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Core and the Periphery: Data-driven Perspectives on Syntax Inspired by Ivan A. Sag</w:t>
+              <w:t xml:space="preserve">Autour du verbe anglais. Construction, Lexique, Evidentialité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CSLI Publications</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.5-32, 2014, 9781575867212</w:t>
+                <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.45-57, 2014, 978-2-87854-629-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01234405v1</w:t>
+                <w:t xml:space="preserve">hal-01234407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La complémentation des verbes de perception en français et en anglais</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Miller, Ph.; Zribi-Hertz, A. </w:t>
+                <w:t xml:space="preserve">Les pronoms clitiques dans les langues romanes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip H. Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">GODARD D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essais sur la grammaire comparée du français et de l’anglais</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.131-188, 2003, 2-84292-133-X</w:t>
+              <w:t xml:space="preserve">Les langues romanes, problèmes de la phrase simple</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS EDITIONS, pp.67-123, 2003, SCIENCES DU LANGAGE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01235254v1</w:t>
+                <w:t xml:space="preserve">halshs-00089886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La complémentation des verbes de perception en français et en anglais.</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les pronoms clitiques dans les langues romanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Harold Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Monachesi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Godard, Danièle. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essais sur la grammaire comparée du français et de l'anglais;</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PRESSES UNIVERSITAIRES DE VINCENNES, pp.131-188, 2003, SCIENCES DU LANGAGE</w:t>
+              <w:t xml:space="preserve">Les langues romanes, problèmes de la phrase simple</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions du CNRS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.53-106, 2003, 978-2271061492</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00089888v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01235252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La complémentation directe et indirecte des verbes de perception en anglais</w:t>
               </w:r>
@@ -4196,242 +4200,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pronoms clitiques dans les langues romanes</w:t>
-[...33 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La complémentation des verbes de perception en français et en anglais.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip H. Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les langues romanes, problèmes de la phrase simple</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.53-106, 2003, 978-2271061492</w:t>
+              <w:t xml:space="preserve">Essais sur la grammaire comparée du français et de l'anglais;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PRESSES UNIVERSITAIRES DE VINCENNES, pp.131-188, 2003, SCIENCES DU LANGAGE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01235252v1</w:t>
+                <w:t xml:space="preserve">halshs-00089888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pronoms clitiques dans les langues romanes.</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">GODARD D. </w:t>
+                <w:t xml:space="preserve">La complémentation des verbes de perception en français et en anglais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Harold Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Lowrey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Miller, Ph.; Zribi-Hertz, A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les langues romanes, problèmes de la phrase simple</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS EDITIONS, pp.67-123, 2003, SCIENCES DU LANGAGE</w:t>
+              <w:t xml:space="preserve">Essais sur la grammaire comparée du français et de l’anglais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Vincennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.131-188, 2003, 2-84292-133-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00089886v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01235254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French bounded dependencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Abeillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Harold Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4861,51 +4861,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281231v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Harold Miller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter W Culicover" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0022226724000422" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859177v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Miller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hemforth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/glossa.15303" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643121v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.14109" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100839v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Correa Soares" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-460x2020360107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988728v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoi Shiraishi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643158v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoi Shira&#239;shi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.843" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318298v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Simonin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Le Prieult" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.2435" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445771v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988697v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234408v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235247v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00276431v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235250v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235260v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089879v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip H. Miller" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235269v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235271v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235284v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey K. Pullum" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold M. Zwicky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235286v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Godard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235293v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235282v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sag" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235298v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100870v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Amsili" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Flambard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/plsa.v5i1.4795" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445770v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428543v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.4713.2488" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234410v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235245v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235249v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089884v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089882v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235274v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235279v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100894v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100825v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643155v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Runner" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643147v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00108208v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zribi-Hertz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277343v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Berthonneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dagnac" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03990918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Peteghem Marleen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Koenig" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Viv&#232;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ginzburg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01370035v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gr&#244;ne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01803976v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234407v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/viewer?a=v&amp;amp;pid=sites&amp;amp;srcid=ZGVmYXVsdGRvbWFpbnxwaGlsaXBtaWxsZXJsaW5ndWlzdGljc3xneDoyZTQ4NTUwNTVmMTg1NzFl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234405v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://press.uchicago.edu/ucp/books/book/distributed/C/bo17430547.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235254v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Lowrey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stl.recherche.univ-lille3.fr/sitespersonnels/miller/Miller-Lowrey2003.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089888v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235257v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stl.recherche.univ-lille3.fr/sitespersonnels/miller/Reims-article_3_2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235252v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Monachesi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stl.recherche.univ-lille3.fr/sitespersonnels/miller/Miller_Monachesi_clitiques.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089886v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.stanford.edu/group/cslipublications/cslipublications/site/1575860821.shtml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235289v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridge.org/us/academic/subjects/languages-linguistics/historical-linguistics/parameters-morphosyntactic-change" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234401v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281231v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Harold Miller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter W Culicover" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0022226724000422" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859177v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Miller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hemforth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16995/glossa.15303" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643121v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.14109" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100839v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Correa Soares" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1678-460x2020360107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988697v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445771v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988728v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoi Shiraishi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643158v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aoi Shira&#239;shi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.843" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318298v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Simonin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Le Prieult" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.2435" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234408v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235247v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00276431v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235250v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235260v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235269v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089879v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip H. Miller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235271v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235286v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Godard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235284v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey K. Pullum" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold M. Zwicky" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235293v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235282v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sag" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235298v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100870v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Amsili" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Flambard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/plsa.v5i1.4795" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445770v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428543v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.4713.2488" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234410v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235245v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235249v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089884v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089882v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235274v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235279v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100894v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03100825v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643147v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simonin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03643155v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Runner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00108208v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Zribi-Hertz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03990918v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Peteghem Marleen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Koenig" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Viv&#232;s" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277343v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Berthonneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dagnac" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Ginzburg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01370035v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gr&#244;ne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01803976v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234405v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://press.uchicago.edu/ucp/books/book/distributed/C/bo17430547.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234407v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/viewer?a=v&amp;amp;pid=sites&amp;amp;srcid=ZGVmYXVsdGRvbWFpbnxwaGlsaXBtaWxsZXJsaW5ndWlzdGljc3xneDoyZTQ4NTUwNTVmMTg1NzFl" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089886v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235252v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Monachesi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stl.recherche.univ-lille3.fr/sitespersonnels/miller/Miller_Monachesi_clitiques.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235257v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stl.recherche.univ-lille3.fr/sitespersonnels/miller/Reims-article_3_2.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00089888v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235254v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Lowrey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://stl.recherche.univ-lille3.fr/sitespersonnels/miller/Miller-Lowrey2003.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235276v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.stanford.edu/group/cslipublications/cslipublications/site/1575860821.shtml" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01235289v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridge.org/us/academic/subjects/languages-linguistics/historical-linguistics/parameters-morphosyntactic-change" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01234401v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>