--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -411,195 +411,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04421225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les guerres antiques au Proche-Orient ancien</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boire et manger d’après la documentation palatiale de Nuzi (14ème s. av. J.-C.). Première partie : les denrées alimentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Lion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Abrahami</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. de Martino; E. Devecchi; M. Viano. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas des guerres antiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Autrement, Flammarion SA, In press</w:t>
+              <w:t xml:space="preserve">Eating and Drinking in the Ancient Near East. Proceedings of the 67e Rencontre Assyriologique Internationale, Turin, July 12-16, 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Zaphon, pp.165-176, 2024, DUBSAR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04421098v1</w:t>
+                <w:t xml:space="preserve">halshs-05537462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boire et manger d’après la documentation palatiale de Nuzi (14ème s. av. J.-C.). Première partie : les denrées alimentaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Lion</w:t>
+                <w:t xml:space="preserve">Les guerres antiques au Proche-Orient ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Abrahami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lacambre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and Drinking in the Ancient Near East. Proceedings of the 67e Rencontre Assyriologique Internationale, Turin, July 12-16, 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Zaphon, pp.165-176, 2024, DUBSAR</w:t>
+              <w:t xml:space="preserve">Atlas des guerres antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Autrement, Flammarion SA, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05537462v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04421098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Chérubins</w:t>
               </w:r>
@@ -833,165 +833,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Levant d'après les textes d'Akhetaton (Tell el-Amarna)</w:t>
+                <w:t xml:space="preserve">La provenance des lettres d'Akhetaton (Tell el-Amarna)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Abrahami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien, Martin Sauvage (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.95, 2020</w:t>
+              <w:t xml:space="preserve">, Les Belles Lettres, Institut Français du Proche-Orient, pp.94, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04408049v1</w:t>
+                <w:t xml:space="preserve">hal-04408045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La provenance des lettres d'Akhetaton (Tell el-Amarna)</w:t>
+                <w:t xml:space="preserve">Le Levant d'après les textes d'Akhetaton (Tell el-Amarna)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Abrahami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas historique du Proche-Orient ancien, Martin Sauvage (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Les Belles Lettres, Institut Français du Proche-Orient, pp.94, 2020</w:t>
+              <w:t xml:space="preserve">, pp.95, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04408045v1</w:t>
+                <w:t xml:space="preserve">hal-04408049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Textiles and Gender during the Middle Babylonian Period (c. 1500-1000 BCE): Texts from Syria and Babylonia</w:t>
               </w:r>
@@ -3448,51 +3448,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D1AA1AAD"/>
+    <w:nsid w:val="D021529C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3679,51 +3679,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-abrahami" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9850-604X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05538919v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421086v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421225v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacambre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05537462v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408057v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167732v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.3919379.19" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938292v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408049v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408045v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938244v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753000v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvndv9gg.10" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408062v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Battini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/DMS/A6DAF98D3F8341179480FCB8D8EA3920/9781789692822-sample.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753322v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938160v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26x24.8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938103v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04253560v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Breniquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Muller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381701v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377385v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408023v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Br&#233;niquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940328v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189006v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407969v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53351/ruhm.v8i17.573" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03938340v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278214v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093564v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Anthonioz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zaphon.de/cherubins/en" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421768v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753649v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvndv9gg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195127v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Al Besso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Berthon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307034v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04421753v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209585v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-abrahami" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9850-604X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05538919v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lion" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Abrahami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421086v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421225v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05537462v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421098v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lacambre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408057v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167732v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.3919379.19" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938292v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408045v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408049v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938244v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753000v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvndv9gg.10" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408062v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Battini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/DMS/A6DAF98D3F8341179480FCB8D8EA3920/9781789692822-sample.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753322v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938160v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26x24.8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938103v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04253560v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Breniquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Muller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381701v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04377385v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408023v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Br&#233;niquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940328v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402639v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vila" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agraw Amane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bader" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2020.247" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189006v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407969v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53351/ruhm.v8i17.573" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03938340v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278214v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00093564v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Anthonioz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zaphon.de/cherubins/en" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421768v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753649v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvndv9gg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195127v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Al Besso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Berthon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307034v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04421753v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209585v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>