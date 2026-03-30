--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -174,334 +174,334 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The superpowers of imprinting control regions</w:t>
+                <w:t xml:space="preserve">PIK3R1 and G0S2 are human placenta-specific imprinted genes associated with germline-inherited maternal DNA methylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertille Montibus</w:t>
+                <w:t xml:space="preserve">Dagne Daskeviciute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Court</w:t>
+                <w:t xml:space="preserve">Becky Sainty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Louise Chappell-Maor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caitlin Bone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/gr.281215.125⟩</w:t>
+              <w:t xml:space="preserve">Epigenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (1), pp.2523191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15592294.2025.2523191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05424162v1</w:t>
+                <w:t xml:space="preserve">hal-05343990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIK3R1 and G0S2 are human placenta-specific imprinted genes associated with germline-inherited maternal DNA methylation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The superpowers of imprinting control regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Chappell-Maor</w:t>
+                <w:t xml:space="preserve">Bertille Montibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caitlin Bone</w:t>
+                <w:t xml:space="preserve">Franck Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Russell</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (1), pp.2523191. </w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35, pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15592294.2025.2523191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/gr.281215.125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05343990v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05424162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-canonical imprinting, manifesting as post-fertilization placenta-specific parent-of-origin dependent methylation, is not conserved in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dagne Daskeviciute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Chappell-Maor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Becky Sainty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Iglesias-Platas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -604,51 +604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Perillous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Gonthier-Guéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Montibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Genetics and Genomics Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5 (2), pp.100271. </w:t>
@@ -725,51 +725,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Masliantsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertille Montibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Vaurs-Barriere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -967,51 +967,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widespread overexpression from the four DNA hypermethylated HOX clusters in aggressive (IDHwt) glioma is associated with H3K27me3 depletion and alternative promoter usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Le Boiteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre‐Olivier Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1082,308 +1082,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HOX gene cluster (de)regulation in brain: from neurodevelopment to malignant glial tumours</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TET3 controls the expression of the H3K27me3 demethylase Kdm6b during neural commitment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Montibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jil Cercy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline S Gonçalves</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+                <w:t xml:space="preserve">Tristan Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Costa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amandine Charras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Maupetit-Méhouas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00018-020-03508-9⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 78 (2), pp.757-768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00018-020-03541-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570662v1</w:t>
+                <w:t xml:space="preserve">hal-02863871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TET3 controls the expression of the H3K27me3 demethylase Kdm6b during neural commitment</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">HOX gene cluster (de)regulation in brain: from neurodevelopment to malignant glial tumours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Charras</w:t>
+                <w:t xml:space="preserve">Céline S Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Le Boiteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Maupetit-Méhouas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Costa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 78 (2), pp.757-768. </w:t>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00018-020-03541-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00018-020-03508-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863871v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptional alterations in glioma result primarily from DNA methylation independent mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Le Boiteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1486,51 +1486,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The long non-coding RNA HOTAIR is transcriptionally activated by HOXA9 and is an independent prognostic marker in patients with malignant glioma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Xavier-Magalhães</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline S Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Lourenço</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1607,64 +1607,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA methylation profiling reveals a pathological signature that contributes to transcriptional defects of CD34 + CD15 − cells in early chronic-phase chronic myeloid leukemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Maupetit-Méhouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bourgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1735,775 +1735,775 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01917284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CLIFinder: Identification of LINE-1 Chimeric Transcripts in RNA-seq data</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">An annotated list of bivalent chromatin regions in human ES cells: a new tool for cancer epigenetic research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Vaurs-Barrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.4110 - 4124</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01629422v1</w:t>
+                <w:t xml:space="preserve">hal-01917297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of the alternative lengthening of telomeres pathway in malignant gliomas for improved molecular diagnosis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Corset</w:t>
+                <w:t xml:space="preserve">CLIFinder: Identification of LINE-1 Chimeric Transcripts in RNA-seq data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Elisa Pinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pogorelcnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Court</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Vaurs-Barrière</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11060-017-2585-7⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643036v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01629422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro Corticogenesis from Embryonic Stem Cells Recapitulates the In Vivo Epigenetic Control of Imprinted Gene Expression</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Rialle</w:t>
+                <w:t xml:space="preserve">Detection of the alternative lengthening of telomeres pathway in malignant gliomas for improved molecular diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fogli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Véronique Demattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Corset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Vaurs-Barrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Chautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhw102⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 135 (2), pp.381-390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11060-017-2585-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01788685v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01643036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An annotated list of bivalent chromatin regions in human ES cells: a new tool for cancer epigenetic research</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">In Vitro Corticogenesis from Embryonic Stem Cells Recapitulates the In Vivo Epigenetic Control of Imprinted Gene Expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Bouschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Reynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satya Kota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Rialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncotarget</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhw102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01917297v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imprinting control regions (ICRs) are marked by mono-allelic bivalent chromatin when transcriptionally inactive</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertille Montibus</w:t>
+                <w:t xml:space="preserve">The tumoral A genotype of the MGMT rs34180180 single-nucleotide polymorphism in aggressive gliomas is associated with shorter patients’ survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fogli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Nury</w:t>
+                <w:t xml:space="preserve">Emmanuel Chautard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Vaurs-Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiharu Tayama</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel M. Wassef</w:t>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Müller-Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkv960⟩</w:t>
+              <w:t xml:space="preserve">Carcinogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (2), pp.169 - 176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/carcin/bgv251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01917293v1</w:t>
+                <w:t xml:space="preserve">hal-01629349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The tumoral A genotype of the MGMT rs34180180 single-nucleotide polymorphism in aggressive gliomas is associated with shorter patients’ survival</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Fogli</w:t>
+                <w:t xml:space="preserve">Imprinting control regions (ICRs) are marked by mono-allelic bivalent chromatin when transcriptionally inactive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Maupetit-Méhouas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Montibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Nury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Chautard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Vaurs-Barrière</w:t>
+                <w:t xml:space="preserve">Chiharu Tayama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Müller-Barthélémy</w:t>
+                <w:t xml:space="preserve">Michel M. Wassef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carcinogenesis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 37 (2), pp.169 - 176. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (2), pp.621 - 635. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/carcin/bgv251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkv960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01629349v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01917293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep sequencing and de novo assembly of the mouse oocyte transcriptome define the contribution of transcription to the DNA methylation landscape</w:t>
               </w:r>
@@ -2649,51 +2649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satya k. Kota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Llères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Bouschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryutaro Hirasawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2751,291 +2751,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01788720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Novel Paternal ncRNAs at the Plagl1 Locus, Including Hymai, Predicted to Interact with Regulators of Active Chromatin</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcription and histone methylation changes correlate with imprint acquisition in male germ cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Martin-Trujillo</w:t>
+                <w:t xml:space="preserve">Amandine Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Cirillo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Court</w:t>
+                <w:t xml:space="preserve">Karim Chebli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satya Kota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Guillaumet-Adkins</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert Feil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (6), </w:t>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (3), pp.606 - 615. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0038907⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/emboj.2011.425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934522v1</w:t>
+                <w:t xml:space="preserve">hal-01934523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcription and histone methylation changes correlate with imprint acquisition in male germ cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Novel Paternal ncRNAs at the Plagl1 Locus, Including Hymai, Predicted to Interact with Regulators of Active Chromatin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Iglesias-Platas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Henckel</w:t>
+                <w:t xml:space="preserve">Alex Martin-Trujillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Chebli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+                <w:t xml:space="preserve">David Cirillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Feil</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amy Guillaumet-Adkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 31 (3), pp.606 - 615. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/emboj.2011.425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0038907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934523v1</w:t>
+                <w:t xml:space="preserve">hal-01934522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergic reprogramming of mammalian cells by combined exposure to mitotic Xenopus egg extracts and transcription factors</w:t>
               </w:r>
@@ -3073,51 +3073,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. Peiffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V. Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 108 (42), pp.17331-17336. </w:t>
@@ -3168,51 +3168,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human imprinted retrogenes exhibit non-canonical imprint chromatin signatures and reside in non-imprinted host genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3283,767 +3283,767 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01934525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ring1B and Suv39h1 delineate distinct chromatin states at bivalent genes during early mouse lineage commitment</w:t>
+                <w:t xml:space="preserve">Genome-wide identification of new imprinted genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Alder</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Henckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/dev.048363⟩</w:t>
+              <w:t xml:space="preserve">Briefings in Functional Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (4), pp.304--14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bfgp/elq016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02193451v1</w:t>
+                <w:t xml:space="preserve">hal-02193464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic imprinting in germ cells: imprints are under control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 140 (3), pp.411 - 423. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+              <w:t xml:space="preserve">, 2010, 140 (3), pp.411--23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/REP-10-0173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01934528v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02193452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic imprinting in germ cells: imprints are under control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Genome-wide identification of new imprinted genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Henckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/REP-10-0173⟩</w:t>
+              <w:t xml:space="preserve">Briefings in Functional Genomics and Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (4), pp.304 - 314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bfgp/elq016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02193452v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide identification of new imprinted genes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Genomic imprinting in germ cells: imprints are under control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Functional Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bfgp/elq016⟩</w:t>
+              <w:t xml:space="preserve">Reproduction [Cambridge]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 140 (3), pp.411 - 423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/REP-10-0173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02193464v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide identification of new imprinted genes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ring1B and Suv39h1 delineate distinct chromatin states at bivalent genes during early mouse lineage commitment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Alder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lavial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Helness</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Henckel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Brookes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Functional Genomics and Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bfgp/elq016⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 137 (15), pp.2483--2492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.048363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01934526v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02193451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal imprinting of human GRB10 in placental trophoblast and brain: evolutionary conservation of reversed allelic expression</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Monk</w:t>
+                <w:t xml:space="preserve">Histone methylation is mechanistically linked to DNA methylation at imprinting control regions in mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Arnaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Frost</w:t>
+                <w:t xml:space="preserve">Kazuhiko Nakabayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Hills</w:t>
+                <w:t xml:space="preserve">Lionel A. Sanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Feil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenichiro Hata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Molecular Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 18 (16), pp.3066 - 3074. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddp248⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 18 (18), pp.3375 - 3383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddp277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934533v1</w:t>
+                <w:t xml:space="preserve">hal-01934530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histone methylation is mechanistically linked to DNA methylation at imprinting control regions in mammals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kazuhiko Nakabayashi</w:t>
+                <w:t xml:space="preserve">Reciprocal imprinting of human GRB10 in placental trophoblast and brain: evolutionary conservation of reversed allelic expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel A. Sanz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Feil</w:t>
+                <w:t xml:space="preserve">Philip Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Frost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenichiro Hata</w:t>
+                <w:t xml:space="preserve">Frank Hills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Molecular Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 18 (18), pp.3375 - 3383. </w:t>
+              <w:t xml:space="preserve">, 2009, 18 (16), pp.3066 - 3074. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/hmg/ddp277⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/hmg/ddp248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01934530v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative analysis of human chromosome 7q21 and mouse proximal chromosome 6 reveals a placental-specific imprinted gene, TFPI2/Tfpi2, which requires EHMT2 and EED for allelic-silencing</w:t>
               </w:r>
@@ -4055,51 +4055,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Wagschal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4163,90 +4163,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mono-allelic bivalent chromatin domain controls tissue-specific imprinting at Grb10.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel A. Sanz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stormy Chamberlain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Sabourin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terry Magnuson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4291,273 +4291,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00349502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early mouse embryo development: could epigenetics influence cell fate determination?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chromatin Immunoprecipitation (ChIP) on Unfixed Chromatin from Cells and Tissues to Analyze Histone Modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Szabolcs Tóth</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Alexandre Wagschal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Delaval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Feil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bies.20591⟩</w:t>
+              <w:t xml:space="preserve">Cold Spring Harbor protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2007 (12), pdb.prot4767 - pdb.prot4767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/pdb.prot4767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934539v1</w:t>
+                <w:t xml:space="preserve">hal-01934545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromatin Immunoprecipitation (ChIP) on Unfixed Chromatin from Cells and Tissues to Analyze Histone Modifications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Wagschal</w:t>
+                <w:t xml:space="preserve">Early mouse embryo development: could epigenetics influence cell fate determination?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia Delaval</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Szabolcs Tóth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robert Feil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Spring Harbor protocols</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 29 (6), pp.520 - 524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bies.20591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/pdb.prot4767⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01934545v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the Imprinted KLF14 Transcription Factor Undergoing Human-Specific Accelerated Evolution</w:t>
               </w:r>
@@ -4582,64 +4582,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew R. Carson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takahiro Yamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Feil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 3 (5), pp.e65. </w:t>
@@ -4677,103 +4677,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR-Based Analysis of Immunoprecipitated Chromatin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Wagschal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Delaval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Feil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cold Spring Harbor protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 2007 (12), pdb.prot4768-pdb.prot4768. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4807,64 +4807,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic imprinting in the progeny of Dnmt3L−/− females</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenichiro Hata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masahiro Kaneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4941,64 +4941,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEDEA Takes Control of Its Own Imprinting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Feil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 124 (3), pp.468 - 470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5058,51 +5058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Sanches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Apostolidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5179,51 +5179,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limited evolutionary conservation of imprinting in the human placenta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Apostolidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5300,64 +5300,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic deregulation of genomic imprinting in human disorders and following assisted reproduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Feil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Birth Defects Research Part C: Embryo Today: Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 75 (2), pp.81 - 97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5442,51 +5442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bounoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Skiba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5537,51 +5537,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and properties of imprinted genes and their control elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Kelsey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5654,51 +5654,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic properties and identification of an imprint mark in the Nesp-Gnasxl domain of the mouse Gnas imprinted locus.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candice Coombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Gordon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5775,90 +5775,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imprinted methylation profiles for proximal mouse Chromosomes 11 and 7 as revealed by methylation-sensitive representational difference analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Preece</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5921,64 +5921,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conserved methylation imprints in the human and mouse GRB10 genes with divergent allelic expression suggests differential reading of the same mark.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Monk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6059,51 +6059,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mouse Zac1 locus: basis for imprinting and comparison with human ZAC.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galia Konfortova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6171,51 +6171,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the SINE S1 Pol III promoter from Brassica; impact of methylation and influence of external sequences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6296,51 +6296,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SINE Retroposons Can Be Used In Vivo as Nucleation Centers for De Novo Methylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Goubely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6439,51 +6439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Squirrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lowe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6703,51 +6703,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424162v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Montibus" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Arnaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.281215.125" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343990v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagne Daskeviciute" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Becky Sainty" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Chappell-Maor" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Bone" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Russell" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592294.2025.2523191" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961461v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Iglesias-Platas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddaf009" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444966v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rengifo Rojas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jil Cercy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perillous" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gonthier-Gu&#233;ret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xhgg.2024.100271" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668886v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Le Boiteux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Guichet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Masliantsev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vaurs-Barriere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23094743" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811612v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Claxton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonius Plagge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Bernardo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M Messerschmidt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.1022422" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;Olivier Guichet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vaurs-Barri&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vaillant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.12944" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570662v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line S Gon&#231;alves" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Costa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-020-03508-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863871v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bouschet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charras" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maupetit-M&#233;houas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-020-03541-8" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304180v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fogli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M&#252;ller-Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.249219.119" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917288v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Xavier-Magalh&#227;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Louren&#231;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pojo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rocha" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.24597" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917284v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourgne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guerci-Bresler" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cony-Makhoul" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.12191" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01629422v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisa Pinson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pogorelcnik" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx671" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643036v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-V&#233;ronique Demattei" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Corset" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chautard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11060-017-2585-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788685v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reynes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya Kota" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw102" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917297v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917293v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nury" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiharu Tayama" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Wassef" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv960" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01629349v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chautard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/carcin/bgv251" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917300v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Veselovska" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Smallwood" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Saadeh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen R Stewart" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Krueger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-015-0769-z" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788720v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya&#160;k. Kota" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ll&#232;res" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryutaro Hirasawa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Marchand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2014.08.009" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934522v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Martin-Trujillo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cirillo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Guillaumet-Adkins" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038907" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934523v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Henckel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chebli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Feil" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2011.425" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000287v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ganier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Bocquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Peiffer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100733108" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934525v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Frost" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wood" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cowley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq1230" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193451v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Alder" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lavial" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Helness" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brookes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pinho" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.048363" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934528v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-10-0173" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193452v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193464v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henckel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bfgp/elq016" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934526v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934533v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Arnaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hills" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddp248" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934530v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Nakabayashi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Sanz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenichiro Hata" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddp277" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934535v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Monk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wagschal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Parker-Katiraee" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.077115.108" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00349502v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stormy Chamberlain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Sabourin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Magnuson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2008.142" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934539v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szabolcs T&#243;th" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.20591" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FGCCQSQK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934545v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Wagschal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Delaval" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot4767" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934543v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Parker-Katiraee" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R. Carson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamada" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030065" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891751v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot4768" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934553v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Kaneda" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=En Li" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Sasaki" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddi475" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934551v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2006.01.020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934550v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monk" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sanches" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Apostolidou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hills" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddl041" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934548v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Monk" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Apostolidou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hills" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kelsey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0511031103" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934555v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdrc.20039" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/99E669DA85E7E9843D14972BAC4E987CDB1EB4CF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279132v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Skiba" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bounoure" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barbot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Skiba" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934557v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Smith" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Smith" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000078206" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934561v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Coombes" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gordon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Dean" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Coar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.23.16.5475-5488.2003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934559v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Smith" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Preece" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00335-003-2287-7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-STJQL3TN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934563v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Hitchins" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934564v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galia Konfortova" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Beechey" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934570v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Arnaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Yukawa" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lavie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T P&#233;lissier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821523v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Goubely" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;lissier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deragon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mcb.20.10.3434-3441.2000" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934577v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. White" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Squirrell" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lowe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Murray" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagne Daskeviciute" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Becky Sainty" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Chappell-Maor" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Bone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Russell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592294.2025.2523191" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424162v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Montibus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Arnaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.281215.125" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961461v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Iglesias-Platas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddaf009" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444966v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rengifo Rojas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jil Cercy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perillous" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gonthier-Gu&#233;ret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xhgg.2024.100271" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668886v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Le Boiteux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Guichet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Masliantsev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vaurs-Barriere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23094743" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811612v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Claxton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonius Plagge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Bernardo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel M Messerschmidt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.1022422" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;Olivier Guichet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vaurs-Barri&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vaillant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.12944" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863871v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Bouschet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charras" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Maupetit-M&#233;houas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-020-03541-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570662v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line S Gon&#231;alves" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Costa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-020-03508-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304180v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fogli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M&#252;ller-Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.249219.119" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917288v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Xavier-Magalh&#227;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Louren&#231;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pojo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rocha" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.24597" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917284v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourgne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guerci-Bresler" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cony-Makhoul" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.12191" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917297v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01629422v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisa Pinson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pogorelcnik" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx671" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643036v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-V&#233;ronique Demattei" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Corset" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chautard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11060-017-2585-7" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788685v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Dubois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reynes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya Kota" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rialle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhw102" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01629349v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chautard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/carcin/bgv251" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917293v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Nury" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiharu Tayama" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Wassef" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv960" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01917300v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Veselovska" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Smallwood" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Saadeh" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen R Stewart" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Krueger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-015-0769-z" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01788720v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satya&#160;k. Kota" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ll&#232;res" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryutaro Hirasawa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Marchand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2014.08.009" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934523v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Henckel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Chebli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Feil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2011.425" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934522v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Martin-Trujillo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cirillo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Guillaumet-Adkins" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038907" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000287v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ganier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane S. Bocquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Peiffer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Brochard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100733108" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934525v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Monk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Frost" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wood" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cowley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq1230" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193464v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henckel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bfgp/elq016" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193452v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/REP-10-0173" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934526v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934528v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193451v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Alder" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lavial" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Helness" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brookes" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pinho" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.048363" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934530v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Nakabayashi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel A. Sanz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenichiro Hata" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddp277" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934533v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Arnaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hills" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddp248" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934535v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Monk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wagschal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Parker-Katiraee" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.077115.108" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00349502v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stormy Chamberlain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Sabourin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry Magnuson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/emboj.2008.142" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934545v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Wagschal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Delaval" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Pannetier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot4767" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934539v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szabolcs T&#243;th" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.20591" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FGCCQSQK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934543v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Parker-Katiraee" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R. Carson" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takahiro Yamada" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030065" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891751v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/pdb.prot4768" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934553v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahiro Kaneda" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=En Li" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroyuki Sasaki" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddi475" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934551v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2006.01.020" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934550v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monk" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sanches" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Apostolidou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Hills" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddl041" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934548v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Monk" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Apostolidou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hills" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kelsey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0511031103" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934555v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdrc.20039" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/99E669DA85E7E9843D14972BAC4E987CDB1EB4CF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279132v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Skiba" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bounoure" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barbot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Skiba" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934557v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Smith" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Smith" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000078206" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934561v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Coombes" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gordon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Dean" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Coar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.23.16.5475-5488.2003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934559v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Smith" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Preece" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00335-003-2287-7" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-STJQL3TN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934563v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Hitchins" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934564v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galia Konfortova" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Beechey" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934570v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Arnaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Yukawa" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lavie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T P&#233;lissier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821523v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Goubely" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry P&#233;lissier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deragon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mcb.20.10.3434-3441.2000" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934577v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. White" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Squirrell" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lowe" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Murray" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>