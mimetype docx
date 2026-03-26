--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,416 +100,416 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système Cyber-Physique autonomique au service de l'Éducation 4.0 : répondre aux défis de la transformation numérique des institutions académiques</w:t>
+                <w:t xml:space="preserve">Autonomic Cyber-Physical System for Teaching and Learning Process Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ernesto Exposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Gueye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ernesto Exposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">33rd IEEE International Conference on Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Electrical and Electronics Engineers (IEEE), Jul 2025, Catania, Italy. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WETICE67341.2025.11092231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05093392v1</w:t>
+                <w:t xml:space="preserve">hal-05212814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomic Cyber-Physical System for Teaching and Learning Process Engineering</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Développement d'un framework de suivi et d'évaluation de l'impact à travers un data warehouse semantique pour les méta-organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Combier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Noureddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A Enríquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd IEEE International Conference on Enabling Technologies: Infrastructure for Collaborative Enterprises (WETICE 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WETICE67341.2025.11092231⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05212814v1</w:t>
+                <w:t xml:space="preserve">hal-05093343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un framework de suivi et d'évaluation de l'impact à travers un data warehouse semantique pour les méta-organisations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">José A Enríquez</w:t>
+                <w:t xml:space="preserve">Un système Cyber-Physique autonomique au service de l'Éducation 4.0 : répondre aux défis de la transformation numérique des institutions académiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Evain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Arnould</w:t>
+                <w:t xml:space="preserve">Ernesto Exposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05093343v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ontology-driven approach for competency-oriented and student-centered engineering education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Evain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Exposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernesto Exposito</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mamadou Gueye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE EDUCON 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE Global Engineering Education Conference, May 2024, Kos, Greece. pp.1-10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
@@ -556,64 +556,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EVA: Virtual Learning Environments as a Service (VLEaaS) in Higher Education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Kanso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernesto Exposito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on IT in Higher Education and Training</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -677,51 +677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Barhamgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamal Benslimane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -762,235 +762,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03276494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HSSN: an ontology for hybrid semantic sensor networks</w:t>
+                <w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environment Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 23rd International Database Applications &amp; Engineering Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.8, </w:t>
+              <w:t xml:space="preserve">15th ACM International Symposium on QoS and Security for Wireless and Mobile Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Miami Beach, United States. pp.43-51, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3331076.3331102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3345837.3355950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295950v2</w:t>
+                <w:t xml:space="preserve">hal-02390650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environment Management</w:t>
+                <w:t xml:space="preserve">HSSN: an ontology for hybrid semantic sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th ACM International Symposium on QoS and Security for Wireless and Mobile Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Miami Beach, United States. pp.43-51, </w:t>
+              <w:t xml:space="preserve">the 23rd International Database Applications &amp; Engineering Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3345837.3355950⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3331076.3331102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02390650v1</w:t>
+                <w:t xml:space="preserve">hal-02295950v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EQL-CE: An Event Query Language for Connected Environments</w:t>
               </w:r>
@@ -1002,51 +1002,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Database Applications &amp; Engineering Symposium (IDEAS 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Athènes, Greece. pp.7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1106,51 +1106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Tekli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1223,51 +1223,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vi4RT : la virtualisation pour les salles de travaux pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JRES (Journées réseaux de l'enseignement et de la recherche ) 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Renater, Dec 2009, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1305,51 +1305,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Couleur et ROI: Deux Options de JPEG2000. Investigations et Simulateur MATLAB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Luthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Baillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1426,51 +1426,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobile Robot Navigation in Indoor Environnements by using the Odometer and Ultrasonic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nsingi Masunga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the 3rd World Multiconference on: Circuits, Systems, Communications and Computers (IEEE/WSES/IMACS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1999, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1683,51 +1683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khouloud Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Big Data Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 30, pp.100347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1800,51 +1800,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansour Naser Alraja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charith Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1921,51 +1921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabri Allani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2064,51 +2064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mansour Naser Alraja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charith Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2198,51 +2198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Barhamgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamal Benslimane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2449,51 +2449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elio Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Chbeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11310, pp.130-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2531,51 +2531,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ measurements of wave impact pressure on a composite breakwater: preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Luthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2710,51 +2710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inaki de Santiago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2804,51 +2804,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la localisation d'un robot mobile par fusion de données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 1993. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 1993INPL095N⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3044,51 +3044,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093392v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Evain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnould" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Exposito" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212814v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Gueye" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE67341.2025.11092231" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093343v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Combier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noureddine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A Enr&#237;quez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624879v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON60312.2024.10578793" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777901v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Kanso" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276494v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou-Chaaya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chbeir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barhamgi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79382-1_3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295950v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Mansour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331102" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390650v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3345837.3355950" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390620v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331103" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905727v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Tekli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Cardinale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64471-4_33" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804119v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Hinsinger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Luthon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baillot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Navarro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Coutellier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nsingi Masunga" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856644v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnoud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brangier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/KES.1998.725951" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03898168v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Allani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Salameh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bdr.2022.100347" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393856v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Naser Alraja" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charith Perera" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3418499" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133562v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-020-00884-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259581v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02236774v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou Chaaya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2019.07.011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891067v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morichon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki de Santiago" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Delpey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Somdecoste" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Callens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-161.1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940572v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809649v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Larroque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Poncet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rahali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-218.1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03882074v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaki de Santiago" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01751884v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993INPL095N" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Evain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Exposito" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Gueye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnould" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WETICE67341.2025.11092231" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093343v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Combier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noureddine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A Enr&#237;quez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093392v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624879v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON60312.2024.10578793" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777901v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Kanso" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276494v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou-Chaaya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chbeir" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Barhamgi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamal Benslimane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-79382-1_3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390650v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Mansour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3345837.3355950" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295950v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331102" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390620v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3331076.3331103" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905727v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Tekli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudith Cardinale" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64471-4_33" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804119v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Hinsinger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-01912838v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Luthon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baillot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Navarro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Coutellier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nsingi Masunga" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856644v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Arnoud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brangier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/KES.1998.725951" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03898168v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Allani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Salameh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bdr.2022.100347" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393856v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Naser Alraja" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charith Perera" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3418499" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133562v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00607-020-00884-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259581v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02236774v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Bou Chaaya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2019.07.011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891067v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morichon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#241;aki de Santiago" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Delpey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Somdecoste" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Callens" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-161.1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940572v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809649v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Larroque" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Poncet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rahali" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-218.1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03882074v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaki de Santiago" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01751884v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993INPL095N" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>