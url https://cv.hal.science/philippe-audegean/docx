--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -472,1050 +472,1050 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Bonheur du plus grand nombre. Beccaria et les Lumières. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Audegean; Christian Del Vento; Pierre Musitelli; Xavier Tabet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Bonheur du plus grand nombre. Beccaria et les Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ENS Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-19, 2017, La Croisée des chemins, 978-2-84788-883-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rousseau et Leopardi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Audegean; Magda Campanini; Barbara Carnevali. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rousseau et l’Italie. Littérature, morale et politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.195-208, 2017, 9782705694265</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction. Voyage en Italie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Carnevali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Audegean, Magda Campanini et Barbara Carnevali. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rousseau et l’Italie. Littérature, morale et politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.5-11, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...52 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présomption d’innocence à l’épreuve des premières traductions françaises de Dei delitti e delle pene de Cesare Beccaria (1765-1822)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francesca Piselli et Fausto Proietti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Traductions comme textes politiques. Un voyage entre France et Italie (XVIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.145-168, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07098-6.p.0145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Superbe fole : una bruttissima e acerbissima mitologia. Leopardi e le illusioni moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Perle Abbrugiati. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mythe repensé dans l’œuvre de Giacomo Leopardi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence, pp.341-350, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.7-19, 2017, La Croisée des chemins, 978-2-84788-883-6</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Correggere e punire: Beccaria e la funzione rieducativa delle pene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincenzo Ferrone et Giuseppe Ricuperati. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il caso Beccaria. A 250 anni dalla pubblicazione del «Dei delitti e delle pene»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Il Mulino, pp.61-86, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Provence, pp.341-350, 2016</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ombre de Morellet. Les premières traductions françaises de Beccaria (1765-1822)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Porret et Élisabeth Salvi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cesare Beccaria. La controverse pénale XVIIIe-XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.119-132, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Il Mulino, pp.61-86, 2016</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Giannetti-Karsenti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Audegean; Valeria Giannetti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scénographies de la punition dans la culture italienne moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.7-19, 2015, 978-2-87854-622-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04008859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Méniel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrivains juristes et juristes écrivains du Moyen Âge au siècle des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.108-116, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Giannetti-Karsenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Philippe Audegean; Valeria Giannetti. </w:t>
+              <w:t xml:space="preserve">Philippe Audegean et Valeria Giannetti-Karsenti. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scénographies de la punition dans la culture italienne moderne et contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.7-19, 2015, 978-2-87854-622-4</w:t>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.7-19, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.108-116, 2015</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dei delitti e delle pene : significato e genesi di un pamphlet giuspolitico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dario Ippolito. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La libertà attraverso il diritto. Illuminismo giuridico e questione penale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editoriale Scientifica, pp.71-92, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.119-132, 2015</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leopardi et l’idée de punition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Audegean et Valeria Giannetti-Karsenti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scénographies de la punition dans la culture italienne moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.81-95, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beccaria e la deterrenza penale. Calcoli di utilità e sentimenti morali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Richard Davies et Persio Tincani. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un fortunato libriccino. L’attualità di Cesare Beccaria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Ornitorinco, pp.17-31, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939203v1</w:t>
-              </w:r>
-[...230 lines deleted...]
-                <w:t xml:space="preserve">hal-03939199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beccaria et l’écriture du droit moderne</w:t>
               </w:r>
@@ -2709,1796 +2709,1796 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04017061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tolérance religieuse et tolérance pénale au siècle des Lumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Loxias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dans l’ombre des ténèbres. Beccaria et les incertitudes du droit pénal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Le peuple en colère, 53, pp.633-636. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dhs.053.0633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dhs.053.0633⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-03931271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux sources de l’arithmétique criminelle : pitié et amour de soi. Beccaria et le temps judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dix-Huitième Siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53, pp.655-672</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 18</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant Beccaria. Utopie et peine de mort au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Droit &amp; Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, pp.363-370</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53, pp.655-672</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit naturel et droit à la vie. Beccaria lecteur de Hobbes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diciottesimo Secolo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.33-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Beccaria’s On Crimes and Punishments : the meaning and genesis of a jurispolitical pamphlet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">History of European Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43 (8), pp.884-897. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01916599.2016.1256591⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit pénal et douceur des peines au XVIIIe siècle. Considérations sur quelques études récentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rue Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 93 (3), pp.148-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdes.093.0148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critica della ragion penale. Beccaria e la filosofia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diritto penale contemporaneo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traduire Dei delitti e delle pene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laboratoire italien. Politique et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leopardi e Madame de Stäel (e anche Dante). Su una possibile fonte de La Sera del dì di festa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Italianistica. Rivista di letteratura italiana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44 (1), pp.73-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 44 (1), pp.73-78</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria et la naissance de la prison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'IRASCible : Revue de l'Institut Rhône-Alpin de sciences criminelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.47-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filosofia e diritto penale in Cesare Beccaria. Intervista a Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Ippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notizie di Politeia. Rivista di etica e di scelte pubbliche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 116, pp.53-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Beccaria et la naissance de la prison</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chi è il “reo” ? Dei delitti e delle pene sotto la lente di un traduttore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni fiorentini per la storia del pensiero giuridico moderno</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 43 (2), pp.1031-1036</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diritto penale e dolcezza delle pene nella filosofia dell’Illuminismo. Considerazioni intorno ad alcuni studi recenti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materiali per una Storia della Cultura Giuridica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2, pp.529-536</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La critique des corps intermédiaires à Milan et à Naples. “Distinguer mes pas des siens”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d'histoire des idées politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 35, pp.61-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le plus ancien programme de l’abolitionnisme italien : le Discorso della pena di morte de Giuseppe Pelli (1760-1761)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corpus : revue de la philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 62, pp.135-156</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coutume et sentiments moraux. À propos de la dissuasion pénale selon Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers La Boétie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.53-66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Codification et interprétation. Le § IV des Délits et des peines de Beccaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'IRASCible : Revue de l'Institut Rhône-Alpin de sciences criminelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 5, pp.47-68</w:t>
+              <w:t xml:space="preserve">, 2011, 1, pp.15-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 116, pp.53-61</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genèse et signification des Délits et des peines de Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives de philosophie du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53, pp.10-24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 43 (2), pp.1031-1036</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poésie et philosophie dans l’Entusiasmo de Saverio Bettinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des études italiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 55 (3-4), pp.291-297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 2, pp.529-536</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Jeangène Vilmer, Sade moraliste : le dévoilement de la pensée sadienne à la lumière de la réforme pénale au XVIIIe siècle (Genève, Droz, 2005, 576 p.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue philosophique de Louvain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 105 (3), pp.507-512</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 35, pp.61-71</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leçons de choses. L’invention du savoir économique par ses premiers professeurs : Antonio Genovesi et Cesare Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astérion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 2, pp.53-66</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il problema Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivista storica italiana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 116 (3), pp.834-871</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 62, pp.135-156</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passions et liberté. Loi de nature et fondement du droit en Italie à l’époque de Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studi settecenteschi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 23, pp.197-278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 1, pp.15-34</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03930796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria et l’histoire du concept de style. Empirisme et poétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétique : revue de théorie et d'analyse littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 136, pp.487-509</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...417 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03930711v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03930796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4717,2304 +4717,2304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04044826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’innocente e il colpevole. Beccaria e la tortura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario di ricerca</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Francesco Berti (Université de Padoue), Jun 2022, Padoue, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Il “Frammento apocrifo di Stratone da Lampsaco”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Letture delle Operette morali</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université La Sapienza, May 2022, Rome, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04044821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’innocente e il colpevole. Beccaria e la tortura</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits humains sont-ils des droits naturels ? Le cas des principes de droit pénal dans la Déclaration de 1789</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repenser les droits humains. L’héritage des Lumières en question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université, Mar 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria et la naissance de l’humanisme pénal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontières de la philosophie du droit (Deuxièmes rencontres de la SFPJ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFPJ (Société française pour la philosophie et la théorie juridiques et politiques), Sep 2022, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Moment Beccaria. Droit pénal et autolimitation du pouvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théorie du droit, philosophie du droit, philosophie politique ; état des lieux (Premières rencontres de la SFPJ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFPJ (Société française pour la philosophie et la théorie juridiques et politiques), Sep 2021, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’utilité des erreurs. Liberté d’expression et économie politique chez Pietro Verri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Généalogies de la liberté d’expression (III) : XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Sep 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’argumentation abolitionniste de Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les chemins de l’abolition de la peine de mort</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des avocats, Nov 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria et la peine de mort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Table ronde autour de Cesare Beccaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Panthéon, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Innocent and the Guilty. Beccaria’s Arguments against Torture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Torture, Death Penalty, Detention : Beccaria and His Legacies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Columbia University Law School, Oct 2021, New York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massima felicità. Utilité optimale et normes de justice chez Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Courbes optimales. La notion d’“efficience” au XVIIIe siècle (sciences, littérature, esthétique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bâle, Mar 2021, Bâle, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diritto penale e diritti umani: una priorità dell’Illuminismo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1789-2019. Responsabilità e prospettive dell’“homo europaeus” nel 230° anniversario della “Déclaration des droits de l’homme et du citoyen”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bari, Dec 2020, Tarente, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Libertà e sicurezza in Beccaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminario di ricerca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Francesco Berti (Université de Padoue), Jun 2022, Padoue, Italy</w:t>
+              <w:t xml:space="preserve">, Francesco Berti (Université de Padoue), May 2020, Padoue, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne Université, Mar 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lumières lombardes et lumières italiennes : le cas de l’abolition de la peine de mort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La France et l'Italie au XVIIIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque nationale de France, Dec 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, SFPJ (Société française pour la philosophie et la théorie juridiques et politiques), Sep 2022, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté et sécurité dans la théorie pénale de Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVe Congrès international des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISECS, Jul 2019, Édimbourg, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Columbia University Law School, Oct 2021, New York, United States</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il Momento Beccaria : problemi e prospettive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radici e ragioni del garantismo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rome 3, Jan 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Panthéon, Oct 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria et la présomption d’innocence. Le traducteur à l’épreuve des changements de paradigme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser, dire, traduire. L’histoire des idées est-elle celle des mots?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Nice Sophia Antipolis, Feb 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, SFPJ (Société française pour la philosophie et la théorie juridiques et politiques), Sep 2021, Nice, France</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tolérance religieuse et tolérance pénale au siècle des Lumières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tolérance(s) : comment définir la tolérance ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Nice Sophia Antipolis, Oct 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Maison des avocats, Nov 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation du livre de Céline Spector, Rousseau et la critique de l’économie politique (Pessac, 2016)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Samedis autour d’un livre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international de philosophie, Mar 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Sep 2021, Lyon, France</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria e il giusnaturalismo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beccaria, il diritto di punire e la tradizione contrattualistica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gianni Francioni (Università di Pavia), May 2018, Pavie, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bâle, Mar 2021, Bâle, Suisse</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pena di morte. Per una filosofia dell’abolizionismo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario del dipartimento di filosofia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département de philosophie de l’Université de Pavie, May 2018, Pavie, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bibliothèque nationale de France, Dec 2020, Paris, France</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Del diritto di vita e di morte. Per una filosofia dell’abolizionismo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conoscere per formare. La ricerca : laboratorio di idee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università del Salento, Nov 2018, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Francesco Berti (Université de Padoue), May 2020, Padoue, Italy</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’insecte et l’architecte. Beccaria et la politique dans les limites de la simple raison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beccaria : de la révélation à la codification. Religion et droit pénal au temps des Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, Feb 2018, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bari, Dec 2020, Tarente, Italy</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réception de l’œuvre de Beccaria en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mots du droit. Dei delitti e delle pene de Cesare Beccaria et ses traductions en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EHESS, Oct 2018, Loveno di Menaggio (Villa Vigoni), Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISECS, Jul 2019, Édimbourg, Royaume-Uni</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La peine de mort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CUM (Centre universitaire méditerranéen), Nov 2018, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Rome 3, Jan 2019, Rome, Italy</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Moment Beccaria : problèmes et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Moment Beccaria. Naissance du droit pénal moderne (1764-1810)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École normale supérieure de Paris, Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Nice Sophia Antipolis, Oct 2019, Nice, France</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Genovesi, premier professeur d’économie (Naples, 1754)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le libéralisme dans tous ses états : circulation des hommes et des idées en Europe (XVIIIe-XXIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Sciences de l’Homme et de la Société Sud-Est, Apr 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Nice Sophia Antipolis, Feb 2019, Nice, France</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Beccaria filosofo e giurista</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In margine alla recente edizione nazionale delle opere di Cesare Beccaria. Bilanci e riflessioni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Accademia nazionale dei Lincei (classe di scienze morali, storiche e filologiche, Nov 2017, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Gianni Francioni (Università di Pavia), May 2018, Pavie, Italy</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allocution d’ouverture : Peine et utopie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peine et utopie. Représentations de la sanction dans les œuvres utopiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Nice Sophia Antipolis, Dec 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Présentation du livre de Céline Spector, Rousseau et la critique de l’économie politique (Pessac, 2016)</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria e Hobbes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cesare Beccaria’s On Crimes and Punishments and Eighteenth-Century Britain : Law, History, Philosophy, Literature. A Two-Way Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rome Sapienza, Sep 2017, Rome, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umanitarismo e utilitarismo in Cesare Beccaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Democrazia, diritti umani e prevenzione dei delitti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Francesco Berti (Université de Padoue), Dec 2017, Padoue, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique sociale et critique juridique : la peine de mort en Utopie au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peine et utopie. Représentations de la sanction dans les œuvres utopiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Nice Sophia Antipolis, Dec 2017, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04037072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation du livre de Dario Ippolito, Lo spirito del garantismo. Montesquieu e il potere di punire (Rome, 2016), Université Paris Sorbonne, Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Samedis autour d’un livre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Collège international de philosophie, Mar 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">, Collège international de philosophie, Feb 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Département de philosophie de l’Université de Pavie, May 2018, Pavie, Italy</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beccaria e il fine delle pene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cesare Beccaria e l’Illuminismo giuridico</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dario Ippolito (Università Roma Tre), Nov 2017, Rome (université Roma 3), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...827 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04036998v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04036984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7274,234 +7274,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Filangieri, Gaetano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Audegean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire Montesquieu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Genovesi, Antonio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Montesquieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beccaria, Cesare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire Montesquieu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933492v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03933501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7730,51 +7730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magda Campanini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Carnevali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann, 2017, 978-2-7056-9426-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7805,51 +7805,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scénographies de la punition dans la culture italienne moderne et contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audegean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Giannetti-Karsenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2014, 978-2-87854-622-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8143,51 +8143,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04891243v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Ferrajoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Champeil-Desplats" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audegean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/pour-une-constitution-de-la-terre-9782247231959.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939225v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939638v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ibisedizioni.it/prodotto/nellofficina-dei-lumi/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939628v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Delia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/doi/book/10.3828/9781786941381" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939606v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Carnevali" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939608v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/rousseau-et-l-italie-philippe-audegean" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939611v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07098-6.p.0145" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939604v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100307000" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939214v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939226v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04008859v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Giannetti-Karsenti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939213v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939210v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939197v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939201v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939199v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933547v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933487v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933479v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933472v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319087v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ferrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Pellizzari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Torrisi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/philosophie-de-la-matiere-et-philosophemes-materialistes-notice-introductive.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18540-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981743v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943922v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.39572" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944017v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941896v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943988v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941900v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941891v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943914v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017061v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Ippolito" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931271v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.053.0633" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939642v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931277v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931264v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931261v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931244v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2016.1256591" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931254v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.093.0148" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931239v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931210v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931221v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931218v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931086v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931008v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930986v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931003v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930983v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930786v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930776v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930753v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930747v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930738v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930727v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930711v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930796v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044836v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044846v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044826v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044821v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044828v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044825v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044840v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044172v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044176v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044164v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044182v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044154v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044147v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039429v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039451v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037162v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037146v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037169v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037154v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037100v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037089v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037096v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037122v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037106v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037119v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037113v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036980v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037004v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037010v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037072v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036992v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037075v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036998v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036984v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947604v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939633v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6730-0_586-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933555v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933505v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933492v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933501v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947590v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947530v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Del Vento" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Musitelli" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tabet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.7568" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947552v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Campanini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947523v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949750v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Contini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04891243v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Ferrajoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Champeil-Desplats" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audegean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/pour-une-constitution-de-la-terre-9782247231959.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939225v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939638v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ibisedizioni.it/prodotto/nellofficina-dei-lumi/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939628v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Delia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liverpooluniversitypress.co.uk/doi/book/10.3828/9781786941381" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939604v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100307000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939608v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/rousseau-et-l-italie-philippe-audegean" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939606v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Carnevali" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07098-6.p.0145" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939214v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939226v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939210v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04008859v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Giannetti-Karsenti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939213v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939201v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939199v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939203v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933547v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933487v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933479v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933472v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319087v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ferrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Pellizzari" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Torrisi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/philosophie-de-la-matiere-et-philosophemes-materialistes-notice-introductive.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18540-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981743v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943922v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.39572" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944017v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944007v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941896v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943988v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941900v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941891v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943914v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017061v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Ippolito" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939642v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931271v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dhs.053.0633" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931277v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931264v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931261v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931244v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2016.1256591" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931254v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.093.0148" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931239v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931221v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931210v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931218v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931086v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931008v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930986v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930983v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931003v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930786v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930776v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930753v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930747v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930738v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930727v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930796v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930711v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044836v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044846v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044826v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044828v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044821v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044825v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044840v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044164v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044154v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044182v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044176v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044172v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044147v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039451v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039429v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039440v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037162v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037146v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037154v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037169v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037089v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037100v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037096v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037122v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037106v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037119v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037113v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036984v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037004v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037010v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036992v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037075v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037072v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036980v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036998v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947604v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939633v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6730-0_586-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933555v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933501v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933505v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933492v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947590v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947530v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Del Vento" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Musitelli" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tabet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.7568" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947552v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Campanini" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947523v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949750v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Contini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>