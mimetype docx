--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -782,51 +782,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An open-source tool to assess the carbon footprint of research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mariette</w:t>
+                <w:t xml:space="preserve">Jerôme Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1306,295 +1306,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03146844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VarGoats project: a dataset of 1159 whole-genome sequences to dissect Capra hircus global diversity</w:t>
+                <w:t xml:space="preserve">RNA-Seq Data for Reliable SNP Detection and Genotype Calling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Denoyelle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bardou</w:t>
+                <w:t xml:space="preserve">Frédéric Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Licia Colli</w:t>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Alberti</w:t>
+                <w:t xml:space="preserve">Maria Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Lagoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53 (1), 14 p. </w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.655707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12711-021-00659-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2021.655707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03480970v1</w:t>
+                <w:t xml:space="preserve">hal-03276149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA-Seq Data for Reliable SNP Detection and Genotype Calling</w:t>
+                <w:t xml:space="preserve">VarGoats project: a dataset of 1159 whole-genome sequences to dissect Capra hircus global diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Jehl</w:t>
+                <w:t xml:space="preserve">Laure Denoyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Talouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Degalez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lecerf</w:t>
+                <w:t xml:space="preserve">Licia Colli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Bernard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Lagoutte</w:t>
+                <w:t xml:space="preserve">Adriana Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.655707. </w:t>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (1), 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2021.655707⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12711-021-00659-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03276149v1</w:t>
+                <w:t xml:space="preserve">hal-03480970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 for Horn Patterning in Bovidae</w:t>
               </w:r>
@@ -3504,51 +3504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domitille Chalopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Juanchich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5, pp.1-10. </w:t>
@@ -3580,295 +3580,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNAbrowse: RNA-Seq de novo assembly results browser.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ibouniyamine Nabihoudine</w:t>
+                <w:t xml:space="preserve">Design and characterization of a 52K SNP chip for goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Hoede</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Crooijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 9 (5), 7 p. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0096821⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 9, online (1), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636622v1</w:t>
+                <w:t xml:space="preserve">hal-01019568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and characterization of a 52K SNP chip for goats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+                <w:t xml:space="preserve">RNAbrowse: RNA-Seq de novo assembly results browser.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Noirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibouniyamine Nabihoudine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard Crooijmans</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hoede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 9, online (1), Non paginé. </w:t>
+              <w:t xml:space="preserve">, 2014, 9 (5), 7 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0086227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0096821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019568v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jvenn: an interactive Venn diagram viewer</w:t>
               </w:r>
@@ -4633,51 +4633,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02675508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Logiciel (5)</w:t>
+        <w:t xml:space="preserve">Logiciel (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -5026,257 +5026,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNAbrowse: RNA-Seq de novo assembly results browser</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RNAspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Josée Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine de Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Hoede</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Grenier-Boley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2014</w:t>
+              <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...116 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5286,78 +5168,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques résultats du programme VarGoats : « 1000 génomes caprins »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Denoyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Amills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5389,73 +5271,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03812438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using sequence data to refine QTL mapping in French dairy goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5464,435 +5346,435 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Ghent, Belgium. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 25 (1ère Ed.), 717 p., 2019, Book of the Abstracts of the 70th Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of Genotyping-by-Sequencing technologies as an alternative to low density SNP chips for genomic selection in layer chicken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Herry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Picard Druet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guarant International spol. s r.o.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Proceedings of the XIth European symposium on Poultry Genetics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02460147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accuracy of whole-genome sequence genotype imputation in a layer line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Allais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Herry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Picard Druet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIth European symposium on poultry genetics (ESPG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Prague, Czech Republic. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guarant International spol. s r.o.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Proceedings of the XIth European symposium on Poultry Genetics</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02500398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of whole genome sequence data on a tropical admixed cattle breed, the Creole cattle of Guadeloupe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrièle Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Esquerré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5924,113 +5806,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on environmental and agronomical genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation et premiers résultats du programme 1000 génomes caprins : VarGoats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Denoyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6049,306 +5931,306 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Dienné, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03817570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiling the landscape of transcription, chromatin accessibility and chromosome conformation of cattle, pig, chicken and goat genomes [FAANG pilot project]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Foissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Djebali Quelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Djebali Quelen</w:t>
+                <w:t xml:space="preserve">Hervé Acloque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fany Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th International Society for Animal Genetics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Dublin, Ireland. 2017, ISAG 2017 - Genomes to Phenomes - Abstract Book</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E-formations en bioinformatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Maman Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique F. Malipier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Herry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les journées Bioinformatique de l'Inra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Toulouse, France. , 1p, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNAspace: an integrated environment for the prediction, annotation and analysis of non-coding RNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Josée Cros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6370,110 +6252,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gautheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12.Journées Ouvertes en Biologie, Informatique et Mathématiques - JOBIM 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Paris, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02810153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rnaspace.org - a web application for noncoding RNA identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Josée Cros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6495,110 +6377,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gautheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2010 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Montpellier, France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNAspace: non-coding RNA annotation web platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6607,101 +6489,101 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Josée Cros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gautheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Grenier-Boley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2009 : 10. Journées Ouvertes Biologie Informatique Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Nantes, France. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6711,51 +6593,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A recessive stop-gain mutation in CCDC65 is associated with lamb mortality in French Lacaune dairy sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Ben Braiek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6814,100 +6696,100 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Sheep Genomics and the International Goat Genome Consortiums combined virtual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using sequence variants to better characterize a QTL region and improve the accuracy of genomic evaluation in Saanen goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Palhière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Teissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6939,221 +6821,221 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISGC and IGGC Virtual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulouse-Dunedin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03817609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y-chromosomal haplotypes in domestic and wild goats reveal ancient paternal bottlenecks and recent introgressions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A. Lenstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A. Lenstra</w:t>
+                <w:t xml:space="preserve">Vargoats Consortium</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vargoats Consortium</w:t>
+                <w:t xml:space="preserve">I.J. Nijman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.D. Rosen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISGC and IGGC Virtual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulouse-Dunedin, France. pp.886-889, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-940-4_208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03817722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsing sequence data to refine QTL mapping in French dairy goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7161,106 +7043,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European federation of Animal Science EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://meetings.eaap.org/wp-content/uploads/2021/09/2019-ghent-book-of-abstracts.pdf, Aug 2019, Ghent, Belgium. pp.125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet mille génomes gallus : comment partager les données de séquences pour mieux les utiliser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Tixier-Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7302,73 +7184,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13.Journées de la recherche avicole et des palmipèdes à foie gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RumimiR: a detailed microRNA database focused on ruminant species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7390,137 +7272,137 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Aujean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">70. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2018, Gand, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of whole genome sequence data on a tropical admixed cattle breed: the creole cattle of Guadeloupe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrièle Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Esquerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7552,440 +7434,440 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caribbean Science ans Innovation Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Pointe-à-Pitre, Guadeloupe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02423161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imputation from CaprineSNP50 BeadChip to sequence : a case-study in French Alpine and Saanen data from the VarGoats project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Rupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVII - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VarGoats: first results of an international 1000-genome project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Denoyelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faraut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Pompanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Environmental and Agronomical Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherche d'associations entre microARNs, variants génétiques et QTL laitiers chez les bovins caprins et ovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mekki Boussaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Rupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'une puce 50000 SNP pour l'espèce caprine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8001,113 +7883,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire NGS, organisé par Illumina et la plate-forme Get-PlaGe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Auzeville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification non supervisée d'un graphe de co-expression avec des méta-données pour la détection de micro-ARNs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme J. Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cierco-Ayrolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Gaspin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8126,355 +8008,355 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MARAMI (Modèles et l'Analyse des Réseaux : Approches Mathématiques et Informatiques) 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Saint-Étienne, France. pp.SI-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00877561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of genomic resources for &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt; and related legume crops</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Debellé</w:t>
+                <w:t xml:space="preserve">Towards a high density SNP International Goat Chip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdullah Johari Jiken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Cabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Verdenaud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Saurat</w:t>
+                <w:t xml:space="preserve">Patrice Dehais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Model Legume Congress 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National Polytechnique (Toulouse) (Toulouse INP). Castanet Tolosan, FRA., May 2011, Sainte Maxime, France</w:t>
+              <w:t xml:space="preserve">Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, San Diégo, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746654v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a high density SNP International Goat Chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenola Tosser-Klopp</w:t>
+                <w:t xml:space="preserve">Development of genomic resources for &amp;lt;em&amp;gt;Medicago truncatula&amp;lt;/em&amp;gt; and related legume crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Debellé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Verdenaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Dudez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdullah Johari Jiken</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrice Dehais</w:t>
+                <w:t xml:space="preserve">Olivier Saurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, San Diégo, United States</w:t>
+              <w:t xml:space="preserve">Model Legume Congress 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National Polytechnique (Toulouse) (Toulouse INP). Castanet Tolosan, FRA., May 2011, Sainte Maxime, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194170v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Polycerate Mutants Reveals the Evolutionary Co-option of HOXD1 to Determine the Number and Topology of Horns in Bovidae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Allais-Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8483,116 +8365,116 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Hintermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Deloche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bardou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livestock genome annotation: transcriptome and chromatin structure profiling in cattle, goat, chicken and pig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Foissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8648,51 +8530,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8702,51 +8584,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initiation à la plateforme de traitement bioinformatique Galaxy - Instance Sigenae / BioInfo Genotoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Maman Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8768,65 +8650,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Legoueix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Formation Master 2 Bioinformatique (Initiation à la plateforme de traitement bioinformatique Galaxy - Instance Sigenae / BioInfo Genotoul - Cours et TP.), 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId258"/>
+      <w:footerReference w:type="default" r:id="rId257"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8973,51 +8855,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Erven" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Etourneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Neupane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Bardou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792598v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Lasguignes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Oudin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Cabanettes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06272" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131807v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Herry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Lagoutte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Doublet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09321-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186791v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ben-Jemaa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Adam" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-38774-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525204v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ben Braiek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bordes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13010045" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796807v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mariette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Blanchard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bern&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Carrey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4505/ac84a4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722180v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#228;c J Nijman" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin D Rosen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cumer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16579" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528022v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desvignes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Sydes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03146844v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-18837" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480970v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Denoyelle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Alberti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00659-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276149v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jehl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degalez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.655707" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164832v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hintermann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03371440v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourdon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98639-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03407218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laguerre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman Haddad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Legoueix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.11885" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548369v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oget" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-020-0826-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103324v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.3.4564" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627384v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baz099" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437599v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Munyard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-019-0726-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605655v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Maroteau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02052-0;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622800v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-22118-x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx114" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602260v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Crooijmans" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0152632" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509042v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juanchich" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2505-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631131v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibouniyamine Ibrahime" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Noirot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btv589" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146849v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Smedley" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Haider" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Durinck" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pandini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Provero" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv350" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193812v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berthelot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Chalopin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms4657" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636622v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibouniyamine Nabihoudine" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096821" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019568v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086227" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640484v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Djemiel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-15-293" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129778v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mansanet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003809" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin D. Young" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Debell&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles E. D. Oldroyd" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Geurts" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Cannon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10625" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639174v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Cros" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Monte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grenier-Boley" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.2844911" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654526v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Wilkinson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Senger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kawas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bruskiewich" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675508v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moisan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkg586" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05058489v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c5875115428c349f7c5a90c510ce91fe8981071;origin=https://github.com/Bios4Biol/intronSeeker;visit=swh:1:snp:94a8406f83eb30a1bc86b1b01052f48c6bcf0c19;anchor=swh:1:rev:0ad12c9965c843c625470af4d35caad1023fa434" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795849v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795848v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795847v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819286v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812438v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Denoyelle" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Amills" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737623v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2019.org" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460147v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picard Druet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://guarant.eu/espg2019/files/espg-2019-proceedings.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500398v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allais" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786834v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabri&#232;le Adam" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerr&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817570v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608449v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali Quelen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800765v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique F. Malipier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herry" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810153v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gautheret" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819250v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819249v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360133v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817609v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhi&#232;re" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817722v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Lenstra" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vargoats Consortium" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Nijman" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Rosen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_208" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809337v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737429v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738039v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423161v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790419v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785613v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pompanon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734423v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801438v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877561v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brunet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cierco-Ayrolles" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746654v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dudez" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samson" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194170v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Johari Jiken" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426679v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791029v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801693v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05393593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Erven" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Etourneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Neupane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillipe Bardou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaf181" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792598v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bardou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Lasguignes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Oudin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Cabanettes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06272" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04131807v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Herry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Lagoutte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Doublet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-023-09321-5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186791v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ben-Jemaa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Adam" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-38774-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525204v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ben Braiek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Moreno-Romieux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bordes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13010045" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796807v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Mariette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Blanchard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bern&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Carrey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4505/ac84a4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03722180v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isa&#228;c J Nijman" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin D Rosen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faraut" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cumer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16579" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528022v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Desvignes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Sydes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cervin Guyomar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03146844v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Teissier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2020-18837" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276149v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jehl" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degalez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2021.655707" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03480970v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Denoyelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licia Colli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Alberti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00659-6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164832v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Allais-Bonnet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hintermann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Deloche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msab021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03371440v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bourdon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Sanchez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guillou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98639-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03407218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laguerre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Maman Haddad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Legoueix" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Laville" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.11885" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548369v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oget" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-020-0826-9" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103324v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.3.4564" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627384v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Aujean" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser-Klopp" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baz099" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437599v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Foissac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Munyard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-019-0726-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605655v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Maroteau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02052-0;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622800v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-22118-x" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Cano" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Plisson-Petit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msx114" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602260v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Crooijmans" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0152632" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509042v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Juanchich" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gabillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2505-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631131v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibouniyamine Ibrahime" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Noirot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btv589" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01146849v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Smedley" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Haider" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Durinck" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pandini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Provero" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv350" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193812v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Berthelot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Chalopin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms4657" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019568v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086227" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636622v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibouniyamine Nabihoudine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096821" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640484v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Djemiel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-15-293" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129778v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mansanet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sarry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003809" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652790v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevin D. Young" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Debell&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles E. D. Oldroyd" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Geurts" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Cannon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10625" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639174v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233;e Cros" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Monte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grenier-Boley" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.2844911" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654526v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Wilkinson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Senger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kawas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bruskiewich" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675508v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moisan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkg586" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05058489v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c5875115428c349f7c5a90c510ce91fe8981071;origin=https://github.com/Bios4Biol/intronSeeker;visit=swh:1:snp:94a8406f83eb30a1bc86b1b01052f48c6bcf0c19;anchor=swh:1:rev:0ad12c9965c843c625470af4d35caad1023fa434" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795849v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795848v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819286v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812438v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Denoyelle" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Amills" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737623v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Rupp" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2019.org" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460147v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picard Druet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ech&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://guarant.eu/espg2019/files/espg-2019-proceedings.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500398v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Allais" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786834v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabri&#232;le Adam" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerr&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817570v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608449v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djebali Quelen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Acloque" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fany Blanc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800765v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique F. Malipier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Herry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810153v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gautheret" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819250v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819249v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360133v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817609v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhi&#232;re" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03817722v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Lenstra" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vargoats Consortium" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Nijman" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.D. Rosen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-940-4_208" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809337v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737429v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738039v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Le Provost" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-02423161v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Esquerre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790419v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Tosser" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785613v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pompanon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734423v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tribout" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801438v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877561v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Brunet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cierco-Ayrolles" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194170v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Johari Jiken" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dehais" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746654v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Verdenaud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Dudez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samson" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426679v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791029v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801693v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>