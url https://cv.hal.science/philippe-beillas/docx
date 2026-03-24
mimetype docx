--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -126,3876 +126,3993 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Skull Fracture Prediction Capability of Finite Element Head Models</w:t>
+                <w:t xml:space="preserve">Effects of loading processes on contact forces when simulating static seating with a finite element human body model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Pozzi</w:t>
+                <w:t xml:space="preserve">Shenghui Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Gardegaront</w:t>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Allegre</w:t>
+                <w:t xml:space="preserve">Li Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Beillas</w:t>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 69 (1), pp.114-161. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 29 (3), pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4271/2025-22-0005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2024.2410225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05147106v1</w:t>
+                <w:t xml:space="preserve">hal-04721650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIPER adult comfort: an open-source full body human body model for seating comfort assessment and its validation under static loading conditions</w:t>
+                <w:t xml:space="preserve">Assessment of the Skull Fracture Prediction Capability of Finite Element Head Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shenghui Liu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Clément Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Gardegaront</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Allegre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11, 14p. </w:t>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 69 (1), pp.114-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fbioe.2023.1170768⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4271/2025-22-0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04124023v1</w:t>
+                <w:t xml:space="preserve">hal-05147106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implications of range of motion requirements for the laxity of ligaments in a lumbar finite element model</w:t>
+                <w:t xml:space="preserve">Ligaments Laxity and Elongation at Injury in Flexed knees during Lateral Impact Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Hugo Minster</w:t>
+                <w:t xml:space="preserve">Sahar Benadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xavier Trosseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Uriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2023.111460⟩</w:t>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 66, 29p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4271/2022-22-0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04015986v1</w:t>
+                <w:t xml:space="preserve">hal-03871138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligaments Laxity and Elongation at Injury in Flexed knees during Lateral Impact Conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PIPER adult comfort: an open-source full body human body model for seating comfort assessment and its validation under static loading conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shenghui Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4271/2022-22-0003⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, 14p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2023.1170768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03871138v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04124023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Method to Use Kriging With Large Sets of Control Points to Morph Finite Element Models of the Human Body</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Implications of range of motion requirements for the laxity of ligaments in a lumbar finite element model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Hugo Minster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4048575⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 148, 21p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2023.111460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03601649v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04015986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of seat pan and pelvis angles on the occupant response in a reclined position during a frontal crash</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Grebonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Grebonval</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xavier Troseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 16 (9), 18p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0257292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03376448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated vehicles and road safety: first results of the surca project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A Method to Use Kriging With Large Sets of Control Points to Morph Finite Element Models of the Human Body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomás Janak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technical Communication -Washington-</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biomechanical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (2), 18p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4048575⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03379674v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03601649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometrical and Mechanical Characterization of the Abdominal Fold of Obese Post Mortem Human Subjects for Use in Human Body Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebarbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Janak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 64, pp 213-267. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4271/2020-22-0006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of anthropometry scaling on the response of the piper child scalable human body model subject to pelvic impact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automated vehicles and road safety: first results of the surca project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chretien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Judalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Technical Communication -Washington-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (1), pp89-102</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566551v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the possible relationships between tramway front-end geometry and pedestrian injury risk</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Effect of anthropometry scaling on the response of the piper child scalable human body model subject to pelvic impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15389588.2018.1536823⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 105, 25 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02169501v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Contact Separation on the Abdominal Response to Impact of a Human Body Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Study of the possible relationships between tramway front-end geometry and pedestrian injury risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Brizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Berthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62nd Stapp Car Crash Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4271/SC18-22-0004⟩</w:t>
+              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp. 107-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15389588.2018.1536823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882040v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02169501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An investigation of human body model morphing for the assessment of abdomen responses to impact against a population of test subjects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effect of Contact Separation on the Abdominal Response to Impact of a Human Body Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Berthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (sup1), pp.S142-S147. </w:t>
+              <w:t xml:space="preserve">62nd Stapp Car Crash Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 62, 2p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15389588.2017.1307971⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4271/SC18-22-0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01719729v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdominal wall muscle elasticity and abdomen local stiffness on healthy volunteers during various physiological activities</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">An investigation of human body model morphing for the assessment of abdomen responses to impact against a population of test subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2016.03.001⟩</w:t>
+              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (sup1), pp.S142-S147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15389588.2017.1307971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01315939v1</w:t>
+                <w:t xml:space="preserve">hal-01719729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Evaluation of a Landmark-Based Method to Estimate Displacements and Strains in Soft Tissues Imaged During an Impact Using Ultrafast Ultrasound</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A new method to assess the deformations of internal organs of the abdomen during impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Helfenstein-Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Tanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/str.12200⟩</w:t>
+              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15389588.2016.1165346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01414483v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01355323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Abdominal Loading Location on Liver Motion: Experimental Assessment using Ultrafast Ultrasound Imaging and Simulation with a Human Body Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Berthet</w:t>
+                <w:t xml:space="preserve">Abdominal wall muscle elasticity and abdomen local stiffness on healthy volunteers during various physiological activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podwojewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mélanie Ottenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Voirin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60, pp. 451-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2016.03.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01415055v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01315939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method to assess the deformations of internal organs of the abdomen during impact</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Effect of Abdominal Loading Location on Liver Motion: Experimental Assessment using Ultrafast Ultrasound Imaging and Simulation with a Human Body Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rongieras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic Injury Prevention</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60, pp. 25-57</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01355323v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling hollow organs for impact conditions: a simplified case study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Development and Evaluation of a Landmark-Based Method to Estimate Displacements and Strains in Soft Tissues Imaged During an Impact Using Ultrafast Ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2013.843677⟩</w:t>
+              <w:t xml:space="preserve">Strain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (5), pp. 412-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/str.12200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01417490v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of pressure on the shear modulus, mass and thickness of the perfused porcine kidney</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Observation of the internal response of the kidney during compressive loading using ultrafast ultrasonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Helfenstein-Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Tanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 48 (1), pp. 30-37. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2014.11.011⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 48 (10), pp. 1852-1859. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.04.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01281820v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Kriging and Moving Least Square Methods to Change the Geometry of Human Body Models</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effects of pressure on the shear modulus, mass and thickness of the perfused porcine kidney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Helfenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Tanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (1), pp. 30-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2014.11.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01286986v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of the internal response of the kidney during compressive loading using ultrafast ultrasonography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Modelling hollow organs for impact conditions: a simplified case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 48 (10), pp. 1852-1859. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (7), pp. 730-739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.04.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2013.843677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01281959v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical response of human abdominal walls ex vivo: Effect of an incisional hernia and a mesh repair</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Comparison of Kriging and Moving Least Square Methods to Change the Geometry of Human Body Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 59, pp. 337-357</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01417372v1</w:t>
+                <w:t xml:space="preserve">hal-01286986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of the skin, rectus abdominis and their sheaths to the structural response of the abdominal wall ex vivo</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Mechanical response of human abdominal walls ex vivo: Effect of an incisional hernia and a mesh repair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podwojewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ottenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Turquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2014.06.031⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 38, pp.126-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2014.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01217966v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Modeling of Human Liver Incorporating the Variations in Shape, Size, and Material Properties</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Contribution of the skin, rectus abdominis and their sheaths to the structural response of the abdominal wall ex vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Voirin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Turquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (47), pp. 3056-3063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2014.06.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00937435v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of two loading rates on the elasticity of the human anterior rectus sheath</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Mechanical response of animal abdominal walls in vitro: Evaluation of the influence of a hernia defect and a repair with a mesh implanted intraperitoneally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podwojewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ottenio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Guerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Turquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2012.12.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (5), pp.882-889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2012.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00868978v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations on Pedestrian Pre-Crash Reactions during Simulated Accidents</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effects of storage temperature on the mechanical properties of porcine kidney estimated using Shear Wave Elastography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Ternifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Tanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28, pp. 86-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2013.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00950596v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of storage temperature on the mechanical properties of porcine kidney estimated using Shear Wave Elastography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Observations on Pedestrian Pre-Crash Reactions during Simulated Accidents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 57, pp. 157-183</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00918568v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00950596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical response of animal abdominal walls in vitro: Evaluation of the influence of a hernia defect and a repair with a mesh implanted intraperitoneally</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Effect of two loading rates on the elasticity of the human anterior rectus sheath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Ben Abdelounis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Ottenio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2012.09.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20, pp 1-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2012.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00918598v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematics of the Thoracoabdominal Contents Under Various Loading Scenarios</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical Modeling of Human Liver Incorporating the Variations in Shape, Size, and Material Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan-Chiao Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew R. Kemper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Gayzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meghan K. Howes</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Costin D. Untaroiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 56, pp. 1-48</w:t>
+              <w:t xml:space="preserve">, 2013, 57, pp. 285-311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00985644v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00937435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdominal twin pressure sensors for the assessment of abdominal injuries in Q dummies: in-dummy evaluation and performance in accident reconstructions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Kinematics of the Thoracoabdominal Contents Under Various Loading Scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meghan K. Howes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Stan Gregory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Warren N. Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 56, pp. 387-410</w:t>
+              <w:t xml:space="preserve">, 2012, 56, pp. 1-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00850956v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00985644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of a model-deformation method and a positional MRI to quantify the effects of posture on the anatomical structures of the trunk</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yoann Lafon</w:t>
+                <w:t xml:space="preserve">Abdominal twin pressure sensors for the assessment of abdominal injuries in Q dummies: in-dummy evaluation and performance in accident reconstructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Alonzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lesire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis W. Smith</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Franck Leopold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 43 (7), pp. 1269-1278</w:t>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56, pp. 387-410</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984657v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00850956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of posture on the position and shape of abdominal and thoracic organs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Combination of a model-deformation method and a positional MRI to quantify the effects of posture on the anatomical structures of the trunk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis W. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francis Smith</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 53, pp. 127-154</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 43 (7), pp. 1269-1278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00984359v1</w:t>
+                <w:t xml:space="preserve">hal-00984657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditions of possible head impacts for standing passengers in public transportation: an experimental study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The effects of posture on the position and shape of abdominal and thoracic organs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Maupas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
+                <w:t xml:space="preserve">Francis Smith</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 53, pp. 127-154</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01862704v1</w:t>
+                <w:t xml:space="preserve">hal-00984359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditions of possible head impacts for standing passengers in public transportation: an experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Maupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 12 (2), pp. 1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13588260701433552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions of possible head impacts for standing passengers in public transportation: an experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Maupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2007, 12 (3), pp.319-327</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00505945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4005,5435 +4122,5435 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adjusting Drone Surrogate properties for PMHS testing: experimental response and numerical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Pozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Ragonet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Coussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IRCOBI Conference Proceedings - International Research Council on the Biomechanics of Injury</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a method of locating the pelvis and spinal joint position in a seated position</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Development of a surrogate model to represent drones in head impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Ragonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Congress of the European Society of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Maastricht, Netherlands. 1p</w:t>
+              <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S315-S317</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04177329v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressure-based abdominal injury prediction for the THOR-50M</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Trosseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Compigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Technical Conference on the Enhanced Safety of Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Yokohama, Japan. 31p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a surrogate model to represent drones in head impacts</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Validation of a method of locating the pelvis and spinal joint position in a seated position</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Grebonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S315-S317</w:t>
+              <w:t xml:space="preserve">28th Congress of the European Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Maastricht, Netherlands. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04290124v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04177329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drone collision with a human being: towards a methodology for the severity assessment</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of a statistical model of the full skeleton combining shape and a rib quality indicator to assess the risk of rib fracture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Perroche</w:t>
+                <w:t xml:space="preserve">Marion Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérald Portemont</w:t>
+                <w:t xml:space="preserve">Benjamin Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASIDIC - Aerospace Structural Impact Dynamics International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Wichita, United States. 29p</w:t>
+              <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble (France), France. pp.S313-S314</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04138727v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a statistical model of the full skeleton combining shape and a rib quality indicator to assess the risk of rib fracture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drone collision with a human being: towards a methodology for the severity assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Hoffmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yoann Lafon</w:t>
+                <w:t xml:space="preserve">David Delsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Gilles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Petit</w:t>
+                <w:t xml:space="preserve">Valentin Priasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Perroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Portemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Grenoble (France), France. pp.S313-S314</w:t>
+              <w:t xml:space="preserve">ASIDIC - Aerospace Structural Impact Dynamics International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Wichita, United States. 29p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04290065v1</w:t>
+                <w:t xml:space="preserve">hal-04138727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing a full-body finite element model and its preliminary validation for seating comfort</w:t>
+                <w:t xml:space="preserve">Prédiction du risque lésionnel lors d'impacts avec les drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shenghui Liu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Clément Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xuguang Wang</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DHM 2022, 7th International Digital Human Modeling Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire doctorants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bron, France. 15p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867601v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fracture sensitivity of a human head model in surrogate drone impacts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Bermond</w:t>
+                <w:t xml:space="preserve">Takeover performance according to the level of disengagement during automated driving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Gallouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRCOBI 2022 conference, International Research Council on Biomechanics of Injury</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DHM2022, 7th International Digital Human Modeling Symposium and Iowa Virtual Human Summit 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Iowa City, United States. 9p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17077/dhm.31754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03788831v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takeover performance according to the level of disengagement during automated driving</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Fracture sensitivity of a human head model in surrogate drone impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Paccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DHM2022, 7th International Digital Human Modeling Symposium and Iowa Virtual Human Summit 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IRCOBI 2022 conference, International Research Council on Biomechanics of Injury</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Porto, Portugal. 2p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17077/dhm.31754⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03781342v1</w:t>
+                <w:t xml:space="preserve">hal-03788831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prédiction du risque lésionnel lors d'impacts avec les drones</w:t>
+                <w:t xml:space="preserve">Developing a full-body finite element model and its preliminary validation for seating comfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Pozzi</w:t>
+                <w:t xml:space="preserve">Shenghui Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Beillas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bermond</w:t>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire doctorants</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DHM 2022, 7th International Digital Human Modeling Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Iowa city, United States. 14p, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17077/dhm.31775⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03828162v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accident Risk when Resuming the Manual Control of an Automated Car: a Driving Simulator Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Gallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evan Gallouin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Richard</w:t>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IRCOBI conference, International Research Council on Biomechanics of Injury</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, PORTO, Portugal. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788882v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Preparation for Enable New Occupant Seating Positions: the ENOP Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Östling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lebarbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Compigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitsutoshi Masuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IRCOBI conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Porto, Portugal. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laxity and injury thresholds of knee ligaments in pedestrian accident conditions: simulation-based development of a new experimental protocol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sahar Benadi</w:t>
+                <w:t xml:space="preserve">A preliminary movement analysis to understand the take over control action for an autonomous vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evan Gallouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Beillas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Petit</w:t>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46e Congrès de la Société de Biomécanique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+              <w:t xml:space="preserve">46ème Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, SAINT ETIENNE, France. pp S233-S234, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03600218v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03597232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A preliminary movement analysis to understand the take over control action for an autonomous vehicle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Laxity and injury thresholds of knee ligaments in pedestrian accident conditions: simulation-based development of a new experimental protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Benadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xuguang Wang</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Trosseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46ème Congrès de la Société de Biomécanique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+              <w:t xml:space="preserve">46e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint Etienne, France. pp S303-S305, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03597232v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03600218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation of preferred seating positions and postures in reclined seating configurations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Ground Impact Study: Experimental analysis of the severity of a sUAS impact with a human being</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Xuguang Wang</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comfort Congress 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, France. 6p</w:t>
+              <w:t xml:space="preserve">Amuse UX Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Budapest, Hungary. 32p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874775v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground Impact Study: Experimental analysis of the severity of a sUAS impact with a human being</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Berthe</w:t>
+                <w:t xml:space="preserve">Experimental investigation of preferred seating positions and postures in reclined seating configurations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Grebonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Beillas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bermond</w:t>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amuse UX Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Budapest, Hungary. 32p</w:t>
+              <w:t xml:space="preserve">Comfort Congress 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182057v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequence of functional range of motion requirements on the modelling of ligament laxity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Hugo Minster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46e Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Saint Etienne, France. pp S63-S64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03590758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Small Seat Swiveling Angles on Occupant Responses during a Frontal Impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Troseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Grebonval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCX SAE World Congress Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2020, Detroit, United States. 9p, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4271/2020-01-0571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03877190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphing an Existing Open Source Human Body Model into a Personalized Model for Seating Discomfort Investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shenghui Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuguang Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCX SAE World Congress Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2020, Detroit, United States. 3p, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4271/2020-01-0874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03878744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupant response in frontal crash, after alterations of the standard driving position</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Drone impact on human beings : Experimental investigation with sUAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Coussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IRCOBI conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Florence, Italy. 2p</w:t>
+              <w:t xml:space="preserve">Conference ASIDIC - Aerospace Structural Impact Dynamics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Madrid, Spain. 45 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03878783v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02344606v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drone impact on human beings : Experimental investigation with sUAS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Coussa</w:t>
+                <w:t xml:space="preserve">Occupant response in frontal crash, after alterations of the standard driving position</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Grebonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Troseille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference ASIDIC - Aerospace Structural Impact Dynamics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Madrid, Spain. 45 p</w:t>
+              <w:t xml:space="preserve">2019 IRCOBI conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Florence, Italy. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02344606v2</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation Smoothing to use after Positioning of Finite Element Human Body Models</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Development of simulation based liver and spleen injury risk curves for the GHBMC detailed models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IRCOBI Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, ATHENES, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909655v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of simulation based liver and spleen injury risk curves for the GHBMC detailed models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Transformation Smoothing to use after Positioning of Finite Element Human Body Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Janak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Berthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IRCOBI Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, ATHENES, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01909026v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a physiological spinal posture predictor in the piper project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Frechede</w:t>
+                <w:t xml:space="preserve">Obesity and Submarining : a first attempt to scale the GHBMC M50 to an obese subject using the PIPER software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Janak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Gardegaront</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISB 2017 - XXVI Conference of the International Society of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Brisbane, Australia. 1 p</w:t>
+              <w:t xml:space="preserve">Human body modelling in automotive safety - VDI Wissensforum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, BERLIN, Germany. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01769223v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Side impact applications of the PIPER scalable child human body model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Applications of the GHBMC models using the PIPER tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baudrit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on the Protection of Children in Cars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, MUNICH, Germany. 11 p</w:t>
+              <w:t xml:space="preserve">2017 GHBMC Users' Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, PLYMOUTH, United States. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01720419v1</w:t>
+                <w:t xml:space="preserve">hal-01726363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applications of the GHBMC models using the PIPER tools</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Side impact applications of the PIPER scalable child human body model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 GHBMC Users' Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, PLYMOUTH, United States. 2 p</w:t>
+              <w:t xml:space="preserve">15th International Conference on the Protection of Children in Cars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, MUNICH, Germany. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726363v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIPER Open Source framework for Human Body Models: status and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of a physiological spinal posture predictor in the piper project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Frechede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Gardegaront</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human body modelling in automotive safety - VDI Wissensforum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, BERLIN, Germany. 50 p</w:t>
+              <w:t xml:space="preserve">ISB 2017 - XXVI Conference of the International Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Brisbane, Australia. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01726432v1</w:t>
+                <w:t xml:space="preserve">hal-01769223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obesity and Submarining : a first attempt to scale the GHBMC M50 to an obese subject using the PIPER software</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">PIPER Open Source framework for Human Body Models: status and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human body modelling in automotive safety - VDI Wissensforum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2017, BERLIN, Germany. 5 p</w:t>
+              <w:t xml:space="preserve">, Nov 2017, BERLIN, Germany. 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726574v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary evaluation of the internal abdominal response of human body models subjected to impact</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Development and performance of the PIPER scalable child human body models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaogai Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingjia Ying</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Congress of the European Society of Biomechanics (ESB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, LYON, France. 1 p</w:t>
+              <w:t xml:space="preserve">14th International Conference on the Protection of Children in Cars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, MUNICH, Germany. 19 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01844293v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanics of the abdominal wall</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Beillas</w:t>
+                <w:t xml:space="preserve">PIPER: Open source software to position and personalize Human Body models for crash applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Janak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er congrès de la Tunisian Hernia Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, TUNIS, Tunisia. 37 p</w:t>
+              <w:t xml:space="preserve">6th International Symposium: Human Modelling in Automotive Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Munich, Germany. pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578151v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIPER: Open source software to position and personalize Human Body models for crash applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Peres</w:t>
+                <w:t xml:space="preserve">Biomechanics of the abdominal wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podwojewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ottenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium: Human Modelling in Automotive Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Munich, Germany. pp.27</w:t>
+              <w:t xml:space="preserve">1er congrès de la Tunisian Hernia Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, TUNIS, Tunisia. 37 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726378v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01578151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an Open Source Framework to position and personalize Human Body Models</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preliminary evaluation of the internal abdominal response of human body models subjected to impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forty-Fourth International Workshop on Injury Biomechanics Research (NHTSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Washington, DC, United States</w:t>
+              <w:t xml:space="preserve">22nd Congress of the European Society of Biomechanics (ESB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, LYON, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726605v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une introduction au projet Abisup</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of an Open Source Framework to position and personalize Human Body Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kirscht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svein Kleiven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anoop Chawla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion équipe biomécanique – LBMC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Bron, France</w:t>
+              <w:t xml:space="preserve">Forty-Fourth International Workshop on Injury Biomechanics Research (NHTSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03609399v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A public-private integrated framework for in-silico virtual testing: the open-source PIPER project to personalize and position HBMs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Frechede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VPH 2016 - 4th Virtual Physiological Human Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Amsterdam, Netherlands. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01857559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and performance of the PIPER scalable child human body models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Une introduction au projet Abisup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on the Protection of Children in Cars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, MUNICH, Germany. 19 p</w:t>
+              <w:t xml:space="preserve">Réunion équipe biomécanique – LBMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Bron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720414v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical experiments on the abdominal wall: from ex vivo to in vivo</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Estimation of 2D strain in abdominal organs during an impact based on ultrafast ultrasound images: a physical landmark-based approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on "Modelling across the Biologoy-Mechanics Interface"</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">40eme ongrès de la société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, PARIS, France. pp. 2048-2049, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2015.1069551⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01857594v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01725818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatisation de véhicules et situation d'urgence : études expérimentales des effets sur les occupants</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Ongoing efforts on scalable child models, associated tools and procedures in the PIPER project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Collot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kirscht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Innovatives, Voiture du futur, CNRS - Ifsttar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, PARIS, France. 1 p</w:t>
+              <w:t xml:space="preserve">13th International Conference on the Protection of Children in Cars</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, MUNICH, Germany. 17 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320345v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentations in vivo pour l'analyse biomécanique de situations d'urgence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Specifications of a Software Framework to Position and Personalise Human Body Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anurag Soni</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svein Kleiven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kirscht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anoop Chawla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFMT, Journée scientifique du Collège Français de Médecine du Trafic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Paris, France. 1 p</w:t>
+              <w:t xml:space="preserve">International Research Council on the Biomechanics of Injury 2015 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France. pp.594-595</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01316737v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specifications of a Software Framework to Position and Personalise Human Body Models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Biomechanical experiments on the abdominal wall: from ex vivo to in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ottenio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podwojewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Anoop Chawla</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Research Council on the Biomechanics of Injury 2015 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Lyon, France. pp.594-595</w:t>
+              <w:t xml:space="preserve">International workshop on "Modelling across the Biologoy-Mechanics Interface"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, CASTRO URDIALES, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726687v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01857594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ongoing efforts on scalable child models, associated tools and procedures in the PIPER project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatisation de véhicules et situation d'urgence : études expérimentales des effets sur les occupants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on the Protection of Children in Cars</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, MUNICH, Germany. 17 p</w:t>
+              <w:t xml:space="preserve">Les Innovatives, Voiture du futur, CNRS - Ifsttar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, PARIS, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720404v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of 2D strain in abdominal organs during an impact based on ultrafast ultrasound images: a physical landmark-based approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Expérimentations in vivo pour l'analyse biomécanique de situations d'urgence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22eme congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, LYON, France. 4 p</w:t>
+              <w:t xml:space="preserve">CFMT, Journée scientifique du Collège Français de Médecine du Trafic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701051v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of 2D strain in abdominal organs during an impact based on ultrafast ultrasound images: a physical landmark-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40eme ongrès de la société de Biomécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">22eme congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, LYON, France. 4 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01725818v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method to assess the deformations of internal organs of the abdomen during impact</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Q6 Dummy Thoracic Response and Diagonal Belt Interactions: Observations based on Dummy Testing and Human and Dummy Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Fabien Berthet</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heiko Johannsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerd Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NHTSA Workshop 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, SAN DIEGO, United States. 14 p</w:t>
+              <w:t xml:space="preserve">2014 IRCOBI Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, BERLIN, Germany. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720396v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of abdominal loading by shield CRS in frontal impact: comparison between direct loading in isolated tests and sleds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A new method to assess the deformations of internal organs of the abdomen during impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Helfenstein-Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anicet Le Ruyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Protection of children in cars (VD-TUV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Munich, Germany</w:t>
+              <w:t xml:space="preserve">NHTSA Workshop 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, SAN DIEGO, United States. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720995v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q6 Dummy Thoracic Response and Diagonal Belt Interactions: Observations based on Dummy Testing and Human and Dummy Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Assessment of abdominal loading by shield CRS in frontal impact: comparison between direct loading in isolated tests and sleds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anurag Soni</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IRCOBI Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, BERLIN, Germany. 15 p</w:t>
+              <w:t xml:space="preserve">12th International Conference on Protection of children in cars (VD-TUV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01720383v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal kidney's behaviour during compressive loading using ultrafast echography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Helfenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ième congrès de la Société de Biomécanique francophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, MARSEILLE, France. pp. 200-201, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2013.815911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeatability of a protocol to evaluate the effect of storage on the mechanical properties of the kidney in-vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redouane Ternifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Gennisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Tanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00811285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Child abdominal injuries in car restraint systems - An intra-abdominal pressure sensor for the Q-dummy family and proposed viscous injury criterion based on detailed accident analysis and their reconstructions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alonzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 5th World Congress of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, MUNICH, Germany. p. S159, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0021-9290(06)83545-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02108340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9443,154 +9560,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdominal Injury and submarining prediction, ABISUP collaborative project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Compigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Perisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Visite HCERES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Bron, France. Visite HCERES, 1 p, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02509307v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9600,1224 +9717,1299 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q10 dummy in Lateral Impact Report: Advanced Child Dummies and Injury Criteria for Lateral impact. Document No. D661</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jac Wismans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kees Waagmeester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jolyon Carroll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, 76 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01726879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q10 dummy in Lateral Impact Report: Advanced Child Dummies and Injury Criteria for Lateral impact. Document No. 646</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jac Wismans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kees Waagmeester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lemmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jolyon Carroll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, 56 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01726856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q10 dummy Report: Advanced Child Dummies and Injury Criteria for Frontal Impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jac Wismans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kees Waagmeester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lemmen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Burleigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jolyon Carroll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, 374 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01726814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (7)</w:t>
+        <w:t xml:space="preserve">Rapport (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground impact study II Lot 2 : Final Synthesis Report - Univ Eiffel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Pozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Allegre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Gardegaront</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Gustave Eiffel. 2026, 71p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport combiné sur la méthodologie de préparation des modèles et l'analyse des lésions potentielles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Petit</w:t>
+                <w:t xml:space="preserve">Recommandations en termes de besoins de communication avec les autres usagers et de postures acceptables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Tattegrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Amdaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Battaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Baudrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L7.3, Université Gustave Eiffel; Centre Européen d’Etudes de Sécurité et d’Analyse des Risques; Laboratoire d'accidentologie et de biomécanique Renault Peugeot. 2022, 20p</w:t>
+              <w:t xml:space="preserve">L9.1, Université Gustave Eiffel; Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement; Centre Européen d’Etudes de Sécurité et d’Analyse des Risques; Laboratoire d'accidentologie et de biomécanique Renault Peugeot; VEDECOM. 2022, 36p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05474815v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommandations en termes de besoins de communication avec les autres usagers et de postures acceptables</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Baudrit</w:t>
+                <w:t xml:space="preserve">Rapport combiné sur la méthodologie de préparation des modèles et l'analyse des lésions potentielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Grebonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Poulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L9.1, Université Gustave Eiffel; Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement; Centre Européen d’Etudes de Sécurité et d’Analyse des Risques; Laboratoire d'accidentologie et de biomécanique Renault Peugeot; VEDECOM. 2022, 36p</w:t>
+              <w:t xml:space="preserve">L7.3, Université Gustave Eiffel; Centre Européen d’Etudes de Sécurité et d’Analyse des Risques; Laboratoire d'accidentologie et de biomécanique Renault Peugeot. 2022, 20p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05503975v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05474815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités adoptées par les occupants de véhicules autonomes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Ground impact study: drone to dummy head impact test results Final Report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2019, pp.18</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Gustave Eiffel. 2020, pp.75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05474741v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05532213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D3.8 Final version of the personalization and positioning software tool with documentation. PIPER EU Project</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Activités adoptées par les occupants de véhicules autonomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Grébonval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Dupeux</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-01726335v1</w:t>
+                <w:t xml:space="preserve">hal-05474741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIPER EU Project Final publishable summary</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">D3.8 Final version of the personalization and positioning software tool with documentation. PIPER EU Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Frechede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas Janak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dupeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2017, 27 p</w:t>
+              <w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2017, pp.1-337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01726428v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">PIPER EU Project Final publishable summary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Frechede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas Janak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2017, 27 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01726428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">[D1.2] Final child models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xingia Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l'Aménagement et des Réseaux. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01726327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId246"/>
+      <w:footerReference w:type="default" r:id="rId249"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10885,51 +11077,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8EBCECB"/>
+    <w:nsid w:val="E3C98847"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11116,51 +11308,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-beillas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-2984-3649" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147106v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pozzi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gardegaront" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Allegre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beillas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2025-22-0005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124023v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenghui Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Ding" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2023.1170768" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015986v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugo Minster" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lafon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2023.111460" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871138v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Benadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trosseille" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Uriot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2022-22-0003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601649v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Janak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4048575" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376448v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Grebonval" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Troseille" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0257292" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379674v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mignot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chretien" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Judalet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864105v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebarbe" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Janak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2020-22-0006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566551v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chevalier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109757" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169501v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brizard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2018.1536823" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882040v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Berthet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/SC18-22-0004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719729v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2017.1307971" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315939v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Tran" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podwojewski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ottenio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Voirin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2016.03.001" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414483v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Le Ruyet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12200" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CDQSD218-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415055v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rongieras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355323v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Helfenstein-Didier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gennisson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tanter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2016.1165346" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417490v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Soni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.843677" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281820v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Helfenstein" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2014.11.011" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286986v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jolivet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281959v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.04.033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417372v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Guerin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Turquier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2014.07.002" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217966v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mitton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2014.06.031" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M6PL9W04-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937435v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan-Chiao Lu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R. Kemper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Gayzik" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costin D. Untaroiu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868978v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ben Abdelounis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nicolle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.12.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VP2Q06DH-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950596v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soni" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918568v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Ternifi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2013.07.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54H5D5MH-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918598v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2012.09.014" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985644v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghan K. Howes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Stan Gregory" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren N. Hardy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850956v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alonzo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lesire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Leopold" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984657v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis W. Smith" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984359v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Smith" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862704v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maupas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Verriest" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260701433552" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505945v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700030v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ragonet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bermond" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coussa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177329v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087231v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Compigne" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290124v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138727v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delsart" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Priasso" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perroche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Portemont" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290065v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hoffmann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gilles" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867601v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17077/dhm.31775" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788831v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Paccard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781342v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Gallouin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17077/dhm.31754" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828162v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788882v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Richard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800368v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#214;stling" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsutoshi Masuda" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600218v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874775v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182057v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthe" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590758v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877190v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2020-01-0571" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878744v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2020-01-0874" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878783v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344606v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909655v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909026v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769223v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Frechede" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lemaire" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720419v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726363v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baudrit" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Song" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726432v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726574v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844293v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578151v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726378v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Janak" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Peres" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726605v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kirscht" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svein Kleiven" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoop Chawla" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609399v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857559v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720414v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giordano" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Alvarez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaogai Li" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingjia Ying" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857594v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320345v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316737v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726687v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720404v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Collot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701051v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725818v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069551" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720396v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720995v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720383v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Johannsen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Muller" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859767v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815911" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811285v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108340v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83545-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5S9Q2R01-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509307v2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Perisse" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726879v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jac Wismans" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Waagmeester" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolyon Carroll" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martinez" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726856v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lemmen" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726814v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Burleigh" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533962v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05474815v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poulard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05503975v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Tattegrain" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amdaoud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Battaglia" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474741v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gr&#233;bonval" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726335v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupeux" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726428v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726327v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingia Yin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-beillas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-2984-3649" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721650v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenghui Liu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beillas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Ding" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2024.2410225" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147106v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pozzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gardegaront" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Allegre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2025-22-0005" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871138v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Benadi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trosseille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Uriot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lafon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2022-22-0003" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2023.1170768" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015986v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugo Minster" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2023.111460" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376448v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Grebonval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Troseille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0257292" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601649v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Janak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4048575" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864105v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lebarbe" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Janak" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2020-22-0006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379674v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mignot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chretien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Judalet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566551v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chevalier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109757" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169501v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brizard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2018.1536823" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882040v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Berthet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/SC18-22-0004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719729v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2017.1307971" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355323v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Helfenstein-Didier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rongieras" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gennisson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tanter" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389588.2016.1165346" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315939v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Tran" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podwojewski" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ottenio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Voirin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2016.03.001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415055v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Le Ruyet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414483v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12200" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CDQSD218-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281959v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.04.033" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281820v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Helfenstein" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2014.11.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417490v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Soni" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.843677" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286986v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jolivet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417372v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Guerin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Turquier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2014.07.002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217966v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mitton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2014.06.031" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M6PL9W04-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918598v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2012.09.014" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918568v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Ternifi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2013.07.012" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54H5D5MH-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950596v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868978v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ben Abdelounis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nicolle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.12.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VP2Q06DH-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937435v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan-Chiao Lu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew R. Kemper" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Gayzik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costin D. Untaroiu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985644v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghan K. Howes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Stan Gregory" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren N. Hardy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850956v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alonzo" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lesire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Leopold" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984657v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis W. Smith" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984359v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Smith" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862704v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maupas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Verriest" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260701433552" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505945v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700030v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ragonet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bermond" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Coussa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290124v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087231v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Compigne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177329v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290065v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hoffmann" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gilles" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138727v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delsart" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Priasso" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perroche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Portemont" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03828162v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781342v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Gallouin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17077/dhm.31754" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788831v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Paccard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867601v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17077/dhm.31775" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788882v2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Richard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800368v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#214;stling" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsutoshi Masuda" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600218v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182057v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Berthe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874775v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590758v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877190v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2020-01-0571" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878744v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2020-01-0874" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344606v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878783v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909026v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909655v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726574v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726363v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baudrit" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Song" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720419v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769223v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Frechede" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lemaire" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726432v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720414v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Giordano" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Alvarez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaogai Li" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingjia Ying" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726378v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Janak" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Peres" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578151v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844293v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726605v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kirscht" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svein Kleiven" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoop Chawla" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857559v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecomte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609399v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725818v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069551" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720404v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Collot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726687v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857594v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320345v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316737v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701051v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720383v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Johannsen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd Muller" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720396v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720995v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859767v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815911" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811285v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108340v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83545-1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5S9Q2R01-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509307v2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Perisse" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726879v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jac Wismans" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Waagmeester" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolyon Carroll" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martinez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726856v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lemmen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726814v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Burleigh" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533962v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05503975v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Tattegrain" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amdaoud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Battaglia" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05474815v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poulard" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532213v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474741v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gr&#233;bonval" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726335v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupeux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726428v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726327v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingia Yin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>