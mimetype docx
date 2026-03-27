--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the Knowledge of and Behavior Toward COVID-19 and the Possibility of Isolating at a City Level: Survey Study</w:t>
+                <w:t xml:space="preserve">Vaccines and monoclonal antibodies to prevent healthcare-associated bacterial infections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Verot</w:t>
+                <w:t xml:space="preserve">Léo Sauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Chaux</w:t>
+                <w:t xml:space="preserve">Paul Verhoeven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Bonjean</w:t>
+                <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Gagneux-Brunon</w:t>
+                <w:t xml:space="preserve">Stéphane Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10, pp.e47170. </w:t>
+              <w:t xml:space="preserve">Clinical Microbiology Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (3), pp.e0016022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/47170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/cmr.00160-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748431v1</w:t>
+                <w:t xml:space="preserve">hal-04812431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccines and monoclonal antibodies to prevent healthcare-associated bacterial infections</w:t>
+                <w:t xml:space="preserve">Evaluating the Knowledge of and Behavior Toward COVID-19 and the Possibility of Isolating at a City Level: Survey Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Sauvat</w:t>
+                <w:t xml:space="preserve">Elise Verot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Verhoeven</w:t>
+                <w:t xml:space="preserve">Robin Chaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Berthelot</w:t>
+                <w:t xml:space="preserve">Paul Bonjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Paul</w:t>
+                <w:t xml:space="preserve">Amandine Gagneux-Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 37 (3), pp.e0016022. </w:t>
+              <w:t xml:space="preserve">JMIR Public Health and Surveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e47170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/cmr.00160-22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/47170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04812431v1</w:t>
+                <w:t xml:space="preserve">hal-04748431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Evaluation of the BD MAX StaphSR Assay for the Screening of Methicillin-Susceptible and -Resistant Staphylococcus aureus from Nasal Swabs Taken in Intensive Care Unit Patients</w:t>
               </w:r>
@@ -426,51 +426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Haddar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 24 (18), pp.13881. </w:t>
@@ -636,2430 +636,2430 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04805704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of the COVID-19 Knowledges and Behavior Questionnaire in a French Population (CoVQuest-CC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Verot</w:t>
+                <w:t xml:space="preserve">Vaccines for healthcare associated infections without vaccine prevention to date</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gagneux-Brunon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pélissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Bonjean</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Botelho-Nevers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph19052569⟩</w:t>
+              <w:t xml:space="preserve">Vaccine: X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, pp.100168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvacx.2022.100168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748479v1</w:t>
+                <w:t xml:space="preserve">hal-04819906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of influenza vaccination among healthcare workers on hospital-acquired influenza in short-stay hospitalized patients: A multicenter pilot study in France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Benet</w:t>
+                <w:t xml:space="preserve">SARS-CoV-2 rapid test versus RT-qPCR on noninvasive respiratory self-samples during a city mass testing campaign.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bonjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Regis</w:t>
+                <w:t xml:space="preserve">Billal Boulamail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Robert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Fontana</w:t>
+                <w:t xml:space="preserve">Remi Labetoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection Control &amp; Hospital Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/ice.2022.68⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 85 (1), pp.90-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2022.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04059677v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccines for healthcare associated infections without vaccine prevention to date</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Development and Validation of the COVID-19 Knowledges and Behavior Questionnaire in a French Population (CoVQuest-CC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Verot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bonjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Chaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Gagneux-Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine: X</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvacx.2022.100168⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (5), pp.2569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph19052569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04819906v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV-2 rapid test versus RT-qPCR on noninvasive respiratory self-samples during a city mass testing campaign.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elise Verot</w:t>
+                <w:t xml:space="preserve">Effect of influenza vaccination among healthcare workers on hospital-acquired influenza in short-stay hospitalized patients: A multicenter pilot study in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sélilah Amour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Benet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Regis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Billal Boulamail</w:t>
+                <w:t xml:space="preserve">Olivier Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Labetoulle</w:t>
+                <w:t xml:space="preserve">Luc Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 85 (1), pp.90-122. </w:t>
+              <w:t xml:space="preserve">Infection Control &amp; Hospital Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 ((12)), pp.1828-1832. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jinf.2022.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/ice.2022.68⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748476v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence of Asymptomatic and Symptomatic Influenza Among Healthcare Workers: A Multicenter Prospective Cohort Study</w:t>
+                <w:t xml:space="preserve">Platelet Innate Immune Receptors and TLRs: A Double-Edged Sword</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bénet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sélilah Amour</w:t>
+                <w:t xml:space="preserve">Théo Ebermeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Valette</w:t>
+                <w:t xml:space="preserve">Fabrice Cognasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitra Saadatian-Elahi</w:t>
+                <w:t xml:space="preserve">Patrick Mismetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludwig Serge Aho-Glélé</w:t>
+                <w:t xml:space="preserve">Olivier Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 72 (9), pp.e311-e318. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (15), pp.7894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cid/ciaa1109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms22157894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779539v1</w:t>
+                <w:t xml:space="preserve">hal-04995637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors Associated with Psychological Distress in French Medical Students during the COVID-19 Health Crisis: A Cross-Sectional Study</w:t>
+                <w:t xml:space="preserve">A longitudinal study of SARS-CoV-2-infected patients reveals a high correlation between neutralizing antibodies and COVID-19 severity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Pelissier</w:t>
+                <w:t xml:space="preserve">Vincent Legros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Viale</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Berthelot</w:t>
+                <w:t xml:space="preserve">Solène Denolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Poizat</w:t>
+                <w:t xml:space="preserve">Manon Vogrig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Massoubre</w:t>
+                <w:t xml:space="preserve">Bertrand Boson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Siret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph182412951⟩</w:t>
+              <w:t xml:space="preserve">Cellular and molecular immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (2), pp.318-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41423-020-00588-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03772409v1</w:t>
+                <w:t xml:space="preserve">hal-03244286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs contextuels d’efficacité des dispositifs de prévention des infections associées aux soins : les apports de la recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Factors Associated with Psychological Distress in French Medical Students during the COVID-19 Health Crisis: A Cross-Sectional Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Viale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Perez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Brigitte Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Massoubre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hygiènes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (24), pp.12951. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph182412951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04048141v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Platelet Innate Immune Receptors and TLRs: A Double-Edged Sword</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Incidence of Asymptomatic and Symptomatic Influenza Among Healthcare Workers: A Multicenter Prospective Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Mismetti</w:t>
+                <w:t xml:space="preserve">Thomas Bénet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sélilah Amour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Garraud</w:t>
+                <w:t xml:space="preserve">Martine Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitra Saadatian-Elahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Serge Aho-Glélé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22157894⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 72 (9), pp.e311-e318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciaa1109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04995637v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04779539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal study of SARS-CoV-2-infected patients reveals a high correlation between neutralizing antibodies and COVID-19 severity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Solène Denolly</w:t>
+                <w:t xml:space="preserve">Facteurs contextuels d’efficacité des dispositifs de prévention des infections associées aux soins : les apports de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Vogrig</w:t>
+                <w:t xml:space="preserve">Martine Seville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Boson</w:t>
+                <w:t xml:space="preserve">Nathalie L. van Der Mee-Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eglantine Siret</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eve Ronin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Perez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and molecular immunology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Hygiènes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, XXIX (2)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244286v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04048141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health students’ knowledge of sexually transmitted infections and risky behaviors before participation to the health promotion program</w:t>
+                <w:t xml:space="preserve">Do contact precautions reduce the incidence of ICU-acquired Pseudomonas aeruginosa infections? The DPCPYO cluster-randomized crossover trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Raia-Barjat</w:t>
+                <w:t xml:space="preserve">Céline Slekovec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Gannard</w:t>
+                <w:t xml:space="preserve">jerome robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Virieux</w:t>
+                <w:t xml:space="preserve">Nathalie van Der Mee-Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. del Aguila-Berthelot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Nekaa</w:t>
+                <w:t xml:space="preserve">Anne-Marie Rogues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medmal.2020.01.015⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciaa1663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03490697v1</w:t>
+                <w:t xml:space="preserve">hal-03043921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SARS-CoV-2 infection: advocacy for training and social distancing in healthcare settings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Health students’ knowledge of sexually transmitted infections and risky behaviors before participation to the health promotion program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Raia-Barjat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gagneux-Brunon</w:t>
+                <w:t xml:space="preserve">I. Gannard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Pelissier</w:t>
+                <w:t xml:space="preserve">D. Virieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gagnaire</w:t>
+                <w:t xml:space="preserve">C. del Aguila-Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Pillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Pozzetto</w:t>
+                <w:t xml:space="preserve">M. Nekaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hospital Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhin.2020.08.001⟩</w:t>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50, pp.368 - 371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medmal.2020.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03493922v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cluster of Coronavirus Disease 2019 (COVID-19) in the French Alps, February 2020</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SARS-CoV-2 infection: advocacy for training and social distancing in healthcare settings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gagneux-Brunon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kostas Danis</w:t>
+                <w:t xml:space="preserve">C. Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Epaulard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bénet</w:t>
+                <w:t xml:space="preserve">J. Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Gaymard</w:t>
+                <w:t xml:space="preserve">S. Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séphora Campoy</w:t>
+                <w:t xml:space="preserve">B. Pozzetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 71 (15), pp.825-832. </w:t>
+              <w:t xml:space="preserve">Journal of Hospital Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 106, pp.610 - 612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cid/ciaa424⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhin.2020.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779570v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03493922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a decision-aid tool on influenza vaccine coverage among HCW in two French hospitals: A cluster-randomized trial</w:t>
+                <w:t xml:space="preserve">Cluster of Coronavirus Disease 2019 (COVID-19) in the French Alps, February 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Saunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Berthelot</w:t>
+                <w:t xml:space="preserve">Kostas Danis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Mottet-Auselo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Luc Fontana</w:t>
+                <w:t xml:space="preserve">Olivier Epaulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bénet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gaymard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séphora Campoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2020.07.011⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71 (15), pp.825-832. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciaa424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03491335v1</w:t>
+                <w:t xml:space="preserve">hal-04779570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus capitis isolated from bloodstream infections: a nationwide 3-month survey in 38 neonatal intensive care units</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Decalonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Gimenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Goube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 39 (11), pp.2185-94. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10096-020-03925-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02868692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do contact precautions reduce the incidence of ICU-acquired Pseudomonas aeruginosa infections? The DPCPYO cluster-randomized crossover trial</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of a decision-aid tool on influenza vaccine coverage among HCW in two French hospitals: A cluster-randomized trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Rogues</w:t>
+                <w:t xml:space="preserve">Benoît Mottet-Auselo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38, pp.5759 - 5763. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cid/ciaa1663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2020.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03043921v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute kidney injury in infective endocarditis: A retrospective analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Gagneux-Brunon</w:t>
+                <w:t xml:space="preserve">Platelet Inflammatory Response to Stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Cognasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pouvaret</w:t>
+                <w:t xml:space="preserve">Sandrine Laradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Maillard</w:t>
+                <w:t xml:space="preserve">Thomas Bourlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Berthelot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.F. Lutz</w:t>
+                <w:t xml:space="preserve">Hubert Marotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medmal.2019.03.015⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.01478⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03487662v1</w:t>
+                <w:t xml:space="preserve">hal-04834894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular epidemiology of Pseudomonas aeruginosa isolated from infected ICU patients: a French multicenter 2012–2013 study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acute kidney injury in infective endocarditis: A retrospective analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gagneux-Brunon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pouvaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Slekovec</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Rogues</w:t>
+                <w:t xml:space="preserve">N. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10096-019-03519-w⟩</w:t>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49, pp.527 - 533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medmal.2019.03.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02083439v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03487662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Platelet Inflammatory Response to Stress</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Molecular epidemiology of Pseudomonas aeruginosa isolated from infected ICU patients: a French multicenter 2012–2013 study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Slekovec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jerome robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie van Der Mee-Marquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hubert Marotte</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Rogues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, </w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (5), pp.921-926. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.01478⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10096-019-03519-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834894v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hospital-acquired infections documented by repeated annual prevalence surveys over 15 years</w:t>
               </w:r>
@@ -3231,51 +3231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul O Verhoeven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Grattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7, pp.5610. </w:t>
@@ -3447,51 +3447,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective evaluation of RT-PCR on sputum versus culture, urinary antigens and serology for Legionnaire's disease diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Botelho-Nevers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Grattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3900,51 +3900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Girardot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Grattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.H. Helbig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3995,51 +3995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is nasal carriage of the main acquisition pathway for surgical-site infection in orthopaedic surgery?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Grattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4167,77 +4167,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Allegra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Grattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Pozzetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 74 (24), pp.7813 - 7816. </w:t>
@@ -4288,51 +4288,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudomonas aeruginosa may accumulate drug resistance mechanisms without losing its ability to cause bloodstream infections.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Roussel-Delvallez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4435,51 +4435,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-F. Odelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-C. Diana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4528,359 +4528,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00510678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The procedures of hygiene to control hospital-acquired diarrhoea in paediatric wards: a multicentre audit</w:t>
+                <w:t xml:space="preserve">Prospective follow-up of hospital-acquired diarrhoea in 28 paediatric wards of the south-east part of France during a winter season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F. Jusot</w:t>
+                <w:t xml:space="preserve">A. Thuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vanhems</w:t>
+                <w:t xml:space="preserve">H. Patural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Benzait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Patural</w:t>
+                <w:t xml:space="preserve">I. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hospital Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 57, pp.44-51</w:t>
+              <w:t xml:space="preserve">Pathologie Biologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 52, pp.131-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00427606v1</w:t>
+                <w:t xml:space="preserve">hal-00427662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective follow-up of hospital-acquired diarrhoea in 28 paediatric wards of the south-east part of France during a winter season</w:t>
+                <w:t xml:space="preserve">The procedures of hygiene to control hospital-acquired diarrhoea in paediatric wards: a multicentre audit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Thuret</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
+                <w:t xml:space="preserve">J.F. Jusot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vanhems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Benzait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Patural</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">I. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathologie Biologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 52, pp.131-137</w:t>
+              <w:t xml:space="preserve">Journal of Hospital Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 57, pp.44-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00427662v1</w:t>
+                <w:t xml:space="preserve">hal-00427606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reported Measures of Hygiene and Incidence Rates for Hospital-Acquired Diarrhea in 31 French Pediatric Wards: Is There Any Relationship?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Jusot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vanhems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Benzait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Patural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection Control and Hospital Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 24, pp.520-525</w:t>
@@ -4941,77 +4941,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs organisationnels et infections associées aux soins : une revue systématique pour une collaboration Médecine/Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Seville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSP, Oct 2023, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5036,77 +5036,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lutter contre le risque d'infections associées aux soins dans les hôpitaux : la nécessaire « consilience » entre médecine et management stratégique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Seville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXI Conférence de l'AIMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIMS, May 2022, ANNECY, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5183,51 +5183,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Besnehard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Association for Medical Education Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5252,77 +5252,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'un modèle organisationnel de prévention des risques d'infections associées aux soins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Seville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Professeur En Médecine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5386,51 +5386,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Pourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Piatyszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sfez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5533,51 +5533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Marrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Safran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Société Française d'Hygiène Hospitalière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Strasbourg, France</w:t>
@@ -5632,51 +5632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Pourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Piatyszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Londiche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5753,51 +5753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Londiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Piatyszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th SRA Europe Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Lujbjana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6141,51 +6141,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748431v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Chaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gagnaire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bonjean" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gagneux-Brunon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/47170" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812431v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sauvat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Verhoeven" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berthelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Paul" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/cmr.00160-22" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895979v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fayolle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Epercieux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Haddar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241813881" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805704v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ebermeyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hequet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Berard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Prier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Eyraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2023.1094786" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748479v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19052569" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059677v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lilah Amour" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Benet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Regis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fontana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ice.2022.68" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole P&#233;lissier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Botelho-Nevers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvacx.2022.100168" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748476v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billal Boulamail" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Labetoulle" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2022.04.001" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779539v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#233;net" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Valette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Saadatian-Elahi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Serge Aho-Gl&#233;l&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa1109" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772409v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pelissier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Viale" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Poizat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massoubre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182412951" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048141v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Seville" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie L. van Der Mee-Marquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Ronin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Perez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995637v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ebermeyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cognasse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mismetti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Garraud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22157894" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244286v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legros" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denolly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vogrig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Siret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-020-00588-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490697v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Raia-Barjat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gannard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Virieux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. del Aguila-Berthelot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nekaa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2020.01.015" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493922v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gagneux-Brunon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pelissier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gagnaire" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pozzetto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2020.08.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779570v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Danis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaymard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;phora Campoy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa424" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491335v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Saunier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mottet-Auselo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2020.07.011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02868692v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Decalonne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra dos Santos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gimenes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goube" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abadie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-020-03925-5" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043921v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Slekovec" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=jerome robert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie van Der Mee-Marquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Rogues" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa1663" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487662v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouvaret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maillard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthelot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Lutz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.03.015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083439v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Slekovec" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-019-03519-w" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834894v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laradi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourlet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Marotte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01478" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179707v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Spiga" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Subtil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grattard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fascia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mariat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2017.11.008" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770234v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chabert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Damien" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul O Verhoeven" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Grattard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-06024-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01684854v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coignard-Biehler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapp" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chapplain" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Che" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2017.10.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100285v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viallon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Allegra" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jarraud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2016.04.039" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTCJHWGV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488302v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lepelletier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lucet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Astagneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Coignard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vaux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-015-2396-8" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967054v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Girardot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Riffard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pozzetto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02225-10" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637092v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allegra" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Girardot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Helbig" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2011.04955.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568345v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cazorla" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Passot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Fayard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-009-0867-5" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C80C135419A9B0680F93714BE0558A0E78D73E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637093v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01364-08" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464781v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Roussel-Delvallez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Favre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00503-07" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510678v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Odelin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ruel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Diana" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Blanchon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427606v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Jusot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benzait" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Patural" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427662v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thuret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427438v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723906v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048081v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallat" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bertezene" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Besnehard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384472v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Professeur En M&#233;decine" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410422v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pourreau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Piatyszek" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sfez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Londiche" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410419v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marrache" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Safran" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410388v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00411251v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410256v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Auboyer" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812431v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sauvat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Verhoeven" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gagnaire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berthelot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Paul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/cmr.00160-22" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748431v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Verot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Chaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bonjean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gagneux-Brunon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/47170" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895979v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Fayolle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Epercieux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Haddar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241813881" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805704v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Ebermeyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hequet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Berard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Prier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Eyraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2023.1094786" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819906v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole P&#233;lissier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Botelho-Nevers" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvacx.2022.100168" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748476v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billal Boulamail" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Labetoulle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2022.04.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748479v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19052569" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059677v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;lilah Amour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Benet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Regis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fontana" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ice.2022.68" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995637v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ebermeyer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cognasse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mismetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Garraud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22157894" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244286v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legros" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Denolly" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vogrig" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Siret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-020-00588-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772409v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pelissier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Viale" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Poizat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massoubre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph182412951" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779539v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#233;net" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Valette" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitra Saadatian-Elahi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Serge Aho-Gl&#233;l&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa1109" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048141v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Seville" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie L. van Der Mee-Marquet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Ronin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Perez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043921v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Slekovec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=jerome robert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie van Der Mee-Marquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Rogues" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa1663" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490697v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Raia-Barjat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gannard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Virieux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. del Aguila-Berthelot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nekaa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2020.01.015" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gagneux-Brunon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pelissier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gagnaire" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pillet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pozzetto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhin.2020.08.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779570v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas Danis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaymard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;phora Campoy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciaa424" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02868692v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Decalonne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra dos Santos" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gimenes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goube" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abadie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-020-03925-5" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491335v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Saunier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mottet-Auselo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2020.07.011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834894v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Laradi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourlet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Marotte" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01478" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487662v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pouvaret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maillard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthelot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Lutz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.03.015" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083439v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Slekovec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-019-03519-w" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179707v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Spiga" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Subtil" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grattard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fascia" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mariat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2017.11.008" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770234v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chabert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Damien" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul O Verhoeven" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Grattard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-06024-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01684854v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coignard-Biehler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapp" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Chapplain" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Che" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2017.10.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100285v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viallon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Allegra" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jarraud" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2016.04.039" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTCJHWGV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488302v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lepelletier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lucet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Astagneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Coignard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vaux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-015-2396-8" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967054v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Girardot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Riffard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pozzetto" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02225-10" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637092v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allegra" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Girardot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Helbig" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2011.04955.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568345v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cazorla" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Passot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Fayard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-009-0867-5" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C80C135419A9B0680F93714BE0558A0E78D73E7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637093v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01364-08" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464781v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Roussel-Delvallez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Favre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Jeannot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00503-07" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510678v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Odelin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ruel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Diana" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Blanchon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427662v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thuret" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Patural" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Benzait" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427606v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Jusot" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427438v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723906v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048081v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallat" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bertezene" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Besnehard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384472v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Professeur En M&#233;decine" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410422v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pourreau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Piatyszek" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sfez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Londiche" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410419v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marrache" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Safran" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410388v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00411251v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00410256v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Auboyer" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>