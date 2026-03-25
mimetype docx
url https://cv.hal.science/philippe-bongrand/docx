--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -452,524 +452,537 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03545436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La classe est ouverte, qu’est-ce que ça change ?</w:t>
+                <w:t xml:space="preserve">La classe est ouverte, qu’est-ce que ça change ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bordais</w:t>
+                <w:t xml:space="preserve">Julie Pelhate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Catayée</w:t>
+                <w:t xml:space="preserve">Pascale Ponté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Colin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Rayou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 564, pp.44-46</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03561353v1</w:t>
+                <w:t xml:space="preserve">hal-03184443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les rapports à l’école comme rapports à l’État</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La classe est ouverte, qu’est-ce que ça change ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bordais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Barrault-Stella</w:t>
+                <w:t xml:space="preserve">Murielle Catayée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bongrand</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmine Siblot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabien Delpeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politix</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 564, pp.44-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03184254v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coéducation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les rapports à l’école comme rapports à l’État</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Barrault-Stella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Hugrée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Siblot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carnets rouges</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (130), pp.7-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.130.0007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03184483v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La classe est ouverte, qu’est-ce que ça change ?</w:t>
+                <w:t xml:space="preserve">Coéducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Rayou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
+              <w:t xml:space="preserve">Carnets rouges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03184443v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Home Education through the Lens of Municipal Records: A Case Study in the Parisian Suburbs</w:t>
+                <w:t xml:space="preserve">Que faire de la parole des élèves? La professionnalité enseignante à l’épreuve des dispositifs de prévention du décrochage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ponté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peabody Journal of Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 94 (3), pp.328-341. </w:t>
+              <w:t xml:space="preserve">Éducation et francophonie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (1), pp.229-245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/0161956X.2019.1617586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1060856ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184320v1</w:t>
+                <w:t xml:space="preserve">hal-03184323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilemmes et défis de l’État éducateur face au développement de l’instruction en famille en France</w:t>
               </w:r>
@@ -1027,378 +1040,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que faire de la parole des élèves? La professionnalité enseignante à l’épreuve des dispositifs de prévention du décrochage</w:t>
+                <w:t xml:space="preserve">Home Education through the Lens of Municipal Records: A Case Study in the Parisian Suburbs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Ponté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation et francophonie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 47 (1), pp.229-245. </w:t>
+              <w:t xml:space="preserve">Peabody Journal of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 94 (3), pp.328-341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1060856ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/0161956X.2019.1617586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184323v1</w:t>
+                <w:t xml:space="preserve">hal-03184320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dénombrer les enfants et adolescents instruits hors établissement : pratiques, enjeux et problèmes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nommer et classer les familles qui instruisent hors établissement : des discours en concurrence pour l’émergence d’un « choix » légitime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 205, pp.35-49. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rfp.8591⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 205, pp.21-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfp.8586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184325v1</w:t>
+                <w:t xml:space="preserve">hal-03184330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instruction(s) en famille. Explorations sociologiques d’un phénomène émergent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dénombrer les enfants et adolescents instruits hors établissement : pratiques, enjeux et problèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Glasman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Glasman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 205, pp.5 - 19. </w:t>
+              <w:t xml:space="preserve">, 2018, 205, pp.35-49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rfp.8581⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfp.8591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03184329v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nommer et classer les familles qui instruisent hors établissement : des discours en concurrence pour l’émergence d’un « choix » légitime</w:t>
+                <w:t xml:space="preserve">Instruction(s) en famille. Explorations sociologiques d’un phénomène émergent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Glasman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de pédagogie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 205, pp.21-34. </w:t>
+              <w:t xml:space="preserve">, 2018, 205, pp.5 - 19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rfp.8586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rfp.8581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184330v1</w:t>
+                <w:t xml:space="preserve">hal-03184329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À propos du rôle des parents dans la persistance d'un &amp;quot;irritant&amp;quot; : les devoirs à la maison à l'école élémentaire</w:t>
               </w:r>
@@ -1694,343 +1694,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02980731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La légitimité précaire de l'expertise. Un « Centre de ressources » entre science et politique : le Centre Alain Savary (1993-2004)</w:t>
+                <w:t xml:space="preserve">Compte rendu de : Georges Felouzis, Christian Maroy,Agnès van Zanten (2013)Les Marchés scolaires. Sociologied’une politique publique d’éducationParis, PUF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 37 (1), pp.15-27. </w:t>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (2), pp.125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cdle.037.0015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/gap.142.0125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184335v1</w:t>
+                <w:t xml:space="preserve">hal-03184612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte rendu de : Georges Felouzis, Christian Maroy,Agnès van Zanten (2013)Les Marchés scolaires. Sociologied’une politique publique d’éducationParis, PUF</w:t>
+                <w:t xml:space="preserve">La légitimité précaire de l'expertise. Un « Centre de ressources » entre science et politique : le Centre Alain Savary (1993-2004)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (2), pp.125. </w:t>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37 (1), pp.15-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gap.142.0125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cdle.037.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184612v1</w:t>
+                <w:t xml:space="preserve">hal-03184335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savoirs et autonomisation de l'administration dans les réformes de l'Instruction publique sous Jules Ferry (1879-1883)</w:t>
+                <w:t xml:space="preserve">La mise en système et l'économicisation de l'enseignement en France au début des années 1950 : la fonctionnalisation d'une institution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 4 (1), pp.115-137. </w:t>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n° 98 (2), pp.35-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gap.124.0115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/pox.098.0035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184338v1</w:t>
+                <w:t xml:space="preserve">hal-03184344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en système et l'économicisation de l'enseignement en France au début des années 1950 : la fonctionnalisation d'une institution</w:t>
+                <w:t xml:space="preserve">Savoirs et autonomisation de l'administration dans les réformes de l'Instruction publique sous Jules Ferry (1879-1883)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politix</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, n° 98 (2), pp.35-56. </w:t>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 4 (1), pp.115-137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pox.098.0035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/gap.124.0115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03184344v1</w:t>
+                <w:t xml:space="preserve">hal-03184338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’introduction controversée de l’« excellence » dans la politique française d’éducation prioritaire (1999-2005)</w:t>
               </w:r>
@@ -2280,412 +2280,412 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers éléments statistiques sur l'instruction en famille en France</w:t>
+                <w:t xml:space="preserve">« Et la socialisation des enfants ? ». Apports et limites des enquêtes de mairie mises en œuvre par des assistantes sociales d’une grande ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Farges</w:t>
-[...34 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amélie Derobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'instruction en famille en France : Profils, mobiles et pratiques au tournant des années 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L’instruction en famille en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.221-272, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14tte⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05295535v1</w:t>
+                <w:t xml:space="preserve">hal-05506058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Et la socialisation des enfants ? ». Apports et limites des enquêtes de mairie mises en œuvre par des assistantes sociales d’une grande ville</w:t>
+                <w:t xml:space="preserve">Premiers éléments statistiques sur l'instruction en famille en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Derobert</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Géraldine Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Glasman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Tenret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bongrand, Philippe. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’instruction en famille en France</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'instruction en famille en France : Profils, mobiles et pratiques au tournant des années 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.63-86, 2025, 978-2-7535-9902-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506058v1</w:t>
+                <w:t xml:space="preserve">hal-05295535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interagir avec les acteurs des politiques éducatives en tant que chercheur</w:t>
+                <w:t xml:space="preserve">Chapitre 8. Interagir avec les acteurs des politiques éducatives en tant que chercheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enquêter dans les métiers de l’humain. Traité de méthodologie de la recherche en sciences de l’éducation et de la formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Raison et Passions, pp.204-220, 2022, 9782917645994. </w:t>
+              <w:t xml:space="preserve">Enquêter dans les métiers de l’humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Raison et Passions, pp.204-220, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rp.alber.2022.03.0204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04229788v1</w:t>
+                <w:t xml:space="preserve">hal-04622703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 8. Interagir avec les acteurs des politiques éducatives en tant que chercheur</w:t>
+                <w:t xml:space="preserve">Interagir avec les acteurs des politiques éducatives en tant que chercheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enquêter dans les métiers de l’humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Raison et Passions, pp.204-220, 2022, </w:t>
+              <w:t xml:space="preserve">Enquêter dans les métiers de l’humain. Traité de méthodologie de la recherche en sciences de l’éducation et de la formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Raison et Passions, pp.204-220, 2022, 9782917645994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rp.alber.2022.03.0204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04622703v1</w:t>
+                <w:t xml:space="preserve">hal-04229788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composer avec les enjeux politiques : l’exemple des recherches collaboratives</w:t>
               </w:r>
@@ -4154,51 +4154,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5131697D"/>
+    <w:nsid w:val="36A7E30B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4385,51 +4385,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-bongrand" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3129-5174" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cyu.fr/philippe-bongrand-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475565v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bongrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04283916v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Hugon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Viaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545436v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Heurdier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.051.0053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03561353v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bordais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Catay&#233;e" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Colin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delpeux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184254v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Barrault-Stella" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hugr&#233;e" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siblot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.130.0007" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184483v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pelhate" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pont&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184320v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0161956X.2019.1617586" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184549v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ries.9206" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184323v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1060856ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184325v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Glasman" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8591" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184329v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8581" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184330v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8586" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184561v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/admed.153.0087" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03184620v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.562.0385" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184331v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15582159.2016.1202071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nordmann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.037.0015" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184612v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.142.0125" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.124.0115" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184344v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.098.0035" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184350v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.3379" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192410v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03184826v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Laborier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.551.0073" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05295535v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Farges" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tenret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05506058v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derobert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229788v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pons" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.alber.2022.03.0204" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622703v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.alber.2022.03.0397" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229875v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.alber.2022.01.0478" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184361v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-653-06867-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184370v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184817v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184382v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100132750" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.6767" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782804184742-ecole-et-mutation" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184411v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bor&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colinet S&#233;verine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Elalouf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meskel-Cresta" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184414v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429762v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184418v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184427v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sciences-medias.ens-lyon.fr/article.php3?id_article=71" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184389v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02982432v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vasconcellos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321280v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184602v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-bongrand" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3129-5174" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cyu.fr/philippe-bongrand-1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475565v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bongrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04283916v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Hugon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Viaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545436v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Heurdier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.051.0053" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184443v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pelhate" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pont&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03561353v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bordais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Catay&#233;e" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Colin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delpeux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184254v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Barrault-Stella" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hugr&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siblot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.130.0007" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184483v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184323v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1060856ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184549v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ries.9206" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184320v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0161956X.2019.1617586" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184330v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8586" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Glasman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8591" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184329v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8581" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184561v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/admed.153.0087" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03184620v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.562.0385" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184331v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15582159.2016.1202071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nordmann" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184612v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.142.0125" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184335v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.037.0015" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184344v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.098.0035" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184338v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.124.0115" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184350v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.3379" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192410v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03184826v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Laborier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.551.0073" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-05506058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Derobert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05295535v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Farges" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Tenret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622703v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pons" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.alber.2022.03.0204" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229788v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.alber.2022.03.0397" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229875v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rp.alber.2022.01.0478" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184361v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-653-06867-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184370v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184817v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184382v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100132750" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.6767" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184399v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782804184742-ecole-et-mutation" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184411v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bor&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colinet S&#233;verine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Elalouf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Meskel-Cresta" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184414v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429762v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184418v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184427v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sciences-medias.ens-lyon.fr/article.php3?id_article=71" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184389v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02982432v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vasconcellos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321280v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184602v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>