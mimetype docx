--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1755,277 +1755,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00633289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Realization of Si$_{1-x-y}$Ge$_x$C$_y$/Si heterostructures by pulsed laser induced epitaxy of C$^+$ implanted pseudomorphic SiGe films and of a SiGeC:H films deposited on Si(100)</w:t>
+                <w:t xml:space="preserve">Erbium doping of silicon and silicon carbide using ion beam induced epitaxial crystallization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Boulmer</w:t>
+                <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Desmur-Larre</w:t>
+                <w:t xml:space="preserve">F.H. Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Guedj</w:t>
+                <w:t xml:space="preserve">J.M. Lourtioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Debarre</w:t>
+                <w:t xml:space="preserve">H. Bernas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Boucaud</w:t>
+                <w:t xml:space="preserve">C. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser-Induced Thin Film Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 1995, San Jose, United States. pp.367-372</w:t>
+              <w:t xml:space="preserve">Symposium of the Materials Research Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1995, Pittsburgh, United States. pp.141-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00000644v1</w:t>
+                <w:t xml:space="preserve">in2p3-00001816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erbium doping of silicon and silicon carbide using ion beam induced epitaxial crystallization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Realization of Si$_{1-x-y}$Ge$_x$C$_y$/Si heterostructures by pulsed laser induced epitaxy of C$^+$ implanted pseudomorphic SiGe films and of a SiGeC:H films deposited on Si(100)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Boulmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Desmur-Larre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Debarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium of the Materials Research Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1995, Pittsburgh, United States. pp.141-146</w:t>
+              <w:t xml:space="preserve">Laser-Induced Thin Film Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 1995, San Jose, United States. pp.367-372</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00001816v1</w:t>
+                <w:t xml:space="preserve">in2p3-00000644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion beam-induced interfacial growth in Si and silicides</w:t>
               </w:r>
@@ -2050,51 +2050,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nedellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.O. Ruault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bernas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X.W. Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2162,299 +2162,299 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives for III-Nitride photonic platforms</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multimode Emission in GaN Microdisk Lasers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Reserbat-Plantey</w:t>
+                <w:t xml:space="preserve">Monty Drechsler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Sung‐min Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farsane Tabataba-Vakili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Nippert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aris Koulas-Simos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Futures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2399-1984/ad41aa⟩</w:t>
+              <w:t xml:space="preserve">Laser and Photonics Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 18 (10), pp.2400221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/lpor.202400221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04560375v1</w:t>
+                <w:t xml:space="preserve">hal-04570271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimode Emission in GaN Microdisk Lasers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Felix Nippert</w:t>
+                <w:t xml:space="preserve">Perspectives for III-Nitride photonic platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Boucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nagesh Bhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Gromovyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moustafa El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aris Koulas-Simos</w:t>
+                <w:t xml:space="preserve">Antoine Reserbat-Plantey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser and Photonics Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 18 (10), pp.2400221. </w:t>
+              <w:t xml:space="preserve">Nano Futures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (2), pp.022001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/lpor.202400221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2399-1984/ad41aa⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04570271v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GaN/AlN bilayers for integrated photonics</w:t>
               </w:r>
@@ -2747,51 +2747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Al Khalfioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Reserbat-Plantey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3104,295 +3104,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Up to 300 K lasing with GeSn-On-Insulator microdisk resonators</w:t>
+                <w:t xml:space="preserve">Up to 300 K lasing with GeSn-On-Insulator microdisk resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bjelajac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Gromovyi</w:t>
+                <w:t xml:space="preserve">A Bjelajac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Gromovyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Sakat</w:t>
+                <w:t xml:space="preserve">Emilie Sakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Wang</w:t>
+                <w:t xml:space="preserve">Gilles Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Patriarche</w:t>
+                <w:t xml:space="preserve">N Pauc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 30 (3), pp.3954. </w:t>
+              <w:t xml:space="preserve">, 2022, 30, pp.3954-3961. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.449895⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/oe.449895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04829631v1</w:t>
+                <w:t xml:space="preserve">hal-03539837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Up to 300 K lasing with GeSn-On-Insulator microdisk resonators</w:t>
+                <w:t xml:space="preserve">Up to 300 K lasing with GeSn-On-Insulator microdisk resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bjelajac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maksym Gromovyi</w:t>
+                <w:t xml:space="preserve">A. Bjelajac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gromovyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Sakat</w:t>
+                <w:t xml:space="preserve">E. Sakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Patriarche</w:t>
+                <w:t xml:space="preserve">B. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Pauc</w:t>
+                <w:t xml:space="preserve">G. Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 30, pp.3954-3961. </w:t>
+              <w:t xml:space="preserve">, 2022, 30 (3), pp.3954. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/oe.449895⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.449895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03539837v1</w:t>
+                <w:t xml:space="preserve">hal-04829631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-loss GaN-on-insulator platform for integrated photonics</w:t>
               </w:r>
@@ -3659,51 +3659,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser infrarouge à base de semi-conducteurs de la filière silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3793,51 +3793,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GeSnOI mid-infrared laser technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binbin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Herth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4368,51 +4368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils von den Driesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Pantzas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 14 (6), pp.375-382. </w:t>
@@ -4476,51 +4476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Elbaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riazul Arefin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sakat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binbin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4708,295 +4708,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of critical coupling in an active III-nitride microdisk photonic circuit on silicon</w:t>
+                <w:t xml:space="preserve">III-nitride on silicon electrically injected microrings for nanophotonic circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farsane Tabataba-Vakili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Rennesson</w:t>
+                <w:t xml:space="preserve">Stéphanie Rennesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Damilano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Frayssinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-54416-3⟩</w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (8), pp.11800-11808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OE.27.011800⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393815v1</w:t>
+                <w:t xml:space="preserve">hal-02100722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">III-nitride on silicon electrically injected microrings for nanophotonic circuits</w:t>
+                <w:t xml:space="preserve">Demonstration of critical coupling in an active III-nitride microdisk photonic circuit on silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farsane Tabataba-Vakili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Frayssinet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Doyennette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Brimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Duboz</w:t>
+                <w:t xml:space="preserve">Stephanie Rennesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 27 (8), pp.11800-11808. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.18095. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.27.011800⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-54416-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02100722v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of tensile strain on low Sn content GeSn lasing</w:t>
               </w:r>
@@ -5436,51 +5436,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Brimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Rennesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5 (9), pp.3643. </w:t>
@@ -5682,51 +5682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimeric Courville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rennesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Semond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5905,286 +5905,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-sensitive diamond photonic crystals for high-performance gas detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phase-matched second harmonic generation with on-chip GaN-on-Si microdisks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iannis Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Gromovyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Blin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Boucaud</w:t>
+                <w:t xml:space="preserve">Y. Zeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Kurdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01865582v1</w:t>
+                <w:t xml:space="preserve">hal-01636574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-matched second harmonic generation with on-chip GaN-on-Si microdisks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Sauvage</w:t>
+                <w:t xml:space="preserve">Surface-sensitive diamond photonic crystals for high-performance gas detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bergonzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OL.41.004360⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01636574v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01865582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep-UV nitride-on-silicon microdisk lasers</w:t>
               </w:r>
@@ -6298,338 +6298,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01308209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging of Photonic Crystal Localized Modes through Third-Harmonic Generation</w:t>
+                <w:t xml:space="preserve">Phase-matched second harmonic generation with on-chip GaN-on-Si microdisks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Iännis Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gromovyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yijia Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa El Kurdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.6b00236⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.34191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep34191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398059v1</w:t>
+                <w:t xml:space="preserve">hal-02087428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-matched second harmonic generation with on-chip GaN-on-Si microdisks</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+                <w:t xml:space="preserve">Imaging of Photonic Crystal Localized Modes through Third-Harmonic Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijia Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iannis Roland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Checoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa El Kurdi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6, pp.34191. </w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (7), pp.1240-1247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep34191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.6b00236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02087428v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01398059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared III-nitride-on-silicon nanophotonic platform with microdisk resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Checoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6892,51 +6892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ghrib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.015013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6961,90 +6961,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant second harmonic generation in a gallium nitride two-dimensional photonic crystal on silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iännis Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Checoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7241,103 +7241,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared gallium nitride two-dimensional photonic crystal platform on silicon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iännis Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Checoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 105, pp.011104. </w:t>
@@ -7669,51 +7669,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candice Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Checoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Gesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7829,51 +7829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Néel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rennesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">physica status solidi (b)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Physica Status Solidi B, 249 (3), pp.449-454. </w:t>
@@ -8338,51 +8338,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a mid-infrared polaron laser using InAs/GaAs self-assembled quantum dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8502,51 +8502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Charvolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 88 (9), pp.091122</w:t>
@@ -8739,51 +8739,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh V. Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Yam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8877,51 +8877,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Yam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 132, pp.163-170</w:t>
@@ -9114,51 +9114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Fishman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9213,51 +9213,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroabsorption spectroscopy of Ge∕Si self-assembled islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9351,51 +9351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Ortega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9605,51 +9605,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-linear infrared properties of InAs/GaAs self-assembled quantum dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Brunhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9751,51 +9751,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromodulation of the interband and intraband absorption of Ge/Si self-assembled islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Elkurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9876,51 +9876,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon-on-insulator and SiGe waveguide photodetectors with Ge/Si self-assembled islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10001,51 +10001,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared waveguide photodetector with Ge/Si self-assembled quantum dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Elkurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10126,51 +10126,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon–on–insulator waveguide photodetector with Ge/Si self-assembled islands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Kurdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10251,51 +10251,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dephasing of intersublevel polarizations in InAs/GaAs self-assembled quantum dots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Brunhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10372,90 +10372,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erbium doping of Si via ion-beam-induced epitaxial crystallization: another route to room-temperature photoluminescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bernas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10510,77 +10510,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep erbium-ytterbium implantation codoping of low-loss silicon oxynitride waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Chelnokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Lourtioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bernas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10635,77 +10635,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep high-dose erbium implantation of low-loss silicon oxynitride waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Chelnokov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Lourtioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bernas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10747,51 +10747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génération de second-harmonique dans les puits quantiques asymetriques GaAs-AlGaAs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10863,51 +10863,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser diode modulation of 10.6~μm radiation in GaAs/AlGaAs quantum wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. D. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. H. Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11250,51 +11250,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxim Gromovyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Roland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Checoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11675,51 +11675,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Gromovyi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagesh Bhat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baldi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa El Kurdi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3042971" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952415v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brimont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Doyennette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farsane Tabataba-Vakili" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Roland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Kurdi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952364v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sell&#233;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crepel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gayral" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Damilano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951768v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gayral" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meletios Mexis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951054v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308239v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Selles" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cassabois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308247v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Lin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132090v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boucaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rousset" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine N&#233;el" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Checoury" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633287v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sergent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bretagnon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633272v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201001161" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C5E0022CF5DABC414054A009FE5C3FDACD514B0D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641080v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aniel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Richard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tea" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sauvage" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633289v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000644v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boulmer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desmur-Larre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guedj" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debarre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boucaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00001816v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Julien" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lourtioz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bernas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clerc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000597v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fortuna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nedellec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Ruault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.W. Lin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560375v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Reserbat-Plantey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2399-1984/ad41aa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570271v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monty Drechsler" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Sung&#8208;min Choi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Nippert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Koulas-Simos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lpor.202400221" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484997v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Checoury" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.515887" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211196v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gromovyi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bhat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baldi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.501221" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058161v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tuan Dau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Al Khalfioui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane V&#233;zian" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31928-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vermeulen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Espinosa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ball" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Ballato" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/ac9e2f" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681897v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Zi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk Fai Cheung" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frayssinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Alloing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.449482" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829631v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bjelajac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sakat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.449895" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539837v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bjelajac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sakat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pauc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.449895" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681050v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tabataba-Vakili" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.461138" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285358v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.449482" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322277v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hartmann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reboud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Chelnokov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202110940" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842043v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Wang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andjelika Bjelajac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-021-00675-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986491v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Elbaz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Arefin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sakat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Wang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.0c00708" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946015v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0015252" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908380v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Souissi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.395371" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883866v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Elbaz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Buca" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils von den Driesch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Pantzas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-020-0601-5" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986484v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riazul Arefin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194040v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Luong" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Le Thanh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghrib" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab182b" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393815v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rennesson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54416-3" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100722v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rennesson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duboz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.011800" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165210v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rainko" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Ikonic" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Stange" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36837-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106478v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elbaz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aassime" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sauvage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.028376" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935762v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Moille" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Combri&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Morgenroth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lehoucq" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.006400" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951027v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.8b00542" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155862v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M El Kurdi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636495v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimeric Courville" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Semond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.023035" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631144v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Roland" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mo Tran" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4997124" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865582v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Han" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Girard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bergonzo" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.004360" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636574v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zeng" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308209v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valvin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21650" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398059v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijia Zeng" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Han" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.6b00236" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087428v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#228;nnis Roland" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sauvage" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34191" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334017v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.009602" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469387v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4971357" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178879v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. Phuong Luong" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Thanh" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130620v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913679" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975160v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K.P. Luong" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Dau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Zrir" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.027" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37QP3H5W-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130613v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4887065" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916331v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rousset" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.005059" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914738v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. P. Luong" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stoffel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818945" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01791383v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Blin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gesset" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Saada" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201300331" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905246v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meletis Mexis" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201100226" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CFC1D4139D1F5120BF494933AA19C2CFD2E7810F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710682v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sam-Giao" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Rashid" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4712590" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554481v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.002203" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632917v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3605592" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187166v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvage" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bras" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fishman" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ortega" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996875v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cluzel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Charvolin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996848v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain David" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110188v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. Nguyen-Duc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh V. Le" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yam" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068514v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Derrien" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996844v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116798v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939892v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aniel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116664v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. G&#233;rard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175606v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghyselen" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Hartmann" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aulnette" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osternaud" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2004.01.011" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGR41TH0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915328v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brunhes" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9002(03)01865-5" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJQ01XC1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939876v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elkurdi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kermarrec" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939875v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939868v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sauvage" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Campidelli" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939869v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915336v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broquier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.153312" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000547v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chaumont" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Julien" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000585v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Chelnokov" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000666v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248563v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1991105" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F8F8585857CB0694931F9B3A51C185AA59E4DDE2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904296v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Yang" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H. Julien" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chusseau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Lourtioz" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19900983" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388953v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952385v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311846v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Gromovyi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491920v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Fishman" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Gromovyi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagesh Bhat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Baldi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa El Kurdi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3042971" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952415v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brimont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Doyennette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farsane Tabataba-Vakili" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Roland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Kurdi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952364v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sell&#233;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Crepel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gayral" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Damilano" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951768v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Guizal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gayral" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meletios Mexis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951054v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308239v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Selles" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cassabois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308247v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Lin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132090v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boucaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rousset" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine N&#233;el" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Checoury" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633287v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Sergent" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bretagnon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633272v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.201001161" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C5E0022CF5DABC414054A009FE5C3FDACD514B0D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641080v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aniel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Richard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tea" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sauvage" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633289v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00001816v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boucaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H. Julien" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lourtioz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bernas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clerc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000644v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Boulmer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desmur-Larre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guedj" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Debarre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000597v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fortuna" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nedellec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Ruault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X.W. Lin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570271v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monty Drechsler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Sung&#8208;min Choi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Nippert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Koulas-Simos" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lpor.202400221" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560375v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Reserbat-Plantey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2399-1984/ad41aa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484997v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Checoury" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Damilano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ome.515887" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211196v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gromovyi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bhat" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tronche" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baldi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.501221" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058161v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tuan Dau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Al Khalfioui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Michon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane V&#233;zian" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31928-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835731v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vermeulen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Espinosa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ball" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Ballato" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/ac9e2f" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681897v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Zi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuk Fai Cheung" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frayssinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Alloing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.449482" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539837v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bjelajac" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sakat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Patriarche" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pauc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.449895" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829631v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bjelajac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sakat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Wang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.449895" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681050v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herth" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tabataba-Vakili" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.461138" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285358v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.449482" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322277v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hartmann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Reboud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Chelnokov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202110940" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842043v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binbin Wang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andjelika Bjelajac" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-021-00675-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986491v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Elbaz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Arefin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Sakat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Wang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.0c00708" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946015v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0015252" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908380v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Souissi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.395371" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883866v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Elbaz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Buca" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils von den Driesch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Pantzas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-020-0601-5" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986484v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riazul Arefin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194040v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Luong" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Le Thanh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ghrib" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab182b" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100722v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rennesson" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Duboz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.011800" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393815v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Rennesson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54416-3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165210v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rainko" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Ikonic" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Stange" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-36837-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106478v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elbaz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aassime" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sauvage" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.028376" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935762v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Moille" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Combri&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Morgenroth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lehoucq" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.006400" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951027v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.8b00542" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155862v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M El Kurdi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sauvage" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636495v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brault" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimeric Courville" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Semond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.023035" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631144v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iannis Roland" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Mo Tran" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4997124" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636574v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zeng" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865582v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Han" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Girard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bergonzo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.004360" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01308209v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valvin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep21650" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087428v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I&#228;nnis Roland" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijia Zeng" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sauvage" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep34191" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398059v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Han" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.6b00236" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334017v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.009602" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469387v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4971357" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178879v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. Phuong Luong" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Thanh" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130620v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913679" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975160v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K.P. Luong" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Dau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Zrir" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.027" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37QP3H5W-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130613v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4887065" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916331v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rousset" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.005059" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914738v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. P. Luong" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stoffel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4818945" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01791383v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Blin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gesset" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Saada" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.201300331" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905246v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meletis Mexis" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201100226" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CFC1D4139D1F5120BF494933AA19C2CFD2E7810F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710682v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Sam-Giao" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Rashid" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4712590" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554481v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.002203" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632917v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3605592" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187166v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvage" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bras" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fishman" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Ortega" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996875v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cluzel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Charvolin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996848v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Li" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain David" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110188v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. Nguyen-Duc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh V. Le" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yam" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068514v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Derrien" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996844v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116798v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939892v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aniel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116664v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. G&#233;rard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175606v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghyselen" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Hartmann" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aulnette" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osternaud" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2004.01.011" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGR41TH0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915328v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brunhes" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-9002(03)01865-5" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZJQ01XC1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939876v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elkurdi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kermarrec" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939875v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939868v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sauvage" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Campidelli" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939869v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915336v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broquier" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.153312" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000547v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chaumont" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Julien" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000585v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Chelnokov" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000666v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248563v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1991105" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F8F8585857CB0694931F9B3A51C185AA59E4DDE2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904296v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. Yang" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H. Julien" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chusseau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Lourtioz" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:19900983" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388953v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952385v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311846v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Gromovyi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00491920v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Fishman" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>