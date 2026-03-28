--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -4728,165 +4728,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02368903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intervention au Carrefour local de l’eau : table ronde sur l’apport des sciences humaines et sociales dans la gestion territoriale de l’eau</w:t>
+                <w:t xml:space="preserve">Projet Morpheus : quel(s) rôle(s) les sciences humaines et sociales jouent-elles dans l’acceptabilité des projets de restauration ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefour Local de l'eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Blois, France</w:t>
+              <w:t xml:space="preserve">97è Congrès de l'Association Scientifique et Technique pour l'eau et l'environnement (ASTEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Marseille, France. pp.Session 17 (07 juin)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02968509v1</w:t>
+                <w:t xml:space="preserve">hal-02975337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Morpheus : quel(s) rôle(s) les sciences humaines et sociales jouent-elles dans l’acceptabilité des projets de restauration ?</w:t>
+                <w:t xml:space="preserve">Intervention au Carrefour local de l’eau : table ronde sur l’apport des sciences humaines et sociales dans la gestion territoriale de l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">97è Congrès de l'Association Scientifique et Technique pour l'eau et l'environnement (ASTEE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Marseille, France. pp.Session 17 (07 juin)</w:t>
+              <w:t xml:space="preserve">Carrefour Local de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02975337v1</w:t>
+                <w:t xml:space="preserve">hal-02968509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">River restoration as an adaptation to climate change: Towards a definition of socio-ecological resilience, the case of Flume river in Brittany</w:t>
               </w:r>
@@ -5181,230 +5181,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants et enjeux de la perception sociale locale de projets d’élevages porcins, avicoles et bovins en Bretagne, Auvergne et Région Centre Val De Loire. Regards croisés de différents acteurs du territoire, favorables ou défavorables aux projets</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transition écologique et sociale : quelle requalification de la question environnementale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Neumeister</w:t>
+                <w:t xml:space="preserve">Marie Jacqué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bâtiments d'élevage de demain : construire l’avenir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Lille, France</w:t>
+              <w:t xml:space="preserve">VIIème congrès de l'AFS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03053717v1</w:t>
+                <w:t xml:space="preserve">halshs-01638835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition écologique et sociale : quelle requalification de la question environnementale ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déterminants et enjeux de la perception sociale locale de projets d’élevages porcins, avicoles et bovins en Bretagne, Auvergne et Région Centre Val De Loire. Regards croisés de différents acteurs du territoire, favorables ou défavorables aux projets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laurence Grannec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boudes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique van Tilbeurgh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Delanoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Jacqué</w:t>
+                <w:t xml:space="preserve">Delphine Neumeister</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIème congrès de l'AFS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Amiens, France</w:t>
+              <w:t xml:space="preserve">Bâtiments d'élevage de demain : construire l’avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01638835v1</w:t>
+                <w:t xml:space="preserve">hal-03053717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le traitement de l’animal d’élevage dans la science et la presse : évolutions des enjeux et controverses (1995-2015)</w:t>
               </w:r>
@@ -5872,191 +5872,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing a Social Geography of the Freshwater Shortage Risk in a Tourist Territory : Morbihan (France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Associer climat, végétation et ville. État des recherches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the Association of American Geographers, Session « Which Approaches of Risk ? Towards a Social Geography of Risk</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Washington, United States</w:t>
+              <w:t xml:space="preserve">Conférence aux "Journées d'étude sur les sciences sociales et le climat", Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02319345v1</w:t>
+                <w:t xml:space="preserve">hal-01063261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associer climat, végétation et ville. État des recherches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Establishing a Social Geography of the Freshwater Shortage Risk in a Tourist Territory : Morbihan (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boudes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence aux "Journées d'étude sur les sciences sociales et le climat", Strasbourg</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the Association of American Geographers, Session « Which Approaches of Risk ? Towards a Social Geography of Risk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01063261v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02319345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la sociologie de l'environnement à la recherche interdisciplinaire : le paradigme NES</w:t>
               </w:r>
@@ -6851,51 +6851,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Miara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gafsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rabier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/soru.12503" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108332v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13vlz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549475v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rabier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.01.004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630985v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Rondard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Tasset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w0x" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04401449v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2023.103124" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01845484v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Herv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cieslik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jung" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1742170518000273" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03136338v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urcil P Kenfack Essougong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Slingerland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syndhia Math&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Vanhove" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Precillia I Tata Ngome" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-020-00190-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01899887v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Anquetil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Koerner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.10540" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03052815v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Grannec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fiant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Ch&#233;nadec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Delanoue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique van Tilbeurgh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638788v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03032438v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02053526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Salinas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ramonet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Selmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5120" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409731v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.1937" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Glatron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885216v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Darrot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Giorgis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368719v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11805" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544549v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471515v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00943514v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00908890v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01005837v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Colombert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.11821" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497449v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060236v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497454v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.005.01" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060144v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497521v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04409522v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519277v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519260v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003182139-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497525v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240140v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Provendier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gutleben" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240142v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940898v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Arrif" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945917v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597264v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lewis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boudes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bozonnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945908v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597269v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595669v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Berriet-Solliec" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bazin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4887-la-production-de-biens-publics-en-agriculture.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598195v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bozonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Dobr&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057127v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Colombert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vertigo.revues.org/11726" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05434237v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Minot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly M&#233;nard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629119v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Depoudent" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629097v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02795819v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368903v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedrani Naila" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Congretel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02968509v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975337v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02990425v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Citeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02968225v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meyer-Grandbastien" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01654283v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane E.T. Herv&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Guernion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Fertil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chollet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03053717v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neumeister" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638835v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jacqu&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638464v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638814v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Audet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gendron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rudolf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lewis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01543337v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00912583v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pereira" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729404v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02319345v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Michel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01063261v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064560v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064549v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064528v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064481v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01349192v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03418000v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonvallot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Brimo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coumoul" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Duboc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00293000v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879798v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Miara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boudes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gafsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rabier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/soru.12503" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108332v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13vlz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549475v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rabier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.01.004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630985v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Rondard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Tasset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w0x" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04401449v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrurstud.2023.103124" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01845484v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Herv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cieslik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montembault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jung" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1742170518000273" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03136338v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urcil P Kenfack Essougong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Slingerland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syndhia Math&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Vanhove" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Precillia I Tata Ngome" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-020-00190-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01899887v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Anquetil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Koerner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.10540" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03052815v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Grannec" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fiant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Ch&#233;nadec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Delanoue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique van Tilbeurgh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638788v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03032438v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02053526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Salinas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Ramonet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Selmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5120" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409731v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.1937" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Glatron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885216v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Darrot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Giorgis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368719v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.11805" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544549v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471515v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01544551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00943514v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00908890v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01005837v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Colombert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.11821" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497449v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060236v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497454v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.005.01" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01060144v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497521v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04409522v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519277v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519260v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003182139-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497525v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240140v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Provendier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gutleben" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240142v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00940898v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Arrif" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945917v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597264v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Candau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lewis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boudes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bozonnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00945908v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597269v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595669v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Berriet-Solliec" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bazin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.educagri.fr/livres/4887-la-production-de-biens-publics-en-agriculture.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598195v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bozonnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Dobr&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01057127v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Colombert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://vertigo.revues.org/11726" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05434237v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Minot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Simon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly M&#233;nard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629119v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Depoudent" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Anzalone" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629097v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02795819v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368903v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedrani Naila" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Congretel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975337v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02968509v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02990425v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Citeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02968225v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meyer-Grandbastien" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01654283v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane E.T. Herv&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Guernion" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Fertil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chollet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638835v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jacqu&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-03053717v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neumeister" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638464v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01638814v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Audet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gendron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rudolf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lewis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01543337v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00912583v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pereira" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729404v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01063261v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02319345v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Michel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064560v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064549v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064528v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01064481v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01349192v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03418000v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonvallot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Brimo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coumoul" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Duboc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00293000v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>