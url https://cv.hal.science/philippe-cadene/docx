--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -6397,242 +6397,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Inde de la caste, une terre d'exclusion ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Durand-Dastès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cadene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antoine Bailly. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terres d'exclusions, terres d'espérances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Economica, pp.40-51, 1997, 2-7178-3398-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Méditerranéité ou mondialisation ? Réflexions sur trois places montpelliéraines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cadene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecole d'architecture Languedoc-Roussillon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'espace public dans la ville méditerranéenne : actes du colloque de Montpellier, 14-15-16 mars 1996</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 volumes, Edition de l'Espérou, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04358276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Inde de la caste, une terre d'exclusion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Durand-Dastès</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cadene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Durand-Dastès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antoine Bailly. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terres d'exclusions, terres d'espérances. Actes du Festival de Géographie de Saint-Dié 1996</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Économica, 1997</w:t>
@@ -7074,165 +7074,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement</w:t>
+                <w:t xml:space="preserve">Habitat non-réglementé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cadene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de la géographie et de l'espace des sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04293723v1</w:t>
+                <w:t xml:space="preserve">hal-04293725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitat non-réglementé</w:t>
+                <w:t xml:space="preserve">Développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cadene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de la géographie et de l'espace des sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04293725v1</w:t>
+                <w:t xml:space="preserve">hal-04293723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Traduction (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7452,51 +7452,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inde (Le territoire et les hommes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cadene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Durand-Dastès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8026,51 +8026,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222673v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepita Ould Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cad&#232;ne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Chiab" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Kypreos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gh-78-417-2023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cadene" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Rault Chodankar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.17830" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232455v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.302" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232461v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dumortier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236438v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01380285v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.2622" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.4933" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281068v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281074v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.199.0101" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293007v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293718v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prades" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293728v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean -Luc Morel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295417v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295481v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360909v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362420v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361946v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361922v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360911v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360910v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426792v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Ismail Chaieb" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104140v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664303v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Bourdeaux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236433v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293754v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293762v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293758v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Madeuf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077995v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milbert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293747v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293749v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293746v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768575v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293717v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guizol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levania Santoso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achmad Uzair Fauzan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768576v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293011v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077988v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077993v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Holmstrom" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482719v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019929v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pankaj Sharma" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362461v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747274v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222732v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077955v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv2j6xptn.7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222709v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222753v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222761v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222932v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232448v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50749-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232457v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravindra Nath Vyas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236416v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236421v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236428v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bautes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768571v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248948v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293013v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293012v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293713v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293715v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baut&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293764v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294499v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294501v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293722v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294524v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294523v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294505v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294521v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294509v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Meilhac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294507v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294518v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295413v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamala Marius" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295404v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358276v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chevalier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462223v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durand-Dast&#232;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358284v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482730v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358311v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358294v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360906v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360907v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293723v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293725v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293709v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Roux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongkun Yim" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293010v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293009v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294500v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358450v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mani Coulibali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02185161v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnoldo Bagnasco" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Bontron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Brun" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cavailhes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222673v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lavie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepita Ould Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cad&#232;ne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Chiab" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Kypreos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gh-78-417-2023" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cadene" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Rault Chodankar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.17830" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232455v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.302" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232461v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dumortier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236438v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01380285v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cy.2622" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248947v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.4933" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281068v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281074v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/machr.199.0101" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293007v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293718v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prades" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293728v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean -Luc Morel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294503v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295417v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295481v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360905v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360909v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362420v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361946v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361922v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360911v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360910v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426792v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Ismail Chaieb" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03104140v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664303v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Bourdeaux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236433v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293754v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293762v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293758v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Madeuf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077995v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milbert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293747v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293749v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293746v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768575v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293717v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guizol" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levania Santoso" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achmad Uzair Fauzan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768576v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293011v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077988v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077993v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Holmstrom" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482719v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019929v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pankaj Sharma" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362461v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747274v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222732v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077955v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv2j6xptn.7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222709v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222753v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222761v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222932v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232448v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50749-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232457v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravindra Nath Vyas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236416v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236421v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236428v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bautes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768571v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248948v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293013v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293012v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293713v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293715v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baut&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293764v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294499v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294501v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293722v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294524v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294523v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294505v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294521v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294509v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Meilhac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294507v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294518v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295413v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamala Marius" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295404v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462223v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durand-Dast&#232;s" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358276v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chevalier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358284v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482730v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358311v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358294v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360906v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360907v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293725v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293723v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293709v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Roux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongkun Yim" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293010v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293009v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294500v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358450v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mani Coulibali" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-02185161v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnoldo Bagnasco" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Bontron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Brun" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cavailhes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>