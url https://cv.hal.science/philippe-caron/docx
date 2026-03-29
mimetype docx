--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -557,51 +557,51 @@
                 <w:t xml:space="preserve">La norme et la prescription linguistique en France 1550-1720. L’exemple des remarqueurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wendy Ayres-Benett</w:t>
+                <w:t xml:space="preserve">Wendy Ayres-Bennett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire Epistémologie Langage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 41 (2), pp.41-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/hel/2019021⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -705,592 +705,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du bon usage des grammairiens aux prononciations de la comédie. Conjectures et esquisse d’une méthode</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bettens</w:t>
+                <w:t xml:space="preserve">Periodization, Translation, Prescription and the Emergence of Classical French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy Ayres-Bennett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arrêt sur scène / Scene Focus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transactions of the Philological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 114 (3), pp.339-390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1467-968X.12081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02484706v1</w:t>
+                <w:t xml:space="preserve">hal-02483658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Periodization, Translation, Prescription and the Emergence of Classical French</w:t>
+                <w:t xml:space="preserve">Du bon usage des grammairiens aux prononciations de la comédie. Conjectures et esquisse d’une méthode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wendy Ayres-Bennett</w:t>
+                <w:t xml:space="preserve">Olivier Bettens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the Philological Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Arrêt sur scène / Scene Focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5, pp.25-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02483658v1</w:t>
+                <w:t xml:space="preserve">hal-02484706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce que la littérature au XVIIe et au XVIIIe siècle en France ? Prolégomènes sémantico-historiques à une théorie de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Acta philologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 49, pp.123-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un marquage XML du &amp;quot;Dictionaire Critique de la Langue Française&amp;quot; de Féraud ou les aventures de Thésée dans le labyrinthe textuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Marchaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Lexicologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 88, pp.167-181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00168436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le manuscrit des Remarques de l'Académie française sur le Quinte-Curce de Vaugelas (1719-1720) : Témoin d'une norme en gestation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 82 (1), pp.16-28. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/igram.1999.2805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles données sur la concurrence du passé simple et du passé composé dans la littérature épistolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Chang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 82 (1), pp.38-50. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/igram.1999.2807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines de la notion contemporaine de « littérature » : Le lexique et la configuration idéologique des grands secteurs du savoir profane en langue française de 1680 à 1760</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, 44 (1), pp.41-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3406/igram.1990.1969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1300,176 +1300,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perte des quantités vocaliques dans le français de référence 1680-1914</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4e Congrès Mondial de Linguistique Française </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de Linguistique française, Jul 2014, Berlin, Allemagne. pp.177-191, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/shsconf/20140801034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01370437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une dialectologie urbaine des quantités vocaliques au XVIIe siècle. Hindret et d'Olivet sur la piste de la variation dialectale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie des Sciences de Copenhague, Nov 2012, Copenhague, Danemark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01372562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1479,315 +1479,315 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cohérence et cohésion textuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Nita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raluca Nita</w:t>
+                <w:t xml:space="preserve">Antonin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Brunet</w:t>
+                <w:t xml:space="preserve">Georges Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Kleiber</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marianne Vergez-Couret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lambert Lucas, 2021, ‎ 2359353438</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05409896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enjeu des métadonnées dans les corpus textuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Defiolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Defiolle</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Hélène Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Lay</w:t>
-[...10 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Rivages linguistiques, 978-2-7535-7640-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02484671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théophile de Viau : œuvres poétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Rosellini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Atlande, pp.319, 2009, Clefs concours. Lettres XVIIe siècle</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00440627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1797,1555 +1797,1555 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La phraséologie « proverbiale » de l'abbé Féraud et sa persistance aujourd'hui</w:t>
+                <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Éric Bordas. </w:t>
+              <w:t xml:space="preserve">Salif Guibila. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le XIXe siècle en ses langages. Mélanges en l'honneur de Jacques-Philippe Saint-Gérand</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Normativité, créativité et efficacité. Illustration de la phraséo-parémiologie dans </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La dynastie maudite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, roman de Yamba E. Ouédraogo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Critiques littéraires, 978-2-336-41200-9</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05401029v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préface</w:t>
+                <w:t xml:space="preserve">La phraséologie « proverbiale » de l'abbé Féraud et sa persistance aujourd'hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Salif Guibila. </w:t>
+              <w:t xml:space="preserve">Éric Bordas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Normativité, créativité et efficacité. Illustration de la phraséo-parémiologie dans </w:t>
-[...31 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le XIXe siècle en ses langages. Mélanges en l'honneur de Jacques-Philippe Saint-Gérand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 69, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.153-167, 2025, Études dix-neuvièmistes, 978-2-406-17904-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17904-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411271v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05401029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la variance au sentiment du standard.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Carlier, Joëlle Ducos, Gabriella Parussa Gilles Siouffi, Olivier Soutet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le français au rythme des diachronies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 43, Honoré Champion, pp.61-86, 2025, Lexica, 978-2-7453-6442-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France and its difficult relationship with foreign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Janice Carruthers; Mairi McLaughlin; Olivia Walsh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historical and Sociolinguistic Approaches to French</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University PressOxford, pp.344-361, 2024, 978-0-19-289436-6 (print) ; 978-0-19-191541-3 (online). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/oso/9780192894366.003.0017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’orthographe du français jusqu’à aujourd’hui : cinq étapes emblématiques</w:t>
+                <w:t xml:space="preserve">External History of French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Concetta Cavallini; Gabriella Serrone. </w:t>
+              <w:t xml:space="preserve">Wendy Ayres-Bennett; Mairi McLaughlin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le français et ses défis. Écriture, Terminologie, Traduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Oxford Handbook of the French Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.143-162, 2024, Oxford Handbooks in linguistics, 978-0-19-886513-1 (print) ; 978-0-19-189754-2 (eBook). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780198865131.013.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400971v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">External History of French</w:t>
+                <w:t xml:space="preserve">L’orthographe du français jusqu’à aujourd’hui : cinq étapes emblématiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wendy Ayres-Bennett; Mairi McLaughlin. </w:t>
+              <w:t xml:space="preserve">Concetta Cavallini; Gabriella Serrone. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Oxford Handbook of the French Language</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le français et ses défis. Écriture, Terminologie, Traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cacucci editore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-26, 2024, Sguardi sulla Modernità, 979-12-5965-376-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821272v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Pellegrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Traineau-Durozoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Caron, Nicole Pellegrin, Anne-Sophie Traineau-Durozoy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1700-1840 : Des femmes françaises et étrangères à leur écritoire. Autour des Archives d’Argenson</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Université de Poitiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Les Cahiers FoReLLIS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aoristes et parfaits en contexte contraint en français classique (XVIIe et XVIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dorothée Aquino-Weber, Sara Cotelli-Kureth, Carine Skupien-Dekens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La norme du français et sa diffusion dans l'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 14, Honoré champion, 2021, Linguistique historique, 978-2-7453-5626-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03525250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un gisement de correspondances féminines au siècle des Lumières : les Archives d’Argenson. Contribution à une étude des pratiques orthographiques des femmes au royaume de la variante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au croisement des cultures, des discours et des langues. Cent ans d’études romanes a l’Université de Varsovie (1919–2019). Tome II: Linguistique et Didactique du FLE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Warsaw Press, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.31338/uw.978832353021.pp.68-87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Pour faire texte : la relativité de la cohérence et de la cohésion »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raluca Nita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raluca Nita</w:t>
+                <w:t xml:space="preserve">Antonin Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Brunet</w:t>
+                <w:t xml:space="preserve">Georges Kleiber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Vergez Couret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raluca Nita, Antonin Brunet, Philippe Caron, Georges Kleiber, Marianne-Vergez-Couret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cohérence et cohésion textuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lambert Lucas, p. 11-24, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Académie française correctrice de texte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raluca Nita, Antonin Brunet, Philippe Caron, Georges Kleiber, Marianne-Vergez-Couret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cohérence et cohésion textuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lambert Lucas, p. 49-62, 2021, 978-2-35935-343-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05409942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaudelin et le latin de son temps : quel phonétisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Marie Fournier; Aimée Lahaussois; Valérie Raby. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grammaticalia Hommage à Bernard Colombat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ENS éditions, 2019, Langages, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.enseditions.12291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles données pour l'étude de l'oral à l'Âge Classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wendy Ayres-Bennet, Anne Carlier, Julie Glikman, Thomas Rainsford, Gilles Siouffi, Carine Skupien-Dekens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles voies d'accès au changement linguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classique Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.85-106, 2018, Histoire et évolution du français, 978-406-06944-7/978-2-406-06945-4. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classique Garnier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06946-1.p.0085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux gisements de données pour l'étude de l'oral à l'âge classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouvelles voies d'accès au changement linguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, Classiques Garnier, pp.85-105, 2018, Histoire et évolution du français, 978-2-406-06946-1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06946-1.p.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03187185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démasquer le jugement de l’oreille vers 1700 : le cas des vibrantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agnès Steuckardt, Mathilde Thorel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le jugement de l’oreille ( XVIe-XVIIIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, Honoré Champion, 2017, Linguistique historique, 9782745335494</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modes langagières et phénomènes variationnels de longue durée vers 1630. Problèmes et méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gilles Siouffi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modes Langagières dans la langue</w:t>
+              <w:t xml:space="preserve">Modes Langagières dans l'Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, Honoré champion, 2016, Linguistique historique, 978-2-7453-3487-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiter la notion de périodisation en diachronie. Le cas du français pré-classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Teresa Tomaszkiewicz &amp; Grazyna Vetulani. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modèles et modélisation en linguistique, littérature, traductologie et didactique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, Oficyna Wydawycza Lexsem, pp.11-30, 2015, Prace naukowe Akademickiego Towarzystwa Romniastow Polskich « Plejada', 978-83-63781-27-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02482188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computerizing Féraud’s Dictionaire critique de la langue française from a full-text electronic version to a softly tagged release.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marijl Mooijaart &amp; Marijke van der Wal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Yesterday's words Contemporary Current and Future Lexicography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge Scholars Publishing, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03511094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3355,100 +3355,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines de la notion contemporaine de &amp;quot;littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université Nancy 2, 1987. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 1987NAN21027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02322000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3458,138 +3458,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1700-1840 : Des femmes françaises et étrangères à leur écritoire. Autour des Archives d’Argenson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Pellegrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Traineau-Durozoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers FoReLLIS – Formes et Représentations en Linguistique, Littérature et dans les arts de l'Image et de la Scène</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03894243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId89"/>
+      <w:footerReference w:type="default" r:id="rId88"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3657,51 +3657,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D929F169"/>
+    <w:nsid w:val="A0370918"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3888,51 +3888,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-caron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2208-3436" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031805787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/36982119" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000012128205X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401168v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269523000169" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894385v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Traineau-Durozoy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Proux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Proux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Roussel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483798v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Ayres-Benett" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/hel/2019021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483709v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484706v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bettens" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483658v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Ayres-Bennett" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-968X.12081" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483741v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168436v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Marchaudon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511160v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.1999.2805" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511164v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chang Liu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.1999.2807" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511171v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.1990.1969" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01370437v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801034" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372562v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409896v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nita" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Brunet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kleiber" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484671v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Defiolle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4834" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00440627v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rosellini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401029v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/le-xixe-siecle-en-ses-langages-melanges-en-l-honneur-de-jacques-philippe-saint-gerand-la-phraseologie-proverbiale-de-l-abbe-feraud-et-sa-persistance-aujourd-hui.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17904-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411271v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/normativite-creativite-et-efficacite/78092" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400773v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821313v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780192894366.003.0017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400971v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cacuccieditore.it/8-le-francais-et-ses-defis-ecriture-terminologie-traduction-cavallini-serrone-9791259653765" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821272v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198865131.013.4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894303v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pellegrin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cahiersforell.edel.univ-poitiers.fr/index.php?id=1071" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525250v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510697v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31338/uw.978832353021.pp.68-87" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837614v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez Couret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409942v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483787v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.12291" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400900v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/nouvelles-voies-d-acces-au-changement-linguistique-nouveaux-gisements-de-donnees-pour-l-etude-de-l-oral-a-l-age-classique-en.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06946-1.p.0085" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03187185v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483775v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483727v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482188v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511094v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02322000v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1987NAN21027" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894243v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-caron" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2208-3436" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031805787" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/36982119" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000012128205X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401168v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269523000169" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894385v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Traineau-Durozoy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Proux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Proux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Roussel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483798v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Ayres-Bennett" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/hel/2019021" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483709v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483658v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-968X.12081" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484706v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bettens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483741v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168436v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Marchaudon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511160v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.1999.2805" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511164v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chang Liu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.1999.2807" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511171v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/igram.1990.1969" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01370437v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801034" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372562v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409896v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Nita" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Brunet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kleiber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02484671v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Defiolle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Lay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4834" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00440627v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rosellini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411271v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/normativite-creativite-et-efficacite/78092" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401029v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/le-xixe-siecle-en-ses-langages-melanges-en-l-honneur-de-jacques-philippe-saint-gerand-la-phraseologie-proverbiale-de-l-abbe-feraud-et-sa-persistance-aujourd-hui.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17904-7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400773v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821313v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780192894366.003.0017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821272v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780198865131.013.4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400971v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cacuccieditore.it/8-le-francais-et-ses-defis-ecriture-terminologie-traduction-cavallini-serrone-9791259653765" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894303v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pellegrin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cahiersforell.edel.univ-poitiers.fr/index.php?id=1071" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525250v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510697v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31338/uw.978832353021.pp.68-87" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837614v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez Couret" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409942v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483787v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.12291" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400900v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/nouvelles-voies-d-acces-au-changement-linguistique-nouveaux-gisements-de-donnees-pour-l-etude-de-l-oral-a-l-age-classique-en.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06946-1.p.0085" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03187185v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483775v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483727v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482188v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511094v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-02322000v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1987NAN21027" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894243v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>