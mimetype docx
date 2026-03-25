--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -468,1131 +468,1131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Study Between NiTi and a New Flash Treated Superelastic Ti‐Zr‐Nb‐Sn Alloy for Cardiovascular Stents</w:t>
+                <w:t xml:space="preserve">The Dependence of Properties on Structural Features in Macro/Micro Levels for PBF-LB Fabricated Porous NiTi Alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaetan Cabon</w:t>
+                <w:t xml:space="preserve">Wen-Hao Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feng Chai</w:t>
+                <w:t xml:space="preserve">Yang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Blanchemain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Castany</w:t>
+                <w:t xml:space="preserve">Xing-Rong Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silviu Iulian Drob</w:t>
+                <w:t xml:space="preserve">Yang Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ren-Zhou Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/maco.70072⟩</w:t>
+              <w:t xml:space="preserve">Rare Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.e70053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rar2.70053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406980v1</w:t>
+                <w:t xml:space="preserve">hal-05461611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additively Manufactured Metastable-β Ti-Nb-Zr-Sn Exhibits Superior Corrosion, Semiconducting, and Cell Metabolic Properties Over Ti-6Al-4V</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Comparative Study Between NiTi and a New Flash Treated Superelastic Ti‐Zr‐Nb‐Sn Alloy for Cardiovascular Stents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Rince</w:t>
+                <w:t xml:space="preserve">Gaetan Cabon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul M Desantis</w:t>
+                <w:t xml:space="preserve">Feng Chai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melissa L Vuong</w:t>
+                <w:t xml:space="preserve">Nicolas Blanchemain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratik Chapagain</w:t>
+                <w:t xml:space="preserve">Silviu Iulian Drob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 113 (11), pp.e38015. </w:t>
+              <w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jbm.a.38015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/maco.70072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05383891v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain size dependent martensitic twinning behavior in superelastic Ti-20Zr-12Nb-2Sn alloy: A comparative study</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Additively Manufactured Metastable-β Ti-Nb-Zr-Sn Exhibits Superior Corrosion, Semiconducting, and Cell Metabolic Properties Over Ti-6Al-4V</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael a Kurtz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Rince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul M Desantis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa L Vuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratik Chapagain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121260⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Materials Research Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 113 (11), pp.e38015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbm.a.38015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167550v1</w:t>
+                <w:t xml:space="preserve">hal-05383891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dependence of Properties on Structural Features in Macro/Micro Levels for PBF-LB Fabricated Porous NiTi Alloy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grain size dependent martensitic twinning behavior in superelastic Ti-20Zr-12Nb-2Sn alloy: A comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. J. Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rare Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.e70053. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 296, pp.121260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rar2.70053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05461611v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a low Young's modulus Ti-Zr-Nb-Sn biocompatible alloy by &amp;lt;i&amp;gt;in situ&amp;lt;/i&amp;gt; laser powder bed fusion additive manufacturing process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Schaal</w:t>
+                <w:t xml:space="preserve">Activated twinning variant determination in cold-rolled 316L stainless steel by effective Schmid factor analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lemarquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Francois Giroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Maskrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.171539⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30, pp.101812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2023.101812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219889v1</w:t>
+                <w:t xml:space="preserve">hal-04192769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical Analysis on the Spatiotemporal Characteristics of the Portevin-Le Chatelier Effect in Ti-12Mo Alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiyuan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongxin Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liangcai Zeng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metals and Materials International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 29 (2), pp.269-279. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12540-022-01226-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03694398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outstanding strain-hardening of a new metastable β-titanium alloy elaborated by in situ additive manufacturing L-PBF process</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">T. Gloriant</w:t>
+                <w:t xml:space="preserve">Design of a low Young's modulus Ti-Zr-Nb-Sn biocompatible alloy by &amp;lt;i&amp;gt;in situ&amp;lt;/i&amp;gt; laser powder bed fusion additive manufacturing process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Schaal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Laheurte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 966, pp.171539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.171539⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2023.145117⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04123792v1</w:t>
+                <w:t xml:space="preserve">hal-04219889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-strain functional fatigue properties of superelastic metastable β titanium and NiTi alloys: A comparative study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Héraud</w:t>
+                <w:t xml:space="preserve">Outstanding strain-hardening of a new metastable β-titanium alloy elaborated by in situ additive manufacturing L-PBF process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Schaal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Castany</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. M. Gordin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 953, pp.170170. </w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 875, pp.145117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.170170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2023.145117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04123739v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04123792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activated twinning variant determination in cold-rolled 316L stainless steel by effective Schmid factor analysis</w:t>
+                <w:t xml:space="preserve">Large-strain functional fatigue properties of superelastic metastable β titanium and NiTi alloys: A comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Lemarquis</w:t>
+                <w:t xml:space="preserve">L. Héraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Francois Giroux</w:t>
+                <w:t xml:space="preserve">M. F. Ijaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hicham Maskrot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Castany</w:t>
+                <w:t xml:space="preserve">D. M. Gordin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 30, pp.101812. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 953, pp.170170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2023.101812⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.170170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04192769v1</w:t>
+                <w:t xml:space="preserve">hal-04123739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of {112} &lt; 111 &gt; antitwinning in a Ti-24Nb-4Zr-8Sn superelastic single crystal</w:t>
               </w:r>
@@ -1604,51 +1604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Menou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2048,1412 +2048,1412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plastic deformation via hierarchical nano-sized martensitic twinning in the metastable β Ti-24Nb-4Zr-8Sn alloy</w:t>
+                <w:t xml:space="preserve">Functionally graded NiTi alloy with exceptional strain-hardening effect fabricated by SLM method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y.L Hao</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J.B. Zhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. B. Sui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C-Q. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.04.021⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 188, pp.130-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893590v1</w:t>
+                <w:t xml:space="preserve">hal-02928643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of grain size on the recovery strain in a new Ti–20Zr–12Nb–2Sn superelastic alloy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Castany</w:t>
+                <w:t xml:space="preserve">Plastic deformation via hierarchical nano-sized martensitic twinning in the metastable β Ti-24Nb-4Zr-8Sn alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.L Hao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 194, pp.27-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.04.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2020.139878⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02936692v2</w:t>
+                <w:t xml:space="preserve">hal-02893590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superelastic Behavior of Biomedical Metallic Alloys</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Effect of grain size on the recovery strain in a new Ti–20Zr–12Nb–2Sn superelastic alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. J Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Thibon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 793, pp.139878. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2020.139878⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-020-05840-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02886542v1</w:t>
+                <w:t xml:space="preserve">hal-02936692v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of powder characteristics on production of oxide dispersion strengthened Fe[sbnd]14Cr steel by laser powder bed fusion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Superelastic Behavior of Biomedical Metallic Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. F. Ijaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Heraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Vasquez</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">I. Thibon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 360, pp.998-1005. </w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (8), pp.3733-3741. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2019.11.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11661-020-05840-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02443574v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02886542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionally graded NiTi alloy with exceptional strain-hardening effect fabricated by SLM method</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of powder characteristics on production of oxide dispersion strengthened Fe[sbnd]14Cr steel by laser powder bed fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.B. Zhan</w:t>
+                <w:t xml:space="preserve">E. Vasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. B. Sui</w:t>
+                <w:t xml:space="preserve">P.-F. Giroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-Q. Li</w:t>
+                <w:t xml:space="preserve">F. Lomello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Yang</w:t>
+                <w:t xml:space="preserve">M. Nussbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Maskrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 188, pp.130-134. </w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 360, pp.998-1005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.07.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2019.11.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02928643v1</w:t>
+                <w:t xml:space="preserve">hal-02443574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the heterogeneous nature of deformation in a strain-transformable beta metastable Ti-V-Cr-Al alloy</w:t>
+                <w:t xml:space="preserve">Crystallographic orientation dependence of mechanical properties in the superelastic Ti-24Nb-4Zr-8Sn alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lola Lilensten</w:t>
+                <w:t xml:space="preserve">H. Jabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Danard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Mantri</w:t>
+                <w:t xml:space="preserve">A. Fitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2018.10.003⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.3.063608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01952279v1</w:t>
+                <w:t xml:space="preserve">hal-02177793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser beam energy dependence of martensitic transformation in SLM fabricated NiTi shape memory alloy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.B. Zhan</w:t>
+                <w:t xml:space="preserve">On the heterogeneous nature of deformation in a strain-transformable beta metastable Ti-V-Cr-Al alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lola Lilensten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Danard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Li</w:t>
+                <w:t xml:space="preserve">C. Brozek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.X. Lin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.J. Gao</w:t>
+                <w:t xml:space="preserve">S. Mantri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 6, pp.100305. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 162, pp.268-276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2018.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122179v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of oxide dispersion strengthened Fe-14Cr stainless steel by selective laser melting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Lomello</w:t>
+                <w:t xml:space="preserve">Laser beam energy dependence of martensitic transformation in SLM fabricated NiTi shape memory alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Zhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Chniouel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Maskrot</w:t>
+                <w:t xml:space="preserve">B. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.X. Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2018.12.034⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.100305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2019.100305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02043065v1</w:t>
+                <w:t xml:space="preserve">hal-02122179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure, thermo-mechanical properties and Portevin-Le Chatelier effect in metastable β Ti-xMo alloys</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Castany</w:t>
+                <w:t xml:space="preserve">Elaboration of oxide dispersion strengthened Fe-14Cr stainless steel by selective laser melting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Vasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-F. Giroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lomello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Thuillier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Chniouel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Maskrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 756, pp.61-70. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 267, pp.403-413. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2019.04.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2018.12.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122158v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of texture and transformation strain on the superelastic performance of a new Ti–20Zr–3Mo–3Sn alloy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microstructure, thermo-mechanical properties and Portevin-Le Chatelier effect in metastable β Ti-xMo alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Laillé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Gloriant</w:t>
+                <w:t xml:space="preserve">S. Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 762, pp.138075. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2019.138075⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 756, pp.61-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2019.04.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02181979v1</w:t>
+                <w:t xml:space="preserve">hal-02122158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallographic orientation dependence of mechanical properties in the superelastic Ti-24Nb-4Zr-8Sn alloy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Jabir</w:t>
+                <w:t xml:space="preserve">Influence of texture and transformation strain on the superelastic performance of a new Ti–20Zr–3Mo–3Sn alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Thibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fitton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Castany</w:t>
+                <w:t xml:space="preserve">D. Laillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 3 (6), </w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 762, pp.138075. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevMaterials.3.063608⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2019.138075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02177793v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stress release-induced interfacial twin boundary ω phase formation in a β type Ti-based single crystal displaying stress-induced α” martensitic transformation</w:t>
               </w:r>
@@ -3491,51 +3491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cornen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.X. Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 149, pp.97-107. </w:t>
@@ -3567,295 +3567,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01740146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical synthesis of nanostructured Y2Ti2O7 pyrochlore oxides</w:t>
+                <w:t xml:space="preserve">Computational design of light and strong high entropy alloys (HEA) Obtainment of an extremely high specific solid solution hardening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Simondon</w:t>
+                <w:t xml:space="preserve">E. Menou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-F Giroux</w:t>
+                <w:t xml:space="preserve">F. Tancret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Chaffron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">P. Castany</w:t>
+                <w:t xml:space="preserve">I. Toda-Caraballo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2018.09.006⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 156, pp.120-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2018.07.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01935361v1</w:t>
+                <w:t xml:space="preserve">hal-01874721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational design of light and strong high entropy alloys (HEA) Obtainment of an extremely high specific solid solution hardening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical synthesis of nanostructured Y2Ti2O7 pyrochlore oxides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Simondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Menou</w:t>
+                <w:t xml:space="preserve">P-F Giroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Tancret</w:t>
+                <w:t xml:space="preserve">L. Chaffron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Toda-Caraballo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Bertrand</w:t>
+                <w:t xml:space="preserve">A. Fitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 156, pp.120-123. </w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85, pp.54-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2018.07.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2018.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01874721v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01935361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of strain-transformable titanium alloys</w:t>
               </w:r>
@@ -3958,77 +3958,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatiotemporal characteristics of Portevin-Le Chatelier effect in Ti-Mo alloys under thermo-mechanical loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Huot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4186,927 +4186,927 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01475460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformation twinning in the full-α″ martensitic Ti–25Ta–20Nb shape memory alloy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+                <w:t xml:space="preserve">Reversion of a Parent {130}&amp;lt;310&amp;gt;α&amp;quot; Martensitic Twinning System at the Origin of {332}&amp;lt;113&amp;gt;β Twins Observed in Metastable beta Titanium Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 105, pp.94--103. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117 (24), pp.245501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.12.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.245501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01254807v1</w:t>
+                <w:t xml:space="preserve">hal-01438121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformation Mechanisms and Biocompatibility of the Superelastic Ti-23Nb-0.7Ta-2Zr-0.5N Alloy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deformation twinning in the full-α″ martensitic Ti–25Ta–20Nb shape memory alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Menou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shape Memory and Superelasticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40830-016-0057-0⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 105, pp.94--103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01614786v1</w:t>
+                <w:t xml:space="preserve">hal-01254807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a novel superelastic Ti-23Hf-3Mo-4Sn biomedical alloy combining low modulus, high strength and large recovery strain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Castany</w:t>
+                <w:t xml:space="preserve">Deformation Mechanisms and Biocompatibility of the Superelastic Ti-23Nb-0.7Ta-2Zr-0.5N Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. M. Gordin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. I. Drob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vasilescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mitran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2016.04.184⟩</w:t>
+              <w:t xml:space="preserve">Shape Memory and Superelasticity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (1), pp.18-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40830-016-0057-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01307770v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversion of a Parent {130}&amp;lt;310&amp;gt;α&amp;quot; Martensitic Twinning System at the Origin of {332}&amp;lt;113&amp;gt;β Twins Observed in Metastable beta Titanium Alloys</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Design of a novel superelastic Ti-23Hf-3Mo-4Sn biomedical alloy combining low modulus, high strength and large recovery strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Farzik Ijaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Héraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doina-Margareta Gordin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 117 (24), pp.245501. </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 177, pp.39-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.245501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2016.04.184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438121v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01307770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ synchrotron X-ray diffraction study of the martensitic transformation in superelastic Ti-24Nb-0.5N and Ti-24Nb-0.5O alloys.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the martensitic transformation in the superelastic Ti-24Nb-4Zr-8Sn alloy by in situ synchrotron X-ray diffraction and dynamic mechanical analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cornen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ramarolahy</w:t>
+                <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Prima</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Curfs</w:t>
+                <w:t xml:space="preserve">S. J. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 88, pp.102-111. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.01.014⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 88, pp.25-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.01.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01153415v1</w:t>
+                <w:t xml:space="preserve">hal-01153403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ synchrotron X-ray diffraction of the martensitic transformation in superelastic Ti-27Nb and NiTi alloys: a comparative study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Castany</w:t>
+                <w:t xml:space="preserve">In situ synchrotron X-ray diffraction study of the martensitic transformation in superelastic Ti-24Nb-0.5N and Ti-24Nb-0.5O alloys.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ramarolahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Lailllé</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Curfs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, International Conference on Martensitic Transformations, ICOMAT-2014, 2, Supplement 3, pp.S917--S920. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 88, pp.102-111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matpr.2015.07.431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.01.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01231171v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01153415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the martensitic transformation in the superelastic Ti-24Nb-4Zr-8Sn alloy by in situ synchrotron X-ray diffraction and dynamic mechanical analysis.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Prima</w:t>
+                <w:t xml:space="preserve">In situ synchrotron X-ray diffraction of the martensitic transformation in superelastic Ti-27Nb and NiTi alloys: a comparative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Héraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. J. Li</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Denis Lailllé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 88, pp.25-33. </w:t>
+              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, International Conference on Martensitic Transformations, ICOMAT-2014, 2, Supplement 3, pp.S917--S920. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.01.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matpr.2015.07.431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01153403v1</w:t>
+                <w:t xml:space="preserve">hal-01231171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of hardness and elastic modulus inverse pole figures of a polycrystalline commercially pure titanium by coupling nanoindentation and EBSD techniques</w:t>
               </w:r>
@@ -5248,64 +5248,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Ramalohary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5629,64 +5629,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Cornen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Thibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 591, pp.85-90. </w:t>
@@ -6004,103 +6004,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and characterization of Ti-Nb-X (X = O, N) alloys for biomedical application.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ramarolahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laheurte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ramarolahy</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Curfs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MATEC Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 7, pp.04003/1--04003/2. </w:t>
@@ -6370,815 +6370,815 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00865174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure and mechanical behavior of superelastic Ti-24Nb-0.5O and Ti-24Nb-0.5N biomedical alloys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and characterization of new superelastic and low elastic modulus Ti-Nb-X alloys for biomedical application.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ramarolahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ramarolahy</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">F. Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laheurte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2012.01.017⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 409, pp.170--174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.409.170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926952v1</w:t>
+                <w:t xml:space="preserve">hal-01070118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ TEM study of dislocation slip in a metastable β titanium alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructure and mechanical behavior of superelastic Ti-24Nb-0.5O and Ti-24Nb-0.5N biomedical alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ramarolahy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Prima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laheurte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.11.036⟩</w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 9, pp.83-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2012.01.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00864935v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00926952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of new superelastic and low elastic modulus Ti-Nb-X alloys for biomedical application.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ TEM study of dislocation slip in a metastable β titanium alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Besse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 409, pp.170--174. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 66 (6), pp.371-373. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.409.170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.11.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01070118v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00864935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twinning system selection in a metastable β-titanium alloy by Schmid factor analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gloriant</w:t>
+                <w:t xml:space="preserve">Preparation of H-bar cross-sectional specimen for in situ TEM straining experiments: a FIB-based method applied to a nitrided Ti-6Al-4V alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Legros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.02.033⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 528 (3), pp.1367-1371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2010.10.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926958v1</w:t>
+                <w:t xml:space="preserve">hal-00864910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of deformation in gum metal TNTZ-O and TNTZ titanium alloys: A comparative study on the oxygen influence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Besse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 59 (15), pp.5982-5988. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actamat.2011.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00926966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dislocation mobility in gum metal β-titanium alloy studied via in situ transmission electron microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Twinning system selection in a metastable β-titanium alloy by Schmid factor analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Castany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Magali Besse</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 64 (12), pp.1110-1113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2011.02.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.020201⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00864948v1</w:t>
+                <w:t xml:space="preserve">hal-00926958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of H-bar cross-sectional specimen for in situ TEM straining experiments: a FIB-based method applied to a nitrided Ti-6Al-4V alloy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Legros</w:t>
+                <w:t xml:space="preserve">Dislocation mobility in gum metal β-titanium alloy studied via in situ transmission electron microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Besse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gloriant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 528 (3), pp.1367-1371. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84 (2), pp.201-1 - 201-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2010.10.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.84.020201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00864910v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00864948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct measurement of the variation the energy of a dislocation locked in specific orientations</w:t>
               </w:r>
@@ -7733,51 +7733,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512581v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Gao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Q. Zhao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Yin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castany" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gloriant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2026.149864" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512565v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Schaal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castany" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gloriant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2026.102670" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476036v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhui Tang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jobit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Sotniczuk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Chromi&#324;ski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laill&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2026.121966" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406980v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Cabon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Chai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchemain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu Iulian Drob" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.70072" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383891v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael a Kurtz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Rince" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Desantis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa L Vuong" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratik Chapagain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.38015" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167550v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121260" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461611v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Hao Zeng" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing-Rong Chu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren-Zhou Deng" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rar2.70053" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219889v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laheurte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.171539" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694398v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyuan Luo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxin Jiang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Thuillier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangcai Zeng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12540-022-01226-4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123792v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Schaal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2023.145117" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123739v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H&#233;raud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Ijaz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Gordin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170170" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192769v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lemarquis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Giroux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Maskrot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101812" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657815v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertrand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Menou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Couturier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-022-07086-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773456v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2022.118140" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217042v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Gao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.113824" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464730v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lemarquis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. F Giroux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Maskrot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barkia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hercher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2021.10.077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893590v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L Hao" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.04.021" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936692v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. J Gao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Thibon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.139878" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886542v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Heraud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05840-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vasquez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Giroux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lomello" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nussbaum" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2019.11.022" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928643v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Zhan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Sui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-Q. Li" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.07.019" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952279v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Danard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brozek" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mantri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.10.003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122179v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.X. Lin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100305" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02043065v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chniouel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2018.12.034" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122158v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thuillier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.04.018" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02181979v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laill&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.138075" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177793v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jabir" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fitton" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.063608" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01740146v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cornen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.02.036" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01935361v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simondon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-F Giroux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaffron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fitch" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2018.09.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874721v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Menou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tancret" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Toda-Caraballo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.07.024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01978011v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Sun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prima" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2018.10.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874722v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.07.022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01475460v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Douin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Coujou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.10.020" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01254807v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.12.001" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01614786v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. I. Drob" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vasilescu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mitran" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40830-016-0057-0" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01307770v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Farzik Ijaz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne H&#233;raud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina-Margareta Gordin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2016.04.184" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01438121v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.245501" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153415v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramarolahy" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prima" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laheurte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Curfs" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.01.014" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01231171v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lailll&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2015.07.431" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153403v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Li" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.01.039" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153829v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fizanne-Michel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. P&#233;ron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2014.06.098" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01114428v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramalohary" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2014.06.009" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995659v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2014.04.012" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153819v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Ramarolahy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laheute" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Prima" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.783-786.1244" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941895v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Cornen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.12.207" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995649v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Champion" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Palancher" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Iltis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rouquette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2013.10.048" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-170X2W3T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763170v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Diologent" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rossoll" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Despois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bezen&#231;on" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2012.08.141" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069956v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130704003" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926947v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.09.065" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865174v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Zangh" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marteleur" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vermaut" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2013.07.019" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926952v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P&#233;ron" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.01.017" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864935v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besse" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.11.036" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070118v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.409.170" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926958v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.02.033" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926966v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Besse" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2011.06.006" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864948v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.020201" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864910v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2010.10.025" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761563v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2008.09.027" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DVN54HPB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01886758v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coujou" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2006.10.183" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGLXC5ZT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01886755v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Crestou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.07.032" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFVLWSDS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512581v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Gao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Q. Zhao" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. X. Yin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Castany" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gloriant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2026.149864" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512565v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Schaal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castany" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gloriant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2026.102670" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476036v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhui Tang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jobit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Sotniczuk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Chromi&#324;ski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laill&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2026.121966" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461611v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Hao Zeng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xing-Rong Chu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Zou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren-Zhou Deng" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rar2.70053" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406980v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Cabon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Chai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchemain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu Iulian Drob" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.70072" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383891v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael a Kurtz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Rince" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M Desantis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa L Vuong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratik Chapagain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm.a.38015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167550v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121260" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192769v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lemarquis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Giroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Maskrot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101812" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694398v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyuan Luo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxin Jiang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Thuillier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liangcai Zeng" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12540-022-01226-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219889v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laheurte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.171539" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123792v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Schaal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2023.145117" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123739v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. H&#233;raud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Ijaz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. M. Gordin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170170" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657815v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bertrand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Menou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Couturier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-022-07086-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773456v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2022.118140" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217042v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Gao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.113824" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464730v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lemarquis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. F Giroux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Maskrot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barkia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Hercher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2021.10.077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928643v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Yang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Zhan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Sui" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-Q. Li" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Yang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.07.019" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893590v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L Hao" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.04.021" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936692v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. J Gao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Thibon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.139878" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886542v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Heraud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05840-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443574v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vasquez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Giroux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lomello" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nussbaum" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2019.11.022" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177793v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jabir" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fitton" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.063608" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01952279v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Lilensten" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Danard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brozek" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mantri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.10.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122179v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.X. Lin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100305" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02043065v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chniouel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2018.12.034" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122158v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thuillier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.04.018" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02181979v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laill&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2019.138075" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01740146v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bertrand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cornen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.02.036" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874721v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Menou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Tancret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Toda-Caraballo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.07.024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01935361v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simondon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P-F Giroux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chaffron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fitch" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2018.09.006" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01978011v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Sun" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prima" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2018.10.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874722v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2018.07.022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01475460v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Douin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Coujou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2016.10.020" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01438121v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.245501" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01254807v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.12.001" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01614786v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. I. Drob" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vasilescu" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mitran" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40830-016-0057-0" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01307770v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Farzik Ijaz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne H&#233;raud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina-Margareta Gordin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2016.04.184" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153403v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prima" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. J. Li" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.01.039" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153415v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramarolahy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laheurte" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Curfs" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.01.014" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01231171v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lailll&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2015.07.431" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153829v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fizanne-Michel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. P&#233;ron" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2014.06.098" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01114428v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ramalohary" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2014.06.009" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995659v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2014.04.012" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01153819v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Ramarolahy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laheute" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Prima" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.783-786.1244" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941895v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Cornen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.12.207" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995649v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Champion" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Palancher" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Iltis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rouquette" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2013.10.048" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-170X2W3T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763170v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Diologent" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rossoll" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Despois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bezen&#231;on" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2012.08.141" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01069956v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20130704003" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926947v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.09.065" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865174v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Zangh" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marteleur" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vermaut" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2013.07.019" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070118v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.409.170" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926952v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P&#233;ron" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2012.01.017" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864935v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besse" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.11.036" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864910v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2010.10.025" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926966v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Besse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2011.06.006" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926958v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2011.02.033" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864948v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.84.020201" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761563v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2008.09.027" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DVN54HPB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01886758v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coujou" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2006.10.183" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGLXC5ZT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01886755v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Crestou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.07.032" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFVLWSDS-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>