--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -507,546 +507,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">You can make it if you try!&amp;quot; Ou comment en finir avec « l'hubris méritocratique »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[Compte-rendu] Bibliothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Anselmini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Latouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 57 (1), pp.206--212. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rdm1.057.0206⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 2 (58), pp.353-371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm1.058.0353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621529v1</w:t>
+                <w:t xml:space="preserve">hal-04621522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Compte-rendu] Bibliothèque</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">You can make it if you try!&amp;quot; Ou comment en finir avec « l'hubris méritocratique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 1 (57), pp.305-317. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rdm1.057.0305⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 57 (1), pp.206--212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm1.057.0206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04621524v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Compte-rendu] Bibliothèque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Caillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 2 (58), pp.353-371. </w:t>
+              <w:t xml:space="preserve">, 2021, 1 (57), pp.305-317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdm1.058.0353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rdm1.057.0305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621522v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Black Lives Matters revisited. Race et morale de l'interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Demain un monde convivialiste. Il ressemblerait à quoi ?, 1 (57), pp.9-26. </w:t>
+              <w:t xml:space="preserve">, 2021, Générosités du récit. Quand raconter, c'est donner, 2 (58), pp.303-309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdm1.057.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rdm1.058.0303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621525v1</w:t>
+                <w:t xml:space="preserve">hal-04621526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black Lives Matters revisited. Race et morale de l'interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Générosités du récit. Quand raconter, c'est donner, 2 (58), pp.303-309. </w:t>
+              <w:t xml:space="preserve">, 2021, Demain un monde convivialiste. Il ressemblerait à quoi ?, 1 (57), pp.9-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdm1.058.0303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rdm1.057.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04621526v1</w:t>
+                <w:t xml:space="preserve">hal-04621525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconciling Spirit and Contract ? Marshall Sahlins and the &amp;quot;Essai Sur Le Don</w:t>
               </w:r>
@@ -1205,51 +1205,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1550,174 +1550,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que donner veut dire (ou presque)</w:t>
+                <w:t xml:space="preserve">Le côté lumineux de la force du social. En hommage sociophilique à la cosmophilie d’Henri Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue du MAUSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Le bon, le juste et le beau. Pour en finir avec la critique critique, 51 (1), pp.271-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm.051.0271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02143448v1</w:t>
+                <w:t xml:space="preserve">hal-02143472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le côté lumineux de la force du social. En hommage sociophilique à la cosmophilie d’Henri Raynal</w:t>
+                <w:t xml:space="preserve">Ce que donner veut dire (ou presque)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue du MAUSS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 508-509, pp.9-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdm.051.0271⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02143472v1</w:t>
+                <w:t xml:space="preserve">hal-02143448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bon, le juste et le beau. Pour en finir avec la critique critique&amp;quot; : présentation</w:t>
               </w:r>
@@ -2938,91 +2938,91 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02143442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (8)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le don d'amour. L'impossible réciprocité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3250,51 +3250,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Générosités du récit. Quand raconter, c'est donner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Anselmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3696,174 +3696,269 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du MAUSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 56, 460 p., 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S’émanciper, oui, mais de quoi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Tarragoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chanial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Caillé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue du MAUSS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 48, 390 p., 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nos généreuses réciprocités : tisser le monde commun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Actes Sud, 327 p., 2022, (Questions de société), 978-2-330-16410-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des sciences sociales à la science sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dufoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Caillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3884,51 +3979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vandenberghe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dufoix, Stéphane and Caillé, Alain and Chanial, Philippe and Vandenberghe, Frédéric. Le Bord de l'Eau, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04420554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3938,305 +4033,305 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le désintéressement dans la relation marchande</w:t>
+                <w:t xml:space="preserve">Éloge de la réciprocité : le don n'est pas l'échange (et réciproquement)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque : Le désintéressement. Conflits d'intérêts autour d'une notion sociologiquement ambiguë</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre européen de sociologie et de science politique (CESSP); Centre Maurice Halbwachs; Centre Norbert Elias, Sep 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire : Des concepts pour penser la société du XXIe siècle. Séance du 1er octobre 2021 : Échange, réciprocité, don</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Enssib, Oct 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622094v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éloge de la réciprocité : le don n'est pas l'échange (et réciproquement)</w:t>
+                <w:t xml:space="preserve">Le désintéressement dans la relation marchande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire : Des concepts pour penser la société du XXIe siècle. Séance du 1er octobre 2021 : Échange, réciprocité, don</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Enssib, Oct 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque : Le désintéressement. Conflits d'intérêts autour d'une notion sociologiquement ambiguë</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre européen de sociologie et de science politique (CESSP); Centre Maurice Halbwachs; Centre Norbert Elias, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622096v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nature donne-t-elle pour de bon ? L’éthique de la Terre vue du don</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser l'écologie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Don et Care ou de l’inestimable dans la relation de soin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes éducatifs et de soins, entre éthique et gouvernance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03425364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4246,297 +4341,297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que donner aux pauvres veut dire. Théorie du don et protection sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphanie Leboyer; Jean-Pierre Mahier; Jean Mick; Salvatore Stella. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AEMO, AED : contrôle social des pauvres ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Érès, pp.281-298, 2020, (Les dossiers d'Empan), 978-2-7492-5507-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/eres.leboy.2020.01.0281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amour, utopie et politique chez Alexandre Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julie Anselmini; Claude Schopp. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dumas amoureux : formes et imaginaires de l'éros dumasien [actes du colloque de Cerisy, 19-26 août 2019]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Caen, pp.305-318, 2020, (Symposia), 978-2-84133-994-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.puc.12317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avec Mauss, Jaurès et Wresinski : l'aide aux pauvres vue du don</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Tardieu; Jean Tonglet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ce que la misère nous donne à repenser, avec Joseph Wresinski</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.53-61, 2018, (Colloque de Cerisy), 978-2-7056-9575-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/herm.tardi.2018.01.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer par la valeur sociale : un pari impossible pour les mutuelles ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4585,294 +4680,294 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EMS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GESS. Gestion des entreprises sociales et solidaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EMS Editions, p. 84-104, 2018, Versus, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ems.bejib.2018.01.0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01797598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du symbolique au diabolique ambivalences et normativité du don</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Donner, reconnaître, dominer. Trois modèles en philosophie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1685, Presses universitaires du Septentrion, pp.85-104, 2016, Philosophie, 978-2-7574-1389-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02143514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que donner veut dire (ou presque...)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux de nos sociétés expliqués à tous</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.99-120, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travail, organisation et échange social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Alter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Découverte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La société vue du don, direction: Philippe Chanial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.23, 2008, MAUSS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00637883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4882,295 +4977,295 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Sociologie est morte, vive la sociologie !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mike Savage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm.056.0219⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Traduction] Renouer les fils rompus entre la sociologie et la philosophie morale dans un cadre post-séculier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sari Hanafi</w:t>
+                <w:t xml:space="preserve">La sociologie aujourd'hui et l'héritage classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Delanty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm.056.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdm.056.0289⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04625579v1</w:t>
+                <w:t xml:space="preserve">hal-04625578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sociologie aujourd'hui et l'héritage classique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerard Delanty</w:t>
+                <w:t xml:space="preserve">[Traduction] Renouer les fils rompus entre la sociologie et la philosophie morale dans un cadre post-séculier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sari Hanafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdm.056.0289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rdm.056.0129⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04625578v1</w:t>
+                <w:t xml:space="preserve">hal-04625579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId124"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5238,51 +5333,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="31324271"/>
+    <w:nsid w:val="CAAFD9FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5469,51 +5564,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-chanial" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3373-3510" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/056181035" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431183v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gayet-Viaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kaufmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanial" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621478v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Villain-Carapella" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.059.0353" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.059.0007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621529v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0206" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621524v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0305" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621522v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anselmini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Latouche" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0353" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621525v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0009" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621526v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0303" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621528v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana F. Silber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26331/1135" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621527v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.39224" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621709v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0269" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621707v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.055.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621708v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.055.0199" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143448v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143472v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.051.0271" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143467v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.051.0005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143473v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaglio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Weber" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-016-3102-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143458v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.050.0167" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143451v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.048.0259" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143519v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.hs1.0187" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143522v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2014.10.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519903v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric R&#233;my" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.044.0005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519900v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.042.0083" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Flipo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.042.0005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.041.0121" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519906v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.039.0301" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519276v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.039.0067" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143442v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.036.0483" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568099v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jourdain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cr&#233;tois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625451v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625318v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625322v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vandenberghe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625320v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625323v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625321v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621771v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04420554v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufoix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622094v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622096v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519898v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425364v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621828v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.leboy.2020.01.0281" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621826v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.12317" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621827v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.tardi.2018.01.0053" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01797598v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.bejib.2018.01.0077" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143514v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519275v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00637883v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Alter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625580v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Savage" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0219" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625579v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Hanafi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0289" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625578v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Delanty" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0129" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-chanial" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3373-3510" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/056181035" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431183v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gayet-Viaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kaufmann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanial" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621478v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pasquier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Villain-Carapella" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.059.0353" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621480v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.059.0007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621522v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Anselmini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Latouche" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0353" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621529v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0206" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621524v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0305" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621526v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0303" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621525v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.057.0009" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621528v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana F. Silber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26331/1135" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621527v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.39224" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm1.058.0007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621709v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0269" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621707v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.055.0005" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621708v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.055.0199" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143472v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.051.0271" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143448v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143467v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.051.0005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143473v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gaglio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Weber" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-016-3102-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143458v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.050.0167" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143499v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143451v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.048.0259" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143519v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.hs1.0187" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143522v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2014.10.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519903v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric R&#233;my" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.044.0005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519900v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.042.0083" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Flipo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.042.0005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519904v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.041.0121" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519906v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.039.0301" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519276v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.039.0067" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143442v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.036.0483" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568099v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Jourdain" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cr&#233;tois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625451v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625318v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625322v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vandenberghe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625320v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625323v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625321v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565323v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Tarragoni" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621771v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04420554v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufoix" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622096v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04622094v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519898v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425364v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621828v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.leboy.2020.01.0281" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621826v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.12317" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621827v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.tardi.2018.01.0053" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01797598v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.bejib.2018.01.0077" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02143514v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519275v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00637883v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Alter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625580v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Savage" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0219" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625578v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Delanty" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0129" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04625579v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari Hanafi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdm.056.0289" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>