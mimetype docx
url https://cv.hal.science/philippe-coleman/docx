--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,812 +100,812 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le transfert de l'énergie à Bercy</w:t>
+                <w:t xml:space="preserve">Un nouveau recours en légalité à l'encontre du refus d'une proposition d'engagements par l'Autorité de la concurrence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 35</w:t>
+              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532020v1</w:t>
+                <w:t xml:space="preserve">hal-04531995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication institutionnelle du Gouvernement : entre externalisation et coordination interministérielle</w:t>
+                <w:t xml:space="preserve">L'enquête publique : la mal-aimée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 30</w:t>
+              <w:t xml:space="preserve">, 2024, n°3, 28 (p.3)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532014v1</w:t>
+                <w:t xml:space="preserve">hal-04531859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enquête publique : la mal-aimée</w:t>
+                <w:t xml:space="preserve">Le transfert de l'énergie à Bercy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°3, 28 (p.3)</w:t>
+              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531859v1</w:t>
+                <w:t xml:space="preserve">hal-04532020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nullité d'une délégation de service public de location de véhicules en libre accès : Autolib'éralités</w:t>
+                <w:t xml:space="preserve">La communication institutionnelle du Gouvernement : entre externalisation et coordination interministérielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 36</w:t>
+              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532027v1</w:t>
+                <w:t xml:space="preserve">hal-04532014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’insaisissabilité des biens culturels destinés à être exposés au public en France</w:t>
+                <w:t xml:space="preserve">La nullité d'une délégation de service public de location de véhicules en libre accès : Autolib'éralités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°3, 38 (p.9)</w:t>
+              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531869v1</w:t>
+                <w:t xml:space="preserve">hal-04532027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un nouveau recours en légalité à l'encontre du refus d'une proposition d'engagements par l'Autorité de la concurrence</w:t>
+                <w:t xml:space="preserve">L’insaisissabilité des biens culturels destinés à être exposés au public en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n°3, pp.alerte 29</w:t>
+              <w:t xml:space="preserve">, 2024, n°3, 38 (p.9)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04531995v1</w:t>
+                <w:t xml:space="preserve">hal-04531869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les héritiers du Sultan, l'État et l'arbitre</w:t>
+                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en droit des investissements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malik Laazouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Silva Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit administratif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 78</w:t>
+              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n°4, p. 1129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532114v1</w:t>
+                <w:t xml:space="preserve">hal-04532149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique de jurisprudence arbitrale en droit des investissements</w:t>
+                <w:t xml:space="preserve">Le contrôle des investissements étrangers en France en 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eduardo Silva Romero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'arbitrage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n°4, p. 1129</w:t>
+              <w:t xml:space="preserve">Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532149v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04532121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contrôle des investissements étrangers en France en 2022</w:t>
+                <w:t xml:space="preserve">La production d'énergies renouvelables par les collectivités territoriales : un nouveau service public érigé par accident ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 79</w:t>
+              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532121v1</w:t>
+                <w:t xml:space="preserve">hal-04532105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production d'énergies renouvelables par les collectivités territoriales : un nouveau service public érigé par accident ?</w:t>
+                <w:t xml:space="preserve">Annulation d'un SCOT pour méconnaissance du principe d'équilibre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 77</w:t>
+              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532105v1</w:t>
+                <w:t xml:space="preserve">hal-04532132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annulation d'un SCOT pour méconnaissance du principe d'équilibre</w:t>
+                <w:t xml:space="preserve">Les héritiers du Sultan, l'État et l'arbitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 88</w:t>
+              <w:t xml:space="preserve">, 2023, n°7, pp.alerte 78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532132v1</w:t>
+                <w:t xml:space="preserve">hal-04532114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'État redevient l'actionnaire unique d'EDF</w:t>
               </w:r>
@@ -954,165 +954,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04532128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le financement d'un nouveau tronçon ne peut porter sur l'ensemble des usagers d'un réseau autoroutier concédé</w:t>
+                <w:t xml:space="preserve">La sauvegarde des intérêts fondamentaux de la Nation en matière économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 19, pp.1003</w:t>
+              <w:t xml:space="preserve">Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n°10, pp.alerte 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04115628v1</w:t>
+                <w:t xml:space="preserve">hal-04532069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sauvegarde des intérêts fondamentaux de la Nation en matière économique</w:t>
+                <w:t xml:space="preserve">Le financement d'un nouveau tronçon ne peut porter sur l'ensemble des usagers d'un réseau autoroutier concédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit administratif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, n°10, pp.alerte 6</w:t>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19, pp.1003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04532069v1</w:t>
+                <w:t xml:space="preserve">halshs-04115628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opération Wuambushu : la folle du logis dans les bidonvilles mahorais</w:t>
               </w:r>
@@ -1745,263 +1745,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde n° 2 : Succès/Recul des sanctions</w:t>
+                <w:t xml:space="preserve">Table ronde n° 1 : Unité/diversité des sanctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romélien Colavitti</w:t>
+                <w:t xml:space="preserve">Fanny Grabias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Grabias</w:t>
+                <w:t xml:space="preserve">Denis Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04443495v1</w:t>
+                <w:t xml:space="preserve">hal-04416847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde n° 1 : Unité/diversité des sanctions</w:t>
+                <w:t xml:space="preserve">Table ronde n° 2 : Succès/Recul des sanctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romélien Colavitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Grabias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416847v1</w:t>
+                <w:t xml:space="preserve">hal-04443495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2270,51 +2270,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532020v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coleman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532014v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531859v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532027v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531869v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531995v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532114v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532149v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Laazouzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Silva Romero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532121v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532105v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532132v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532128v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04115628v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532069v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532140v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03785631v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532055v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880439v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532048v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532039v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532066v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03374206v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03375709v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04443495v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bousquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Chambon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;lien Colavitti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grabias" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04416847v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouve" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04262943v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531995v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coleman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531859v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532020v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532014v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532027v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531869v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532149v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Laazouzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Silva Romero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532121v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532105v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532132v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532114v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532128v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532069v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04115628v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532140v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03785631v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532055v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03880439v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532048v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532039v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532066v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03374206v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03375709v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04416847v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bousquet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Chambon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grabias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04443495v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;lien Colavitti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04262943v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>