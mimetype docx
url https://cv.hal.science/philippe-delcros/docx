--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1860,89 +1860,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02680356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la déprise agricole et de variations mésoclimatiques sur la végétation en Corse</w:t>
+                <w:t xml:space="preserve">Succession secondaire végétale dans la région de Zicavo en Corse (Ile méditerranéenne) : effet du climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Fritz</w:t>
+                <w:t xml:space="preserve">S. Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gamisans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bédecarrat</w:t>
+                <w:t xml:space="preserve">A. Bédécarrats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1957,375 +1957,375 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 58, pp.615-624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00192462v1</w:t>
+                <w:t xml:space="preserve">hal-02579931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succession secondaire végétale dans la région de Zicavo en Corse (Ile méditerranéenne) : effet du climat</w:t>
+                <w:t xml:space="preserve">Succession secondaire végétale dans la région de Zicavo en Corse (île méditerranéenne) : effet du climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Said</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Gamisans</w:t>
+                <w:t xml:space="preserve">Sonia Saïd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bédécarrats</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J.C. Rameau</w:t>
+                <w:t xml:space="preserve">Jacques Gamisans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bédécarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Rameau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 58, pp.615-624</w:t>
+              <w:t xml:space="preserve">, 2001, 58 (5), pp.615-624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02579931v1</w:t>
+                <w:t xml:space="preserve">hal-02675751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Succession secondaire végétale dans la région de Zicavo en Corse (île méditerranéenne) : effet du climat</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence de la déprise agricole et de variations mésoclimatiques sur la végétation en Corse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Bédécarrats</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Delcros</w:t>
+                <w:t xml:space="preserve">Hervé Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gamisans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Rameau</w:t>
+                <w:t xml:space="preserve">A. Bédecarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Rameau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 58 (5), pp.615-624</w:t>
+              <w:t xml:space="preserve">, 2001, 58, pp.615-624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675751v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00192462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Succession secondaire végétale dans la région de Zicavo en Corse (île méditerranéenne) : effet du climat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Saïd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gamisans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bédecarrats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delcros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Rameau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 58 (6), pp.615-624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3620,191 +3620,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02574082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of geographic information system (ARC-INFO) for studying woodland recolonisation in fallow land countries (French Alps)</w:t>
+                <w:t xml:space="preserve">Evolution of the mosaic patterns in a mountain lanscape (French Alps) in relation to ecological and biological diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delcros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest and woodland terrestrial ecosystems, Florence, ITA, 20-24 mai 1991</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1992, Italy. pp.951-952</w:t>
+              <w:t xml:space="preserve">6ème congrès européen d'écologie, Marseille, 7-12 septembre 1992</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02582180v1</w:t>
+                <w:t xml:space="preserve">hal-02574244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the mosaic patterns in a mountain lanscape (French Alps) in relation to ecological and biological diversity</w:t>
+                <w:t xml:space="preserve">Use of geographic information system (ARC-INFO) for studying woodland recolonisation in fallow land countries (French Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Delcros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème congrès européen d'écologie, Marseille, 7-12 septembre 1992</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1992, France</w:t>
+              <w:t xml:space="preserve">Forest and woodland terrestrial ecosystems, Florence, ITA, 20-24 mai 1991</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, Italy. pp.951-952</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02574244v1</w:t>
+                <w:t xml:space="preserve">hal-02582180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a geographic information system (ARC-INFO) for studying ligneous recolonisation in fallow land countries (French Alps)</w:t>
               </w:r>
@@ -4720,51 +4720,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04964196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Arbeille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Dashkina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delcros" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Dreyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587868v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Duncan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gaillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ballon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delcros" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Klein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587037v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene Bruhier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Brun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cozic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580953v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Anthelme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tallon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581035v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brouty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579731v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rovera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579307v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducourtioux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Piedallu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578428v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576075v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577008v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585116v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Adra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/jbes.1000107" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592507v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepoutre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burylo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602373v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587203v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680356v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Piedallu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Brun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vanpeene" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rga.2005.2359" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192462v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gamisans" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;decarrat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Rameau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579931v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Said" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675751v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sa&#239;d" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gamisans" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rameau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881941v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B&#233;decarrats" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2001149" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576077v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chenavier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Grossi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575872v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574052v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592926v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Decout" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Manel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589846v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589317v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583886v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583887v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toillier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dorren" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583885v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583883v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581727v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582214v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574082v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582180v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574244v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575292v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592946v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellerin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pettorelli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399381v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pellerin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pettorelli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Klein" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582174v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582181v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576427v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02574537v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04964196v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Arbeille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Dashkina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delcros" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Dreyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587868v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Duncan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gaillard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ballon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delcros" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Klein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587037v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene Bruhier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Brun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cozic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02580953v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Anthelme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tallon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581035v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brouty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579731v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rovera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579307v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578294v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducourtioux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Piedallu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02578428v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576075v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02577008v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585116v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Adra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Luque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/jbes.1000107" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592507v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepoutre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Burylo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602373v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587203v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanpeene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680356v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Piedallu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Brun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vanpeene" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rga.2005.2359" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579931v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Said" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gamisans" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Rameau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675751v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sa&#239;d" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gamisans" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rameau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00192462v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fritz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;decarrat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881941v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain B&#233;decarrats" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2001149" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576077v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chenavier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Grossi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575872v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tatoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574052v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592926v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Decout" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Manel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Miaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Luque" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589846v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589317v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583886v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583887v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toillier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dorren" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583885v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583883v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581727v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582214v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574082v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02574244v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582180v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02575292v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592946v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellerin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pettorelli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399381v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Pellerin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gaillard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pettorelli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Klein" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582174v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02582181v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02576427v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02574537v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>