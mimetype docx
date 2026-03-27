--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,12553 +66,12683 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Static and dynamic Monte Carlo simulations of phonon drag effects on thermoelectric properties in silicon nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Sen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Sjakste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 268, pp.114630. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.commatsci.2026.114630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05447127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultrafast dynamics of hot carriers: Theoretical approaches based on real-time propagation of carrier distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Sjakste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Sen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Ghanem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162 (6), pp.061002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0245834⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Operation and Design of Dirac-Source FETs Using Ab Initio Transport Simulations: Subthreshold Swing and Drive Current</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D K Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pilotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lizzit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 72 (12), pp.7114 - 7121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ted.2025.3627189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anomalous Temperature-Dependent Thermal Transport in Crystalline Polyethylene Driven by Strong Anharmonicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shouhang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Romanin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (39), pp.10210-10215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.5c02084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal conductance of twisted-layer graphite nanofibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Tra Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 204, pp.601-611. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2022.12.059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03995068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ab-initio simulation of dissipative transport in tunnel devices based on heterostructures of 2D materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mfoukh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computational Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22, pp.1257-1263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10825-023-02080-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Full quantum simulation of Shockley-Read-Hall recombination in p-i-n and tunnel diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pilotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco G. Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 198, pp.108469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2022.108469⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comprehensive Modeling and Characterization of Photon Detection Efficiency and Jitter Tail in Advanced SPAD Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Helleboid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Grebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isobel Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Moussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Journal of the Electron Devices Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.584-592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JEDS.2022.3168365⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonon-assisted transport in van der Waals heterostructure tunnel devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M'Foukh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco G. Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194, pp.108344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2022.108344⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Fokker-Planck-based Monte Carlo method for electronic transport and avalanche simulation in single-photon avalanche diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Helleboid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isobel Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Grebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Mamdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55, pp.505102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ac9b6a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03828806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectral Simulation of Heat Transfer Across Polytype Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Izitounene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Duc Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Davier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Paulatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crystal Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (9), pp.2200017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/crat.202200017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of phonon transport across Si/Ge interfaces using Full-Band phonon Monte Carlo simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Davier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Izitounene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computational Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (4), pp.744-755. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10825-022-01885-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling of SPAD avalanche breakdown probability and jitter tail with field lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Helleboid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Grebot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isobel Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Moussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194, pp.108376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2022.108376⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avalanche breakdown and quenching in Ge SPAD using 3D Monte Carlo simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cazimajou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Helleboid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pilotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 194, pp.108361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2022.108361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting thermal conductivity and interface conductance at the nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Davier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.D. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Shiomi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 183 (Part A), pp.122056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new mixed hardening methodology applied to a 28 nm FDSOI 32-bits DSP subjected to gamma radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Ureña-Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Armani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariem Slimani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Miro-Panades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microelectronics Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.114397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microrel.2021.114397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04129158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revisiting thermal conductivity and interface conductance at the nanoscale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Davier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N D Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Shiomi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 183, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1-D Drift-Diffusion Simulation of Two-Valley Semiconductors and Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schroter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (3), pp.1221-1227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2021.3051552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cold-source paradigm for steep-slope transistors based on van der Waals heterojunctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Logoteta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco G. Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.043286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electron transport properties of graphene nanoribbons with Gaussian deformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.102.075425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Steep-Slope MoS 2 -Nanoribbon MOSFET Based on an Intrinsic Cold-Contact Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demetrio Logoteta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Choukroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Iannaccone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Electron Device Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (9), pp.1550-1553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LED.2019.2928131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High performance tunnel field effect transistors based on in-plane transition metal dichalcogenide heterojunctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Choukroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiang Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efthimios Kaxiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (2), pp.025201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/aae7df⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heat transfer in rough nanofilms and nanowires using Full Band Ab Initio Monte Carlo simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Davier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 30 (49), pp.495902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/aaea4f⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High thermoelectric and electronic performance in graphene nanoribbons by isotope and vacancy engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (4, Part 1), pp.10393-10400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matpr.2017.12.287⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01927617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phonon transmission at Si/Ge and polytypic Ge interfaces using full-band mismatch based models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5007034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High thermoelectric performance of graphite nanofibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (8), pp.3784 - 3791. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7NR07817J⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ab initio based calculations of the thermal conductivity at the micron scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 112 (3), pp.033104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5010959⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01689364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimizing the thermoelectric performance of graphene nano-ribbons without degrading the electronic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-02230-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-linear effects and thermoelectric efficiency of quantum dot-based single-electron transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Talbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Galdin-Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-14009-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gold Nanoparticles on Functionalized Silicon Substrate under Coulomb Blockade Regime: An Experimental and Theoretical Investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Caillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves J Chabal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122 (2), pp.897 - 903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b06979⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01795635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Third nearest neighbor parameterized tight binding model for graphene nano-ribbons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4994771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01631290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electro-thermal simulation based on coupled Boltzmann transport equations for electrons and phonons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Nghiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computational Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (1), pp.3 - 15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10825-015-0773-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Special Issue on Inelastic Scattering Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computational Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (4, SI), pp.1119-1122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10825-016-0917-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01434945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proposal for a graphene-based all-spin logic gate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weisheng Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien S Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youguang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02448374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High thermoelectric performance in graphene nanoribbons by graphene/BN interface engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (49), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/26/49/495202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced Seebeck effect in graphene devices by strain and doping engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huy-Viet Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physica E: Low-dimensional Systems and Nanostructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 73, pp.207 - 212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physe.2015.05.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermoelectric effects in graphene nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/13/133204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strain-induced conduction gap in vertical devices made of misoriented graphene layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huy-Viet Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/26/11/115201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispersive hybrid states and bandgap in zigzag graphene/BN heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0268-1242/30/10/105002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New insights into self-heating in double-gate transistors by solving Boltzmann transport equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Thu Trang Nghiêm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 116 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4893646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01906713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced thermoelectric figure of merit in vertical graphene junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai Chung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huy-Viet Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 105 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4896915⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The interplay between the Aharonov-Bohm interference and parity selective tunneling in graphene nanoribbon rings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y-M Niquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (20), pp.205301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/20/205301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Klein-tunneling transistor with ballistic graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Wilmart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Torrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Fève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2D Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (1), pp.011006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2053-1583/1/1/011006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01310632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the non-linear effects in graphene devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Alarcón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van Nam Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (9), pp.094007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Large on/off current ratio in hybrid graphene/BN nanoribbons by transverse electric field-induced control of bandgap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Truong Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 105 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4893697⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immunity to Device Variations in a Spiking Neural Network With Memristive Nanodevices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bichler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gamrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12 (3), pp.288 - 295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TNANO.2013.2250995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte Carlo analysis of the dynamic behavior of III–V MOSFETs for low-noise RF applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Wichmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87, pp.51 - 57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2013.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pseudosaturation and Negative Differential Conductance in Graphene Field-Effect Transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Alarcón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 60 (3), pp.985-991</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical and Experimental Assessment of Charge Control in III–V Nano-Metal-Oxide-Semiconductor Field-Effect Transistor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (2), pp.771-775</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiscale simulation of carbon nanotube transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristell Maneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fregonese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Nha Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 89, pp.26-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2013.06.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graphene nanomesh transistor with high on/off ratio and good saturation behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Alarcón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 103 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4828496⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bandgap nanoengineering of graphene tunnel diodes and tunnel transistors to control the negative differential resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulvio Mazzamuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Computational Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12 (2), pp.85-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical and experimental assessment of charge control in III-V nano-metal-oxide-semiconductor field-effect transistor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minghua Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13, pp.771-775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/jnn.2013.6115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graphene nanomesh transistor with high on/off ratio and good saturation behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Berrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfonso Alarcón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 103 (18), pp.183509</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced thermoelectric properties in graphene nanoribbons by resonant tunneling of electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Mazzamuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Apertet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chassat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83 (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.83.235426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrical excitation of surface phonon-polaritons in III-V heterostructures: a Monte Carlo study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulvio Mazzamuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Archambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 193 (1), pp.012015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/193/1/012015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00574368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiscale simulation of carbon nanotube devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Adessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Avriller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Cazin d'Honincthun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (4), pp.305-319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2009.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suppression of the orientation effects on bandgap in graphene nanoribbons in the presence of edge disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Apertet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 92 (4), pp.042108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2838354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02452618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computationally Efficient Physics-Based Compact CNTFET Model for Circuit Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fregonese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hughes Cazin d'Honincthun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Goguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristell Maneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 55 (6), pp.1317-1326</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00287142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte Carlo study of apparent magnetoresistance mobility in nanometer scale metal oxyde semiconductor field effect transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Chaisantikulwat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 104 (4), pp.044504-1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Ability of the Particle Monte Carlo Technique to Include Quantum Effects in Nano-MOSFET Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Aubry-Fortuna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 54 (9), pp.2232 - 2242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2007.902713⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Device performance and optimization of decananometer long double gate MOSFET by Monte Carlo simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Aubry-Fortuna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 51 (4), pp.543-550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2007.02.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02452609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi sub-band Monte Carlo simulation of an ultra-thin double gate MOSFET with 2D electron gas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Monsef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chassat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 21 (4), pp.L29 - L31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0268-1242/21/4/L01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electron effective mobility in strained Si/Si1-xGex MOS devices using Monte Carlo simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Aubry-Fortuna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Galdin-Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 48 (8), pp.1320-1329</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00012102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Ballistic Transport in Nanometer-Scaled DG MOSFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 51 (7), pp.1148 - 1155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2004.829904⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte Carlo study of spin relaxation in AlGaAs/GaAs quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 77 (15), pp.2346-2348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1316771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02452029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling of gate-induced spin precession in a striped channel high electron mobility transistor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Galdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-X Musalem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Solid State Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 104 (2), pp.85-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0038-1098(97)00278-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02451938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte Carlo simulation of pseudomorphic InGaAs/GaAs high electron mobility transistors: Physical limitations at ultrashort gate length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 73 (2), pp.804-812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.353341⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monte Carlo study of 50 nm-long single and dual-gate MODFETs: suppression of short-channel effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hesto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Galdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Physique III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 3 (9), pp.1719-1728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp3:1993232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00249033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High frequency analysis of fast devices using small-signal Monte Carlo simulations : application to a 0.1 μm-gate MODFET</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Galdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Physique III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 3 (9), pp.1713-1718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp3:1993231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00249032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimensionnement et performances potentielles des MISFET à hétérojonction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Physique Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 24 (1), pp.65-69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rphysap:0198900240106500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00246030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude Monte-Carlo du transport dans un gaz d'électrons bidimensionnel dégénéré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Physique Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 24 (2), pp.183-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rphysap:01989002402018300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00246040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">REAL-SPACE TRANSFER IN HETEROJUNCTION FET's : MONTE-CARLO SIMULATION AND ANALYTICAL MODEL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Paviet-Salomon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Physique Colloques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 49 (C4), pp.C4-567-C4-570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jphyscol:19884119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00227854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude par simulation Monte Carlo des effets induits dans un TEGFET par le transfert spatial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Mougel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Pône</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Physique Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1987, 22 (11), pp.1495-1500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/rphysap:0198700220110149500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00245702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phonon Thermal Transport Along the Chain Direction of Crystalline Polyethylene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shouhang Li</w:t>
+                <w:t xml:space="preserve">Multi-Band Model Hamiltonian for Tunnel Devices with Van Der Waals Heterojunctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Owen Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel M'Foukh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Romanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Romanin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Computational Nanotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Grenoble, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD66650.2025.11186327⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05418477v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Consistent Advection-Diffusion Monte Carlo Simulation of Quenching in Single-Photon Avalanche Diodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Helleboid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenzo Morel-Handa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isobel Nicholson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Computational Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Salt Lake City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05418456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Band Model Hamiltonian for Tunnel Devices with Van Der Waals Heterojunctions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Improved Stochastic SPAD Quenching Model Including Build-Up Field Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Helleboid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenzo Morel-Handa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isobel Nicholson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Grenoble, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SISPAD66650.2025.11186327⟩</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD66650.2025.11186367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411859v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Stochastic SPAD Quenching Model Including Build-Up Field Effect</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phonon Thermal Transport Along the Chain Direction of Crystalline Polyethylene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shouhang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Romanin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Computational Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Salt Lake City, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411841v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05418477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo simulation of ThermoElectric Properties in Nanostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop and International Conference on Ultimate Integration on Silicon (EuroSOI-ULIS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Glyfada, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04740322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling ab-initio Description and Monte Carlo Simulation to Capture the Transport of Hot Carriers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelena Sjakste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raja Sen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Pilotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop and International Conference on Ultimate Integration on Silicon (EuroSOI-ULIS 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Glyfada, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04740315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic optimization of doping profile for high performance Single-Photon Avalanche Diodes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Full-Band Quantum Simulations of Semiconductor Devices based on Empirical Pseudopotential Hamiltonians in the presence of Phonon Scattering and Non-Radiative Recombination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Pilotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel M’foukh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Pala</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Computational Nanotechnology (IWCN) 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Kobe, Japan. pp.301-304, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/SISPAD57422.2023.10319610⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04740345v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04333397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-Band Quantum Simulations of Semiconductor Devices based on Empirical Pseudopotential Hamiltonians in the presence of Phonon Scattering and Non-Radiative Recombination</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adel M’foukh</w:t>
+                <w:t xml:space="preserve">Automatic optimization of doping profile for high performance Single-Photon Avalanche Diodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helleboid Rémi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rideau Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Computational Nanotechnology (IWCN) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Barcelone, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333397v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single Photon Avalanche Diode with Monte Carlo Simulations: PDP, Jitter and Quench Probability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Oussaiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Grebot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Helleboid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Simulation of Semiconductor Processes and Devices (SISPAD 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sept. 27-29, 2021, Virtual conference Dallas, US, Sep 2021, Dallas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full Band Monte Carlo simulation of phonon transfer at interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.D. Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Davier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco G. Pala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Kobe, Japan. pp.27-30, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/SISPAD49475.2020.9241629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03029928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale heat transfer via Ab-Initio Monte Carlo simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Davier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Volz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Workshop on Computational Nanotechnology - IWCN 2019 -</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Evanston, Illinois, USA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02187168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat Transport in Silicon Nanowires within Full-Band Phonon Monte Carlo approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Full Band Ab-Initio Monte Carlo simulation of heat transfer in nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Davier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Volz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Performance Scientific Computing Conf. (HPSC7)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Hanoi, Vietnam</w:t>
+              <w:t xml:space="preserve">Nanoscale and Microscale Heat Transfer VI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01952013v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01951979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Seebeck effect in graphene devices by strain and doping engineering</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+                <w:t xml:space="preserve">High performance WTe&amp;lt;inf&amp;gt;2&amp;lt;/inf&amp;gt;-MoS&amp;lt;inf&amp;gt;2&amp;lt;/inf&amp;gt;in-plane heterojunction Tunnel Field Effect Transistors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco G. Pala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Choukroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiang Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efthimios Kaxiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Performance Scientific Computing Conf. (HPSC7)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">48th European Solid-State Device Research Conference (ESSDERC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Dresden, France. pp.42-45, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESSDERC.2018.8486869⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01952016v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02351006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance WTe&amp;lt;inf&amp;gt;2&amp;lt;/inf&amp;gt;-MoS&amp;lt;inf&amp;gt;2&amp;lt;/inf&amp;gt;in-plane heterojunction Tunnel Field Effect Transistors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Efthimios Kaxiras</w:t>
+                <w:t xml:space="preserve">Thermoelectric properties of Quantum Dot-based devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Talbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th European Solid-State Device Research Conference (ESSDERC 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE NANO 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Cork, Ireland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02351006v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full Band Ab-Initio Monte Carlo simulation of heat transfer in nanostructures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Heat Transport in Silicon Nanowires within Full-Band Phonon Monte Carlo approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Davier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale and Microscale Heat Transfer VI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Levi, Finland</w:t>
+              <w:t xml:space="preserve">High Performance Scientific Computing Conf. (HPSC7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Hanoi, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01951979v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoelectric properties of Quantum Dot-based devices</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Enhanced Seebeck effect in graphene devices by strain and doping engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mai-Chung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet-Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huy-Viet Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE NANO 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Cork, Ireland</w:t>
+              <w:t xml:space="preserve">High Performance Scientific Computing Conf. (HPSC7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Hanoi, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01952001v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-Band modelling of phonons in polytype Ge and Si</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Electron Dynamics In Semiconductors, Optoelectronics and Nanostructures (EDISON 20)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Buffalo, NY, United States. pp.012007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01951995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verilog-A model for avalanche dynamics and quenching in Single-Photon Avalanche Diodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Oussaiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.R. Manouvrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Quenette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Wehbe-Alause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Simulation of Semiconductor Processes and Devices (SISPAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Kobe, Japan. pp.145-148, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/SISPAD49475.2020.9241648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03029924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinspired networks with nanoscale memristive devices that combine the unsupervised and supervised learning approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Querlioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. S Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-O Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE/ACM International Symposium on Nanoscale Architectures NANOARCH '12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Amsterdam, Netherlands. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2765491.2765528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01839543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning with memristive devices: How should we model their behavior?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessment of III-V MOSFET architectures for low power applications using static and dynamic numerical simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minghua Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 IEEE/ACM International Symposium on Nanoscale Architectures (NANOARCH)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NANOARCH.2011.5941497⟩</w:t>
+              <w:t xml:space="preserve">37th IEEE International SOI Conference, SOI 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tempe, AZ, United States. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SOI.2011.6081701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827056v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00799795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of III-V MOSFET architectures for low power applications using static and dynamic numerical simulation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Learning with memristive devices: How should we model their behavior?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bichler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gamrat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th IEEE International SOI Conference, SOI 2011</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SOI.2011.6081701⟩</w:t>
+              <w:t xml:space="preserve">2011 IEEE/ACM International Symposium on Nanoscale Architectures (NANOARCH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, San Diego, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NANOARCH.2011.5941497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00799795v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmonic noise in Si and InGaAs semiconductor nanolayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-F Millithaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Reggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Sabatini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Palermo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Electron Dynamics In Semiconductors, Optoelectronics and Nanostructures (EDISON)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L. Varani, 2009, Montpellier, France. pp.012091, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/193/1/012091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02443121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field Dependence of Electron Velocity in High-Purity Germanium at Cryogenic Temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Aubry Fortuna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Broniatowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">THE THIRTEENTH INTERNATIONAL WORKSHOP ON LOW TEMPERATURE DETECTORS--LTD13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Stanford, United States. pp.639-642, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3292422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00695301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient multi sub-band Monte Carlo simulation of nano-scaled Double Gate MOSFETs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+                <w:t xml:space="preserve">Analyse de la mobilité dans les transistors nanométriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Millithaler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Palermo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Varani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2006 International Conference on Simulation of Semiconductor Processes and Devices</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales du Réseau Doctorale en Microélectronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827057v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02442777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la mobilité dans les transistors nanométriques</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Fully quantum self-consistent study of ultimate DG-MOSFETs including realistic scattering using a Wigner Monte-Carlo approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.-N. Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Réseau Doctorale en Microélectronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2006 International Electron Devices Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2006, San Francisco, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IEDM.2006.346939⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02442777v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully quantum self-consistent study of ultimate DG-MOSFETs including realistic scattering using a Wigner Monte-Carlo approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Querlioz</w:t>
+                <w:t xml:space="preserve">Étude de la mobilité effective dans les DG MOSFET quasi-balistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ghibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Saint-Martin</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">P. Dollfus</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2006 International Electron Devices Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">xxxx</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Grenoble, France. pp.XX</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01827054v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la mobilité effective dans les DG MOSFET quasi-balistiques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient multi sub-band Monte Carlo simulation of nano-scaled Double Gate MOSFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Querlioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dollfus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">xxxx</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2006 International Conference on Simulation of Semiconductor Processes and Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Monterey, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SISPAD.2006.282875⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...9056 lines deleted...]
-                <w:t xml:space="preserve">jpa-00245702v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Conductivity of Single Polymer Chains from First-principles Including Quantum and Anharmonic Effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shouhang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel M'Foukh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dollfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Romanin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOURNÉES PLÉNIIÈRES DU GDR NAME 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId360"/>
+      <w:footerReference w:type="default" r:id="rId362"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12759,51 +12889,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418477v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouhang Li" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dollfus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Saint-Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Romanin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418456v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Helleboid" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenzo Morel-Handa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Nicholson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rideau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411859v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Loison" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M'Foukh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pala" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD66650.2025.11186327" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411841v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dahan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD66650.2025.11186367" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740322v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ghanem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740315v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Sjakste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Sen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Pilotto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740345v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helleboid R&#233;mi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rideau Denis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333397v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M&#8217;foukh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD57422.2023.10319610" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374008v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Oussaiti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grebot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Helleboid" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029928v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Le" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Davier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dollfus" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco G. Pala" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bournel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD49475.2020.9241629" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187168v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Davier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Larroque" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Volz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952013v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Larroque" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952016v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Chung Nguyen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Hung Nguyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy-Viet Nguyen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351006v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Choukroun" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiang Fang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efthimios Kaxiras" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDERC.2018.8486869" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951979v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Volz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952001v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Talbo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951995v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029924v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rideau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Manouvrier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Quenette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wehbe-Alause" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD49475.2020.9241648" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839543v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Querlioz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S Zhao" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-O Klein" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bichler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2765491.2765528" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827056v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bichler" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gamrat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANOARCH.2011.5941497" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799795v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghua Shi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saint-Martin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOI.2011.6081701" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443121v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pousset" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Millithaler" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reggiani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sabatini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palermo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/193/1/012091" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00695301v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Aubry Fortuna" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Broniatowski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3292422" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827057v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bournel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD.2006.282875" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442777v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Millithaler" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Varani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827054v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-N. Do" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2006.346939" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148265v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Huet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghibaudo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04946288v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vast" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0245834" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407740v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D K Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pilotto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lizzit" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pala" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ted.2025.3627189" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284461v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.5c02084" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995068v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Truong Tran" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tra Vu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2022.12.059" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161457v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mfoukh" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-023-02080-2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859204v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shiomi" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122056" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03793955v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cazimajou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108361" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03793952v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Grebot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Moussy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108376" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03818605v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108469" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03794480v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Helleboid" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JEDS.2022.3168365" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03793956v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M'Foukh" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108344" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03828806v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mamdy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9b6a" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864401v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Izitounene" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Duc Le" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/crat.202200017" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859201v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Izitounene" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-022-01885-x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04129158v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ure&#241;a-Acu&#241;a" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Slimani" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114397" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868857v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N D Le" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Shiomi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332527v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Muller" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schroter" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3051552" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032703v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Logoteta" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cao" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lee" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.043286" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935227v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.075425" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350929v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demetrio Logoteta" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Iannaccone" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2019.2928131" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350992v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aae7df" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689364v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5010959" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906247v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aaea4f" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927617v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2017.12.287" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906686v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5007034" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909447v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR07817J" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631292v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02230-0" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906689v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Galdin-Retailleau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14009-4" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01795635v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pluchery" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Caillard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves J Chabal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b06979" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631290v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994771" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906694v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nghiem" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-015-0773-2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434945v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bescond" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-016-0917-z" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909504v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Hung Nguyen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/11/115201" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909498v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/30/10/105002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448374v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Su" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weisheng Zhao" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Querlioz" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youguang Zhang" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909496v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/49/495202" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909501v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chung Nguyen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hung Nguyen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2015.05.020" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909508v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Hung Nguyen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/13/133204" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906713v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thu Trang Nghi&#234;m" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4893646" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910202v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Chung Nguyen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4896915" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137931v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-M Niquet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/20/205301" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310632v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wilmart" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Berrada" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Torrin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal F&#232;ve" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/1/1/011006" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951903v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Alarc&#243;n" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Nam Do" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910199v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4893697" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910206v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Shi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wichmann" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.05.004" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LT1J7PN8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826840v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2013.2250995" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951940v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951943v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906950v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristell Maneux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fregonese" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Retailleau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Nha Nguyen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.06.013" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PDZ8181P-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910209v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4828496" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951935v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Mazzamuto" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795954v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2013.6115" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951910v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909440v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazzamuto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Apertet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ca&#235;r" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chassat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.235426" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00574368v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Archambault" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/193/1/012015" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400169v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adessi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Avriller" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Blase" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cazin d'Honincthun" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2009.05.004" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-295KP5RT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452618v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2838354" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287142v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fregonese" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hughes Cazin d'Honincthun" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Goguet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391733v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chaisantikulwat" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909433v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Aubry-Fortuna" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2007.902713" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452609v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2007.02.010" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9MF10FKP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909484v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Monsef" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/21/4/L01" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/1D7CCAD8DAFD3E24FF8FE8D650327E2FFBF40108/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012102v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galdin-Retailleau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909466v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2004.829904" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452029v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cassan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hesto" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1316771" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02451938v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Galdin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X Musalem" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-1098(97)00278-0" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-553RQ5DQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01977076v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bru" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.353341" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249033v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galdin" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brisset" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1993232" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/98805A131E91A38356876FFFFF779873D0E8D727/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249032v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1993231" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5E6FD43870260238882D2864C20FF518BDB7258B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246030v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Castagn&#233;" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:0198900240106500" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8A7737EC93986759EBB5F68EEB84C8A4DF7716C1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246040v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:01989002402018300" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8819532FC5F69482B6012E6F5CE8AC1246787DA5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00227854v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paviet-Salomon" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19884119" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/31651ECE7C97B99B7721D7756C76621F5278FD74/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00245702v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mougel" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. P&#244;ne" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:0198700220110149500" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C12E290A9CA5B31AE5BA377D38A2BA21EBA526F0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790424v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447127v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ghanem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dollfus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Sen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Sjakste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Saint-Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2026.114630" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04946288v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vast" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0245834" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407740v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D K Nguyen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pilotto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lizzit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pala" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ted.2025.3627189" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284461v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shouhang Li" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Romanin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.5c02084" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995068v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Truong Tran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tra Vu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pala" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2022.12.059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161457v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mfoukh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-023-02080-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03818605v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Saint-Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco G. Pala" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108469" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03794480v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Helleboid" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rideau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Grebot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Nicholson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Moussy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JEDS.2022.3168365" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03793956v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M'Foukh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108344" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03828806v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Mamdy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac9b6a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864401v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Izitounene" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Duc Le" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Davier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paulatto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/crat.202200017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859201v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Izitounene" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-022-01885-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03793952v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Helleboid" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108376" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03793955v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cazimajou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Helleboid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2022.108361" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859204v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Le" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Volz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shiomi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122056" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04129158v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ure&#241;a-Acu&#241;a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Slimani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Miro-Panades" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2021.114397" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868857v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N D Le" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Volz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Shiomi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332527v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Muller" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schroter" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3051552" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032703v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Logoteta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cao" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dollfus" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lee" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.043286" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935227v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.075425" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350929v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demetrio Logoteta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Choukroun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Iannaccone" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LED.2019.2928131" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350992v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiang Fang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efthimios Kaxiras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aae7df" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906247v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Larroque" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaput" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aaea4f" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927617v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2017.12.287" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906686v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5007034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909447v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7NR07817J" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689364v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lacroix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5010959" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631292v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02230-0" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906689v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Talbo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Galdin-Retailleau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14009-4" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01795635v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pluchery" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Caillard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves J Chabal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b06979" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631290v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994771" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906694v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nghiem" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-015-0773-2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434945v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bescond" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10825-016-0917-z" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448374v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Su" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weisheng Zhao" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Querlioz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youguang Zhang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909496v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/49/495202" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909501v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chung Nguyen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hung Nguyen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy-Viet Nguyen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physe.2015.05.020" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909508v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Hung Nguyen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/13/133204" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909504v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Hung Nguyen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/11/115201" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909498v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/30/10/105002" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906713v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thu Trang Nghi&#234;m" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4893646" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910202v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Hung Nguyen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Chung Nguyen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4896915" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137931v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y-M Niquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/20/205301" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310632v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wilmart" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Berrada" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Torrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal F&#232;ve" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/1/1/011006" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951903v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Alarc&#243;n" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Nam Do" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910199v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4893697" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826840v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bichler" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gamrat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNANO.2013.2250995" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910206v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Shi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bournel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wichmann" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.05.004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LT1J7PN8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951940v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951943v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906950v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristell Maneux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fregonese" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Retailleau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Nha Nguyen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.06.013" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PDZ8181P-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910209v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4828496" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951935v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Mazzamuto" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795954v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghua Shi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bournel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Querlioz" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jnn.2013.6115" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951910v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909440v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazzamuto" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Apertet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ca&#235;r" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chassat" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.235426" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00574368v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Archambault" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/193/1/012015" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400169v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adessi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Avriller" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Blase" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cazin d'Honincthun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2009.05.004" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-295KP5RT-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452618v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Huet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2838354" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287142v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fregonese" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hughes Cazin d'Honincthun" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Goguet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391733v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chaisantikulwat" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909433v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Aubry-Fortuna" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2007.902713" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452609v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2007.02.010" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9MF10FKP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909484v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Monsef" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0268-1242/21/4/L01" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/1D7CCAD8DAFD3E24FF8FE8D650327E2FFBF40108/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012102v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galdin-Retailleau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909466v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2004.829904" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02452029v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cassan" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hesto" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1316771" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02451938v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Galdin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-X Musalem" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0038-1098(97)00278-0" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-553RQ5DQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01977076v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bru" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.353341" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249033v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galdin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brisset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1993232" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/98805A131E91A38356876FFFFF779873D0E8D727/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249032v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1993231" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5E6FD43870260238882D2864C20FF518BDB7258B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246030v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mouis" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Castagn&#233;" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:0198900240106500" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8A7737EC93986759EBB5F68EEB84C8A4DF7716C1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246040v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:01989002402018300" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8819532FC5F69482B6012E6F5CE8AC1246787DA5/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00227854v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paviet-Salomon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:19884119" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/31651ECE7C97B99B7721D7756C76621F5278FD74/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00245702v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mougel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. P&#244;ne" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rphysap:0198700220110149500" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C12E290A9CA5B31AE5BA377D38A2BA21EBA526F0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411859v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Loison" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M'Foukh" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD66650.2025.11186327" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418456v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenzo Morel-Handa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411841v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dahan" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD66650.2025.11186367" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418477v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Romanin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740322v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740315v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Pilotto" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333397v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel M&#8217;foukh" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD57422.2023.10319610" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740345v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helleboid R&#233;mi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rideau Denis" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374008v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Oussaiti" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grebot" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lopez" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029928v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Davier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD49475.2020.9241629" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187168v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951979v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Larroque" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351006v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSDERC.2018.8486869" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952001v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952013v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952016v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai-Chung Nguyen" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951995v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029924v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rideau" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Manouvrier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Quenette" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wehbe-Alause" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/SISPAD49475.2020.9241648" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839543v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S Zhao" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-O Klein" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bichler" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2765491.2765528" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799795v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SOI.2011.6081701" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827056v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NANOARCH.2011.5941497" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443121v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pousset" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Millithaler" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Reggiani" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sabatini" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palermo" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/193/1/012091" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00695301v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Aubry Fortuna" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Broniatowski" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3292422" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442777v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Millithaler" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Varani" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827054v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-N. Do" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2006.346939" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148265v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghibaudo" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827057v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SISPAD.2006.282875" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790424v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>