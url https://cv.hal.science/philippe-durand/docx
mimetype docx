--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -421,346 +421,346 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, inPress, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D5TB01877C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05281357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Future Circular Collider Feasibility Study Report Volume 1: Physics and Experiments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. P. Burnet</w:t>
+                <w:t xml:space="preserve">Synthesis and Photophysical Properties of 4’‐5’ Disubstituted CinNapht Dyes Accessible through Double SNAr Late‐Stage Functionalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore Tacke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Estaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh‐duc Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-15077-x⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 31 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202403684⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05390104v1</w:t>
+                <w:t xml:space="preserve">hal-04831123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Photophysical Properties of 4’‐5’ Disubstituted CinNapht Dyes Accessible through Double SNAr Late‐Stage Functionalization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Clavier</w:t>
+                <w:t xml:space="preserve">Future Circular Collider Feasibility Study Report Volume 1: Physics and Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auchmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Bartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Burnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 31 (6), </w:t>
+              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 85 (12), pp.1468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202403684⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-15077-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04831123v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural, stability and relaxation features of lanthanide‐complexes designed for multimodal imaging detection of enzyme activities</w:t>
               </w:r>
@@ -1272,1229 +1272,1229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-relaxivity molecular MRI contrast agent to target Gb3-Expressing cancer cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tunable Naphthalimide/Cinnoline‐Fused (CinNapht) Hybrid Dyes for Fluorescence Imaging in Living Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh‐duc Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Deville-Foillard</w:t>
+                <w:t xml:space="preserve">Farah Savina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Billet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Durand</w:t>
+                <w:t xml:space="preserve">Pr. Rachel Méallet-Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.1c00531⟩</w:t>
+              <w:t xml:space="preserve">ChemPhotoChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cptc.202200138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551620v1</w:t>
+                <w:t xml:space="preserve">hal-03796194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Color Detection-Based Method Applied to Sentinel-1 SAR Images for Snow Avalanche Debris Monitoring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-relaxivity molecular MRI contrast agent to target Gb3-Expressing cancer cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Deville-Foillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Karas</w:t>
+                <w:t xml:space="preserve">Rose-Marie Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Karbou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Giffard-Roisin</w:t>
+                <w:t xml:space="preserve">Ludger Johannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TGRS.2021.3131853⟩</w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (1), pp.180-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.1c00531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03467334v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable Naphthalimide/Cinnoline‐Fused (CinNapht) Hybrid Dyes for Fluorescence Imaging in Living Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh‐duc Hoang</w:t>
+                <w:t xml:space="preserve">Automatic Color Detection-Based Method Applied to Sentinel-1 SAR Images for Snow Avalanche Debris Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Karas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Karbou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farah Savina</w:t>
+                <w:t xml:space="preserve">Sophie Giffard-Roisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pr. Rachel Méallet-Renault</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Eckert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhotoChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Geoscience and Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60, pp.1-17/5219117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cptc.202200138⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TGRS.2021.3131853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03796194v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03467334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of anakinra versus usual care in adults in hospital with COVID-19 and mild-to-moderate pneumonia (CORIMUNO-ANA-1): a randomised controlled trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring Wet Snow Over an Alpine Region Using Sentinel-1 Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Karbou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Louis Tharaux</w:t>
+                <w:t xml:space="preserve">Gaëlle Veyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Pialoux</w:t>
+                <w:t xml:space="preserve">Cécile Coléou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Pavot</w:t>
+                <w:t xml:space="preserve">Anne Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Mariette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Hermine</w:t>
+                <w:t xml:space="preserve">Isabelle Gouttevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2213-2600(20)30556-7⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs13030381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03579180v1</w:t>
+                <w:t xml:space="preserve">hal-03237360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of borinic acids as new, fast hydrogen peroxide–responsive triggers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of anakinra versus usual care in adults in hospital with COVID-19 and mild-to-moderate pneumonia (CORIMUNO-ANA-1): a randomised controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Tharaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blaise Gatin-Fraudet</w:t>
+                <w:t xml:space="preserve">Gilles Pialoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Ottenwelter</w:t>
+                <w:t xml:space="preserve">Arthur Pavot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Le Saux</w:t>
+                <w:t xml:space="preserve">Xavier Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Norsikian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Pucher</w:t>
+                <w:t xml:space="preserve">Olivier Hermine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2107503118⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Respiratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (3), pp.295-304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-2600(20)30556-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03542546v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLATSIM: The ForM@Ter LArge-Scale Multi-Temporal Sentinel-1 InterferoMetry Service</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Thollard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Thollard</w:t>
+                <w:t xml:space="preserve">Dominique Clesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Clesse</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Doin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Donadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (18), pp.3734. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs13183734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03397350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CinNapht&amp;quot; dyes a new Cinnoline/Naphthalimide fused hybrid fluorophore: Synthesis, Photo-physical study and use for bio-imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh-Duc Hoang</w:t>
+                <w:t xml:space="preserve">Evaluation of borinic acids as new, fast hydrogen peroxide–responsive triggers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Gatin-Fraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Bodin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Steinmetz</w:t>
+                <w:t xml:space="preserve">Roxane Ottenwelter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bignon</w:t>
+                <w:t xml:space="preserve">Thomas Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Norsikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Pucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1RA05110E⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (50), pp.e2107503118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2107503118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345078v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Tocilizumab vs Usual Care in Adults Hospitalized With COVID-19 and Moderate or Severe Pneumonia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Porcher</w:t>
+                <w:t xml:space="preserve">CinNapht&amp;quot; dyes a new Cinnoline/Naphthalimide fused hybrid fluorophore: Synthesis, Photo-physical study and use for bio-imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh-Duc Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Savina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Internal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamainternmed.2020.6820⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (48), pp.30088-30092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1RA05110E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03579175v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Wet Snow Over an Alpine Region Using Sentinel-1 Observations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Coléou</w:t>
+                <w:t xml:space="preserve">Effect of Tocilizumab vs Usual Care in Adults Hospitalized With COVID-19 and Moderate or Severe Pneumonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Hermine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Tharaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Dufour</w:t>
+                <w:t xml:space="preserve">Matthieu Resche-Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Gouttevin</w:t>
+                <w:t xml:space="preserve">Raphaël Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (3), pp.381. </w:t>
+              <w:t xml:space="preserve">JAMA Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 181 (1), pp.32-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs13030381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1001/jamainternmed.2020.6820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03237360v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paediatric intensive care unit mutation to adult unit during the initial Covid-19 wave: does it make sense?</w:t>
               </w:r>
@@ -3010,307 +3010,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the UDP-N-acetylglucosamine regulatory site of human glucosamine-6P synthase by saturation-transfer difference NMR and site-directed mutagenesis.</w:t>
+                <w:t xml:space="preserve">Evaluation of synthase and hemisynthase activities of glucosamine-6-phosphate synthase by matrix-assisted laser desorption/ionization time-of-flight mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Assrir</w:t>
+                <w:t xml:space="preserve">Florence Gaucher-Wieczorek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Richez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Durand</w:t>
+                <w:t xml:space="preserve">Vincent Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Guittet</w:t>
+                <w:t xml:space="preserve">David Touboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Badet</w:t>
+                <w:t xml:space="preserve">Sophie Thétiot-Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Pélissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.09.011⟩</w:t>
+              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 458, pp.61-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ab.2014.04.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00912794v1</w:t>
+                <w:t xml:space="preserve">hal-02144651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of synthase and hemisynthase activities of glucosamine-6-phosphate synthase by matrix-assisted laser desorption/ionization time-of-flight mass spectrometry</w:t>
+                <w:t xml:space="preserve">Mapping the UDP-N-acetylglucosamine regulatory site of human glucosamine-6P synthase by saturation-transfer difference NMR and site-directed mutagenesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Gaucher-Wieczorek</w:t>
+                <w:t xml:space="preserve">Nadine Assrir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Guérineau</w:t>
+                <w:t xml:space="preserve">Celine Richez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Touboul</w:t>
+                <w:t xml:space="preserve">Eric Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Thétiot-Laurent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Pélissier</w:t>
+                <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97, pp.39-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.09.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ab.2014.04.033⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144651v1</w:t>
+                <w:t xml:space="preserve">hal-00912794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide(III) complexes that contain a self-immolative arm: potential enzyme responsive contrast agents for magnetic resonance imaging.</w:t>
               </w:r>
@@ -3348,51 +3348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Rosseto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Kotek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 18 (5), pp.1408-18. </w:t>
@@ -3436,676 +3436,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00679094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of cytotoxic and pro-apoptotic compounds against leukemia cells: Tert-butyl-4-[(3-nitrophenoxy) methyl]-2,2-dimethyloxazolidine-3-carboxylate.</w:t>
+                <w:t xml:space="preserve">Synthesis and physicochemical characterization of new squalenoyl amphiphilic gadolinium complexes as nanoparticle contrast agents.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro C X Pinto</w:t>
+                <w:t xml:space="preserve">Mohammad Othman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danielle F Dias</w:t>
+                <w:t xml:space="preserve">Didier Desmaële</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen L del Puerto</w:t>
+                <w:t xml:space="preserve">Patrick Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Almir S Martins</w:t>
+                <w:t xml:space="preserve">Luce Vander Elst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréa Teixeira-Carvalho</w:t>
+                <w:t xml:space="preserve">Sophie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 89 (21-22), pp.786-794. </w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 9 (11), pp.4367-4386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lfs.2011.09.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c1ob00015b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00649290v1</w:t>
+                <w:t xml:space="preserve">hal-00606158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and physicochemical characterization of new squalenoyl amphiphilic gadolinium complexes as nanoparticle contrast agents.</w:t>
+                <w:t xml:space="preserve">Discovery of cytotoxic and pro-apoptotic compounds against leukemia cells: Tert-butyl-4-[(3-nitrophenoxy) methyl]-2,2-dimethyloxazolidine-3-carboxylate.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Othman</w:t>
+                <w:t xml:space="preserve">Mauro C X Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Desmaële</w:t>
+                <w:t xml:space="preserve">Danielle F Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Couvreur</w:t>
+                <w:t xml:space="preserve">Helen L del Puerto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luce Vander Elst</w:t>
+                <w:t xml:space="preserve">Almir S Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Laurent</w:t>
+                <w:t xml:space="preserve">Andréa Teixeira-Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 9 (11), pp.4367-4386. </w:t>
+              <w:t xml:space="preserve">Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (21-22), pp.786-794. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c1ob00015b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lfs.2011.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00606158v1</w:t>
+                <w:t xml:space="preserve">hal-00649290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and in vitro evaluation on glucosamine-6P synthase of aromatic analogs of 2-aminohexitols-6P</w:t>
+                <w:t xml:space="preserve">Seasonal evolution of boundary-layer turbulence measured by aircraft during the AMMA 2006 Special Observation Period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. F. Dias</w:t>
+                <w:t xml:space="preserve">Frédérique Saïd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Roux</w:t>
+                <w:t xml:space="preserve">Guylaine Canut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Durand</w:t>
+                <w:t xml:space="preserve">Fabienne Lohou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bogdan Iorga</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Lothon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Brazilian Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1590/S0103-50532004000300002⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 136 (S1), pp.47-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/qj.475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00476897v1</w:t>
+                <w:t xml:space="preserve">hal-00995991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorous tagged N-hydroxy phthalimide for the parallel synthesis of O-aryloxyamines.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, synthesis and in vitro evaluation on glucosamine-6P synthase of aromatic analogs of 2-aminohexitols-6P</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. F. Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence S Gaucher-Wieczorek</w:t>
+                <w:t xml:space="preserve">Clément Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic T Maillard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Iorga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Badet-Denisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Combinatorial Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cc100098v⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Brazilian Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21 (4), pp.680-685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/S0103-50532004000300002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00522083v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00476897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal evolution of boundary-layer turbulence measured by aircraft during the AMMA 2006 Special Observation Period</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guylaine Canut</w:t>
+                <w:t xml:space="preserve">Fluorous tagged N-hydroxy phthalimide for the parallel synthesis of O-aryloxyamines.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence S Gaucher-Wieczorek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic T Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Lothon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of the Royal Meteorological Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 136 (S1), pp.47-65. </w:t>
+              <w:t xml:space="preserve">Journal of Combinatorial Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12 (5), pp.655-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/qj.475⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/cc100098v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995991v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00522083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective motions in glucosamine-6-phosphate synthase: influence of ligand binding and role in ammonia channelling and opening of the fructose-6-phosphate binding site.</w:t>
               </w:r>
@@ -4130,51 +4130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Maigret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Badet-Denisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4231,461 +4231,461 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00365799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlights of glucosamine-6P synthase catalysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of enzymatic activity by PARACEST MRI: a general approach to target a large variety of enzymes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Golinelli-Pimpaneau</w:t>
+                <w:t xml:space="preserve">Michèle Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mouilleron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bernard Badet</w:t>
+                <w:t xml:space="preserve">Hervé Meudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Ange Badet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bich-Thuy Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Biochemistry and Biophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 474 (2), pp.302-317. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (23), pp.4370-4372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.abb.2008.01.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.200800809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144673v1</w:t>
+                <w:t xml:space="preserve">hal-00283242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Relaxivity Magnetic Resonance Imaging (MRI) Contrast Agent Based on Supramolecular Assembly between a Gadolinium Chelate, a Modified Dextran, and Poly-beta-Cyclodextrin.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highlights of glucosamine-6P synthase catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Battistini</w:t>
+                <w:t xml:space="preserve">Béatrice Golinelli-Pimpaneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliana Gianolio</w:t>
+                <w:t xml:space="preserve">Stéphane Mouilleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruxandra Gref</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Ange Badet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archives of Biochemistry and Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 474 (2), pp.302-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.abb.2008.01.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.200701587⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00287348v1</w:t>
+                <w:t xml:space="preserve">hal-02144673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of enzymatic activity by PARACEST MRI: a general approach to target a large variety of enzymes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Durand</w:t>
+                <w:t xml:space="preserve">High-Relaxivity Magnetic Resonance Imaging (MRI) Contrast Agent Based on Supramolecular Assembly between a Gadolinium Chelate, a Modified Dextran, and Poly-beta-Cyclodextrin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Battistini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Bernier</w:t>
+                <w:t xml:space="preserve">Eliana Gianolio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Meudal</w:t>
+                <w:t xml:space="preserve">Ruxandra Gref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Couvreur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bich-Thuy Doan</w:t>
+                <w:t xml:space="preserve">Silvia Fuzerova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 47 (23), pp.4370-4372. </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 14 (15), pp.4551-4561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.200800809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.200701587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00283242v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00287348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discovery new inhibitors of bacterial glucosamine-6P synthase (GlmS) by docking simulations</w:t>
               </w:r>
@@ -4697,51 +4697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Floquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Richez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Maigret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4856,51 +4856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemonsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grimmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Thouron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5015,51 +5015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Ouazzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 370 (2), pp.142-146. </w:t>
@@ -5103,290 +5103,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02144680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring enzyme-catalyzed production of glucosamine-6P by matrix-assisted laser desorption/ionization time-of-flight mass spectrometry: a new enzymatic assay for glucosamine-6P synthase</w:t>
+                <w:t xml:space="preserve">Anthropogenic heat release in an old European agglomeration (Toulouse, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Maillard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bernard Badet</w:t>
+                <w:t xml:space="preserve">Grégoire Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Laprévote</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dominique Legain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéry Masson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rcm.2361⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Climatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27 (14), pp.1969-1981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/joc.1530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02144695v1</w:t>
+                <w:t xml:space="preserve">hal-00068818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthropogenic heat release in an old European agglomeration (Toulouse, France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring enzyme-catalyzed production of glucosamine-6P by matrix-assisted laser desorption/ionization time-of-flight mass spectrometry: a new enzymatic assay for glucosamine-6P synthase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Legain</w:t>
+                <w:t xml:space="preserve">Ludovic Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guérineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Badet-Denisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Durand</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Laprévote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Climatology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 20 (4), pp.666-672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rcm.2361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/joc.1530⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00068818v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02144695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term moderate magnesium-deficient diet shows relationships between blood pressure, inflammation and oxidant stress defense in aging rats</w:t>
               </w:r>
@@ -5652,51 +5652,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Benohoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Badet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 70, pp.6303-6312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6233,243 +6233,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03294794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le château de Bourg-Archambault (Vienne) : une spectaculaire illustration de l'influence du Plessis-Bourré</w:t>
+                <w:t xml:space="preserve">L'UFR d'Histoire de l'Art et la Péninsule Ibérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société des Amis du Pays Lochois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 14, p. 112--127</w:t>
+              <w:t xml:space="preserve">Contact</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 139, p. 16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03295005v1</w:t>
+                <w:t xml:space="preserve">hal-03295007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'UFR d'Histoire de l'Art et la Péninsule Ibérique</w:t>
+                <w:t xml:space="preserve">L'expérimentation de tir dans les châteaux : de nouvelles perspectives pour la castellologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contact</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 156 (3), pp.257-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bulmo.1998.1803000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03295007v1</w:t>
+                <w:t xml:space="preserve">hal-03295009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'expérimentation de tir dans les châteaux : de nouvelles perspectives pour la castellologie</w:t>
+                <w:t xml:space="preserve">Le château de Bourg-Archambault (Vienne) : une spectaculaire illustration de l'influence du Plessis-Bourré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Monumental</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société des Amis du Pays Lochois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 14, p. 112--127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/bulmo.1998.1803000⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03295009v1</w:t>
+                <w:t xml:space="preserve">hal-03295005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of New Chiral Vinyl Halides from L-Serinal</w:t>
               </w:r>
@@ -6764,644 +6764,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03294813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saulgé (Vienne). Les Grands Bois (La Motte-Charon)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of optically active β,γ-alkynylglycine derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gauzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Branquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie médiévale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 26, p. 314</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 52 (34), pp.11215-11238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03294807v1</w:t>
+                <w:t xml:space="preserve">hal-02002738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poitiers : onze siècles d'art médiéval</w:t>
+                <w:t xml:space="preserve">Saulgé (Vienne). Les Grands Bois (La Motte-Charon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société des Amis du Pays Lochois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 12, p. 53--63</w:t>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 26, p. 314</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03294808v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les conséquences de la datation dendrochronologique du donjon de Loches pour la castellologie</w:t>
+                <w:t xml:space="preserve">Poitiers : onze siècles d'art médiéval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Monumental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, p. 224--228</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société des Amis du Pays Lochois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 12, p. 53--63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03294800v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of optically active β,γ-alkynylglycine derivatives</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les conséquences de la datation dendrochronologique du donjon de Loches pour la castellologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 52 (34), pp.11215-11238</w:t>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, p. 224--228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002738v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la défense passive à la défense active : le château vers 1200</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Straightforward Synthesis of Optically Pure Methyl (S)-2-Phthalimido-4-oxobutanoate and Some of Its Acetal and Thioacetal Derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société des Amis du Pays Lochois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 11, p. 87--96</w:t>
+              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 1995 (09), pp.1111-1114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03294812v1</w:t>
+                <w:t xml:space="preserve">hal-02002741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En route to optically active ethynylglycine derivatives</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la défense passive à la défense active : le château vers 1200</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 36 (6), pp.877-880</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société des Amis du Pays Lochois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 11, p. 87--96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02010594v1</w:t>
+                <w:t xml:space="preserve">hal-03294812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Straightforward Synthesis of Optically Pure Methyl (S)-2-Phthalimido-4-oxobutanoate and Some of Its Acetal and Thioacetal Derivatives</w:t>
+                <w:t xml:space="preserve">En route to optically active ethynylglycine derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Gauzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Perdigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Desanges-Levecque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Branquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthesis: Journal of Synthetic Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 1995 (09), pp.1111-1114</w:t>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 36 (6), pp.877-880</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002741v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02010594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Straightforward Synthesis of N-Boc-L-serinal and N-Boc-L-threoninal Acetonides</w:t>
               </w:r>
@@ -8480,73 +8480,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collège de Médecine de la Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Oncauvergnales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03040438v1</w:t>
+                <w:t xml:space="preserve">hal-03040442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitive and Specific Detection of Ewing Sarcoma Minimal Residual Disease in Ovarian and Testicular Tissues in an In Vitro Model</w:t>
               </w:r>
@@ -8605,73 +8605,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncauvergnales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Collège de Médecine de la Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03040442v1</w:t>
+                <w:t xml:space="preserve">hal-03040438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une théorie pour la CEM</w:t>
               </w:r>
@@ -8922,51 +8922,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thresholds and distances to better detect wet snow over mountains with Sentinel-1 image time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Karbou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9240,96 +9240,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03294793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le château de Roquefort en Bazadais (Gironde)</w:t>
+                <w:t xml:space="preserve">Châteaux de la Vienne. Le Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">À la découverte de l'Entre-Deux-Mer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASPECT, pp.175--187, 1995</w:t>
+              <w:t xml:space="preserve">Châteaux, Manoirs et Logis. La Vienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éd. Patrimoines et Médias, pp.16--19, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03295008v1</w:t>
+                <w:t xml:space="preserve">hal-03294802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château de La Rochefoucauld : le Moyen Âge</w:t>
               </w:r>
@@ -9378,96 +9378,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03294798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Châteaux de la Vienne. Le Moyen Âge</w:t>
+                <w:t xml:space="preserve">Le château de Roquefort en Bazadais (Gironde)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Châteaux, Manoirs et Logis. La Vienne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éd. Patrimoines et Médias, pp.16--19, 1995</w:t>
+              <w:t xml:space="preserve">À la découverte de l'Entre-Deux-Mer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASPECT, pp.175--187, 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03294802v1</w:t>
+                <w:t xml:space="preserve">hal-03295008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château de Commequiers</w:t>
               </w:r>
@@ -9692,77 +9692,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borinic acids as new fast-responsive triggers for hydrogen peroxide detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Gatin-Fraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Ottenwelter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lombès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10334,189 +10334,172 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of chemiluminescent probes for enzymatic activity detection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Solmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Haefele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Renard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anglo-Norman colloquium on organic chemistry (ANORCQ, 13, 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02556286v1</w:t>
+                <w:t xml:space="preserve">hal-02556287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of chemiluminescent probes for enzymatic activity detection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Solmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virgile Grandclaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Alexandre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Haefele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10535,165 +10518,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Caparica Conference on Chromogenic and Emissive Materials (I3CEM, 2, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02556284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of chemiluminescent probes for enzymatic activity detection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Solmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virgile Grandclaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Alexandre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Haefele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">Anglo-Norman colloquium on organic chemistry (ANORCQ, 13, 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02556287v1</w:t>
+                <w:t xml:space="preserve">hal-02556286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of chemiluminescent probes for enzymatic activity detection.</w:t>
               </w:r>
@@ -11269,51 +11269,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390051v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Burnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01967-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281357v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Tacke" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chevalier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5TB01877C" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390104v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-15077-x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831123v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Estaque" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh&#8208;duc Hoang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202403684" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786265v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jouclas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Steinmetz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300784" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094955v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Duc Hoang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tatoueix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Keromnes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa van Eslande" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SC01365K" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059368v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Vertueux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Haefele" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Solmont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Renard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202201401" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04012024v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silva Khodjoyan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborha Morissette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortune Hontonnou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Checa Ruano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Adrien Richard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010569" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551620v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deville-Foillard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Billet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Dubuisson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Johannes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.1c00531" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467334v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Karas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Karbou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Giffard-Roisin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2021.3131853" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796194v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Savina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pr. Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.202200138" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579180v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Tharaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pialoux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pavot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mariette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hermine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(20)30556-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542546v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Gatin-Fraudet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Ottenwelter" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Norsikian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pucher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2107503118" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03397350v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Thollard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Clesse" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Donadieu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13183734" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345078v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bodin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bignon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA05110E" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579175v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcher" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamainternmed.2020.6820" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237360v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Col&#233;ou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dufour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouttevin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13030381" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968372v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geslain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Miatello" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Barreault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie De Melo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0375-9393.20.14935-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03284464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bastard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Galerne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lefevre-Utile" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Briand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Baruchel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.595478" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010131v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Deep" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kneyber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salman Siddiqui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renolleau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-020-00753-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407004v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefang He" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia S. Bonnet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lacerda" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chauvin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b12084" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912794v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Assrir" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Richez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guittet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Badet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.09.011" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5VP9W8L-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144651v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gaucher-Wieczorek" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Th&#233;tiot-Laurent" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck P&#233;lissier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2014.04.033" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679094v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Torres" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Rosseto" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kotek" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201101779" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BN34MLF9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649290v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro C X Pinto" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle F Dias" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen L del Puerto" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almir S Martins" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Teixeira-Carvalho" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lfs.2011.09.012" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606158v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Othman" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desma&#235;le" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Couvreur" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Vander Elst" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laurent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ob00015b" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476897v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Dias" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Durand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Badet-Denisot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0103-50532004000300002" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522083v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S Gaucher-Wieczorek" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic T Maillard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cc100098v" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995991v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sa&#239;d" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Canut" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lothon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.475" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365799v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Badet-Denisot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2008.10.032" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWTH1W6X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144673v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Golinelli-Pimpaneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouilleron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Badet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2008.01.026" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L25SC90M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287348v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Battistini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Gianolio" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gref" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Fuzerova" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200701587" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R9J3CFG6-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283242v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bernier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Thuy Doan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200800809" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0TXL5300-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146254v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Badet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2007.01.052" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQ91CVJH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325561v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pigeon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemonsu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grimmond" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Thouron" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-007-9160-2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G7DSTL2R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144680v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Li" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lopez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ouazzani" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2007.07.031" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05Q7TW3V-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144695v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Maillard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lapr&#233;vote" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.2361" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8MHZCD9W-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068818v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pigeon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Legain" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.1530" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449978v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joubert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Blache" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Bobillier-Chaumont" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Loreau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Schneider" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2006.04.008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NPW34MSQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002695v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meffre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mcffrc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784334v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic T. Maillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Benohoud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo050722" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03996498v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giovannoni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marraud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Aubry" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0487940" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002686v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hermann" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Reginato" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Riu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(02)00438-6" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2FLCXG5R-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294810v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002772v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Goffic" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294794v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295005v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295007v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295009v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.1998.1803000" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002767v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Branquet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294797v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294795v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294813v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294807v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294808v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294800v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002738v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gauzy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294812v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010594v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Perdigues" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Desanges-Levecque" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002741v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002737v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#176;cois Le Goffic" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294792v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294809v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650820v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Canot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Frenod" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Hassoune-Rhabbour" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nassiet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650872v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02998427v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Danger" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Laviale" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Grange" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Felten" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dousset" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040417v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Chaput" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gr&#232;ze" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Halle" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Radosevic-Robin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040426v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040432v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040438v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040442v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181402v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurice" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubois" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756101v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garrigues" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane May" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Champion" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03483209v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume James" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882268.ch5" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294801v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294796v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294793v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295008v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294798v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294802v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294799v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299237v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294811v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016626v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lomb&#232;s" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baron" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556313v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Renard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556312v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040444v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040446v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556286v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Grandclaude" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alexandre Richard" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556284v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556287v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556279v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798333v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mil&#233;si" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Essouri" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouyau" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;michel Liet" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Afanetti" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299238v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295004v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057622v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benedikt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auchmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bartmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Burnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01958-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390051v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Burnet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01967-4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281357v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Tacke" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chevalier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5TB01877C" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831123v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Estaque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh&#8208;duc Hoang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clavier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202403684" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390104v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-15077-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786265v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laine" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Jouclas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Steinmetz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202300784" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094955v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Duc Hoang" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tatoueix" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Keromnes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa van Eslande" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SC01365K" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059368v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Vertueux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Haefele" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Solmont" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Renard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202201401" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04012024v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silva Khodjoyan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborha Morissette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortune Hontonnou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Checa Ruano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Adrien Richard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24010569" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Savina" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pr. Rachel M&#233;allet-Renault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.202200138" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551620v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deville-Foillard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Billet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Marie Dubuisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Johannes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.1c00531" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467334v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Karas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Karbou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Giffard-Roisin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2021.3131853" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237360v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Col&#233;ou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dufour" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gouttevin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13030381" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579180v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Tharaux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pialoux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pavot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mariette" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hermine" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(20)30556-7" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03397350v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Thollard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Clesse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Donadieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13183734" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542546v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Gatin-Fraudet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Ottenwelter" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Saux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Norsikian" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pucher" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2107503118" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345078v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bodin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bignon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1RA05110E" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579175v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcher" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamainternmed.2020.6820" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968372v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geslain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Miatello" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Barreault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie De Melo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S0375-9393.20.14935-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03284464v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bastard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Galerne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lefevre-Utile" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Briand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Baruchel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.595478" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010131v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Deep" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kneyber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salman Siddiqui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renolleau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-020-00753-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407004v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiefang He" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia S. Bonnet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lacerda" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chauvin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5b12084" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gaucher-Wieczorek" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Th&#233;tiot-Laurent" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck P&#233;lissier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2014.04.033" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912794v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Assrir" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Richez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Guittet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Badet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.09.011" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q5VP9W8L-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679094v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Torres" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Rosseto" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kotek" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201101779" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BN34MLF9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606158v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Othman" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desma&#235;le" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Couvreur" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Vander Elst" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laurent" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ob00015b" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649290v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro C X Pinto" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle F Dias" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen L del Puerto" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almir S Martins" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Teixeira-Carvalho" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lfs.2011.09.012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995991v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sa&#239;d" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guylaine Canut" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lohou" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lothon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qj.475" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476897v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F. Dias" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Durand" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Iorga" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Badet-Denisot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S0103-50532004000300002" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522083v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence S Gaucher-Wieczorek" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic T Maillard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cc100098v" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365799v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Badet-Denisot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2008.10.032" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWTH1W6X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283242v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bernier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich-Thuy Doan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200800809" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0TXL5300-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144673v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Golinelli-Pimpaneau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouilleron" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Badet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2008.01.026" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L25SC90M-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00287348v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Battistini" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Gianolio" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gref" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Fuzerova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200701587" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R9J3CFG6-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146254v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Badet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2007.01.052" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQ91CVJH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325561v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pigeon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemonsu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grimmond" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Thouron" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10546-007-9160-2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G7DSTL2R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144680v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanyan Li" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lopez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ouazzani" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2007.07.031" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-05Q7TW3V-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068818v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pigeon" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Legain" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durand" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Masson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joc.1530" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144695v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Maillard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lapr&#233;vote" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.2361" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8MHZCD9W-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449978v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joubert" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Blache" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Bobillier-Chaumont" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Loreau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Schneider" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2006.04.008" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NPW34MSQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002695v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meffre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mcffrc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784334v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic T. Maillard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Benohoud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo050722" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03996498v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giovannoni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marraud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Aubry" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ol0487940" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002686v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hermann" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianna Reginato" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Riu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(02)00438-6" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2FLCXG5R-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294810v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002772v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Goffic" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294794v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295007v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295009v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.1998.1803000" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295005v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002767v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Branquet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294797v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294795v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294813v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002738v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gauzy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294807v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294808v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294800v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002741v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294812v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010594v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Perdigues" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Desanges-Levecque" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002737v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#176;cois Le Goffic" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294792v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294809v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650820v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Canot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Frenod" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Hassoune-Rhabbour" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nassiet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650872v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02998427v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Danger" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Laviale" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Grange" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Felten" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Dousset" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040417v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Chaput" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gr&#232;ze" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Halle" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Radosevic-Robin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040426v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040432v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040442v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040438v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181402v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maurice" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubois" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756101v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garrigues" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane May" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Champion" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Froger" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03483209v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume James" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119882268.ch5" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294801v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294796v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294793v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294802v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294798v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295008v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294799v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299237v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294811v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016626v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lomb&#232;s" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baron" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556313v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Renard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556312v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040444v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040446v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556287v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556284v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Grandclaude" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alexandre Richard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556286v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556279v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798333v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mil&#233;si" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Essouri" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouyau" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;michel Liet" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Afanetti" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299238v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295004v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>