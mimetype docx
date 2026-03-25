--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -887,295 +887,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05374454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionomic and proteomic changes highlight the effect of silicon supply on the nodules functioning of Trifolium incarnatum L.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
+                <w:t xml:space="preserve">Multi-scale phenotyping of senescence-related changes in roots of rapeseed in response to nitrate limitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Trouverie</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Laîné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15, </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2024.1462149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae417/7816147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05246132v1</w:t>
+                <w:t xml:space="preserve">hal-04791240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale phenotyping of senescence-related changes in roots of rapeseed in response to nitrate limitation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabien Chardon</w:t>
+                <w:t xml:space="preserve">Ionomic and proteomic changes highlight the effect of silicon supply on the nodules functioning of Trifolium incarnatum L.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Coquerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Laîné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erae417/7816147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2024.1462149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04791240v1</w:t>
+                <w:t xml:space="preserve">hal-05246132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silicon Supply Improves Nodulation and Dinitrogen Fixation and Promotes Growth in Trifolium incarnatum Subjected to a Long-Term Sulfur Deprivation</w:t>
               </w:r>
@@ -1687,429 +1687,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04177114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specificity and Plasticity of the Functional Ionome of Brassica napus and Triticum aestivum Exposed to Micronutrient or Beneficial Nutrient Deprivation and Predictive Sensitivity of the Ionomic Signatures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specificity and Plasticity of the Functional Ionome of Brassica napus and Triticum aestivum Subjected to Macronutrient Deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Galatéa Courbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien D’oria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Lornac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Diquélou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pluchon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2021.641678⟩</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2021.641648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04918739v1</w:t>
+                <w:t xml:space="preserve">hal-04918730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specificity and Plasticity of the Functional Ionome of Brassica napus and Triticum aestivum Subjected to Macronutrient Deprivation</w:t>
+                <w:t xml:space="preserve">Comparative Omics Analysis of Brassica napus Roots Subjected to Six Individual Macronutrient Deprivations Reveals Deficiency-Specific Genes and Metabolomic Profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galatéa Courbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien D’oria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Diquélou</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lun Jing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pluchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2021.641648⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (21), pp.11679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms222111679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04918730v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Omics Analysis of Brassica napus Roots Subjected to Six Individual Macronutrient Deprivations Reveals Deficiency-Specific Genes and Metabolomic Profiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specificity and Plasticity of the Functional Ionome of Brassica napus and Triticum aestivum Exposed to Micronutrient or Beneficial Nutrient Deprivation and Predictive Sensitivity of the Ionomic Signatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien D’oria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galatéa Courbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lun Jing</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Lornac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Pluchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (21), pp.11679. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms222111679⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2021.641678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180509v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04918739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Root Silicon Treatment Modulates the Shoot Transcriptome in Brassica napus L. and in Particular Upregulates Genes Related to Ribosomes and Photosynthesis</w:t>
               </w:r>
@@ -2223,559 +2223,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03150377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Role for SAG12 Cysteine Protease in Roots of Arabidopsis thaliana</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Silicon Promotes Agronomic Performance in Brassica napus Cultivated under Field Conditions with Two Nitrogen Fertilizer Inputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Azzopardi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cylia Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01998⟩</w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (5), pp.137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants8050137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02184364v1</w:t>
+                <w:t xml:space="preserve">hal-02184365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon Promotes Agronomic Performance in Brassica napus Cultivated under Field Conditions with Two Nitrogen Fertilizer Inputs</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Do nitrogen- and sulphur-remobilization-related parameters measured at the onset of the reproductive stage provide early indicators to adjust N and S fertilization in oilseed rape (Brassica napus L.) grown under N- and/or S-limiting supplies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Akmouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Chèneby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">· Mickael Lamboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Elie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laperche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants8050137⟩</w:t>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 250 (6), pp.2047-2062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00425-019-03284-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184365v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02353498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do nitrogen- and sulphur-remobilization-related parameters measured at the onset of the reproductive stage provide early indicators to adjust N and S fertilization in oilseed rape (Brassica napus L.) grown under N- and/or S-limiting supplies?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Elie</w:t>
+                <w:t xml:space="preserve">Silicon supply affects the root transcriptome of Brassica napus L.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cylia Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Laperche</w:t>
+                <w:t xml:space="preserve">José Caius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Planta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 250 (6), pp.2047-2062. </w:t>
+              <w:t xml:space="preserve">, 2019, 249 (5), pp.1645-1651. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00425-019-03284-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00425-019-03120-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02353498v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon supply affects the root transcriptome of Brassica napus L.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
+                <w:t xml:space="preserve">A New Role for SAG12 Cysteine Protease in Roots of Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Caius</w:t>
+                <w:t xml:space="preserve">Marianne Azzopardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 249 (5), pp.1645-1651. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00425-019-03120-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02184363v1</w:t>
+                <w:t xml:space="preserve">hal-02184364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic profiling and functional metabolomics of senescence and stress response in plants: a case study in the Brassicaceae species</w:t>
               </w:r>
@@ -3046,51 +3046,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3340,51 +3340,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Prudent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Salon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), pp.14. </w:t>
@@ -3569,51 +3569,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of sulfur applications on the agronomic performance of rapeseed-clover mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thaïs Génard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Diquelou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3684,471 +3684,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mg deficiency affects leaf Mg remobilization and the proteome in Brassica napus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nutrient deficiencies modify the ionomic composition of plant tissues: a focus on cross-talk between molybdenum and other nutrients in Brassica napus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Diquelou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Billard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florence Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2016.06.025⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 67 (19), pp.5631-5641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erw322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601900v1</w:t>
+                <w:t xml:space="preserve">hal-01493884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Study of Proteolytic Mechanisms during Leaf Senescence of Four Genotypes of Winter Oilseed Rape Highlighted Relevant Physiological and Molecular Traits for NRE Improvement</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+                <w:t xml:space="preserve">Mg deficiency affects leaf Mg remobilization and the proteome in Brassica napus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Jouenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants5010001⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 107, pp.337-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2016.06.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183519v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient deficiencies modify the ionomic composition of plant tissues: a focus on cross-talk between molybdenum and other nutrients in Brassica napus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Maillard</w:t>
+                <w:t xml:space="preserve">A Comparative Study of Proteolytic Mechanisms during Leaf Senescence of Four Genotypes of Winter Oilseed Rape Highlighted Relevant Physiological and Molecular Traits for NRE Improvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Poret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Trouverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Billard</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 67 (19), pp.5631-5641. </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (1), pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erw322⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants5010001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01493884v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-specific root transport of nutrient gives access to an early nutritional indicator: the case of sulfate and molybdate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4398,51 +4398,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thaïs Génard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4496,1534 +4496,1534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SuMoToRI, an Ecophysiological Model to Predict Growth and Sulfur Allocation and Partitioning in Oilseed Rape (Brassica napus L.) Until the Onset of Pod Formation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Brunel-Muguet</w:t>
+                <w:t xml:space="preserve">Effect of sulphur deprivation on osmotic potential components and nitrogen metabolism in oilseed rape leaves: identification of a new early indicator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Mollier</w:t>
+                <w:t xml:space="preserve">Angel-Mari Zamarreño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Kauffmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Damien Goudier</w:t>
+                <w:t xml:space="preserve">José-Maria Garcia-Mina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00993⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66 (20), pp.6175-6189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erv321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02183502v1</w:t>
+                <w:t xml:space="preserve">hal-02183528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of sulphur deprivation on osmotic potential components and nitrogen metabolism in oilseed rape leaves: identification of a new early indicator</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Zn deficiency in Brassica napus induces Mo and Mn accumulation associated with chloroplast proteins variation without Zn remobilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">José-Maria Garcia-Mina</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Garnica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Garcia-Mina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erv321⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 86, pp.66-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2014.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183528v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zn deficiency in Brassica napus induces Mo and Mn accumulation associated with chloroplast proteins variation without Zn remobilization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Maillard</w:t>
+                <w:t xml:space="preserve">Proteomic analysis of residual proteins in blades and petioles of fallen leaves of Brassica napus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desclos-Théveniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Garnica</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Cruz</w:t>
+                <w:t xml:space="preserve">L. Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Garcia-Mina</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">T. Jouenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2014.11.005⟩</w:t>
+              <w:t xml:space="preserve">Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (2), pp.408-418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/plb.12241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183497v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic analysis of residual proteins in blades and petioles of fallen leaves of Brassica napus</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Mock</w:t>
+                <w:t xml:space="preserve">A profiling approach of the natural variability of foliar N remobilization at the rosette stage gives clues to understand the limiting processes involved in the low N use efficiency of winter oilseed rape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Poret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/plb.12241⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66 (9), pp.2461-2473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erv031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02183511v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A profiling approach of the natural variability of foliar N remobilization at the rosette stage gives clues to understand the limiting processes involved in the low N use efficiency of winter oilseed rape</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Poret</w:t>
+                <w:t xml:space="preserve">The contrasting N management of two oilseed rape genotypes reveals the mechanisms of proteolysis associated with leaf N remobilization and the respective contributions of leaves and stems to N storage and remobilization during seed filling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Girondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Trouverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Cahérec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erv031⟩</w:t>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-015-0437-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455972v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01392652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contrasting N management of two oilseed rape genotypes reveals the mechanisms of proteolysis associated with leaf N remobilization and the respective contributions of leaves and stems to N storage and remobilization during seed filling.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Françoise Le Cahérec</w:t>
+                <w:t xml:space="preserve">Heat stress during seed filling interferes with sulfur restriction on grain composition and seed germination in oilseed rape (Brassica napus L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brunel-Muguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe d'Hooghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Bataillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Larre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tae Hwan Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12870-015-0437-1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (213), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01392652v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat stress during seed filling interferes with sulfur restriction on grain composition and seed germination in oilseed rape (Brassica napus L.)</w:t>
+                <w:t xml:space="preserve">SuMoToRI, an Ecophysiological Model to Predict Growth and Sulfur Allocation and Partitioning in Oilseed Rape (Brassica napus L.) Until the Onset of Pod Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brunel-Muguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe d'Hooghe</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Paule Bataillé</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Larre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tae Hwan Kim</w:t>
+                <w:t xml:space="preserve">Damien Goudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 6 (213), pp.1-12. </w:t>
+              <w:t xml:space="preserve">, 2015, 6, 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2015.00993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210014v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper-deficiency in brassica napus induces copper remobilization, molybdenum accumulation and modification of the expression of chloroplastic proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Billard</w:t>
+                <w:t xml:space="preserve">The impact of sulfate restriction on seed yield and quality of winter oilseed rape depends on the ability to remobilize sulfate from vegetative tissues to reproductive organs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Girondé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Ourry</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucie Dubousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (10), n.p. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0109889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02636918v1</w:t>
+                <w:t xml:space="preserve">hal-02631668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of sulfate restriction on seed yield and quality of winter oilseed rape depends on the ability to remobilize sulfate from vegetative tissues to reproductive organs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Girondé</w:t>
+                <w:t xml:space="preserve">Two biostimulants derived from algae or humic acid induce similar responses in the mineral content and gene expression of winter oilseed rape (&amp;lt;em&amp;gt;Brassica napus&amp;lt;/em&amp;gt; L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Dubousset</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laetitia Jannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Garnica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 5, </w:t>
+              <w:t xml:space="preserve">Journal of Plant Growth Regulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33 (2), pp.305-316. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2014.00695⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00344-013-9372-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631668v1</w:t>
+                <w:t xml:space="preserve">hal-02635831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two biostimulants derived from algae or humic acid induce similar responses in the mineral content and gene expression of winter oilseed rape (&amp;lt;em&amp;gt;Brassica napus&amp;lt;/em&amp;gt; L.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Billard</w:t>
+                <w:t xml:space="preserve">Leaf senescence and nitrogen remobilization efficiency in oilseed rape (&amp;lt;em&amp;gt;Brassica napus&amp;lt;/em&amp;gt; L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Growth Regulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00344-013-9372-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (14), pp.3813-3824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eru177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02635831v1</w:t>
+                <w:t xml:space="preserve">hal-02633666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leaf senescence and nitrogen remobilization efficiency in oilseed rape (&amp;lt;em&amp;gt;Brassica napus&amp;lt;/em&amp;gt; L.)</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Copper-deficiency in brassica napus induces copper remobilization, molybdenum accumulation and modification of the expression of chloroplastic proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Garnica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 65 (14), pp.3813-3824. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), n.p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/eru177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0109889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02633666v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A physiological and molecular study of the effects of nickel deficiency and phenylphosphorodiamidate (PPD) application on urea metabolism in oilseed rape (Brassica napus L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Jannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6138,51 +6138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Beauclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule M.-P. Bataillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Trouverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6245,90 +6245,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brassica napus Growth is Promoted by Ascophyllum nodosum (L.) Le Jol. Seaweed Extract: Microarray Analysis and Physiological Characterization of N, C, and S Metabolisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Jannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6385,307 +6385,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroponics versus field lysimeter studies of urea, ammonium and nitrate uptake by oilseed rape(Brassica napus L.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microarray analysis of humic acid effects on Brassica napus growth: Involvement of N, C and S metabolisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Jannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Etienne</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 359 (1-2), pp.297 - 319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-012-1191-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/ers183⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02649080v1</w:t>
+                <w:t xml:space="preserve">hal-02647290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microarray analysis of humic acid effects on Brassica napus growth: Involvement of N, C and S metabolisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+                <w:t xml:space="preserve">Hydroponics versus field lysimeter studies of urea, ammonium and nitrate uptake by oilseed rape(Brassica napus L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Sarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Jannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Laine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Goux</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-012-1191-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 63 (14), pp.5245 - 5258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ers183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02647290v1</w:t>
+                <w:t xml:space="preserve">hal-02649080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do initial S reserves and mineral S availability alter leaf S-N mobilization and leaf senescence in oilseed rape?</w:t>
               </w:r>
@@ -6697,51 +6697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maha Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. Meuriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6985,51 +6985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Jouenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7499,51 +7499,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérik Le Dily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8218,277 +8218,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen peroxide induces programmed cell death features in cultured tobacco BY-2 cells, in a dose-dependent manner</w:t>
+                <w:t xml:space="preserve">Cryptogein affects expression of alpha3, alpha6 and bêta1 20S proteasome subunits encoding genes in tobacco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jennifer Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Petitot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Valérie Houot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 52 (361), pp.1721-1730</w:t>
+              <w:t xml:space="preserve">, 2001, 52 (362), pp.1947-1948</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02671670v1</w:t>
+                <w:t xml:space="preserve">hal-02671141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptogein affects expression of alpha3, alpha6 and bêta1 20S proteasome subunits encoding genes in tobacco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrogen peroxide induces programmed cell death features in cultured tobacco BY-2 cells, in a dose-dependent manner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Houot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Petitot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Dahan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valérie Houot</w:t>
+                <w:t xml:space="preserve">S. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2001, 52 (362), pp.1947-1948</w:t>
+              <w:t xml:space="preserve">, 2001, 52 (361), pp.1721-1730</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02671141v1</w:t>
+                <w:t xml:space="preserve">hal-02671670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of tcI7, a gene encoding a beta-subunit of proteasome, in tobacco plants treated with elicitins, salicylic acid or hydrogen peroxide</w:t>
               </w:r>
@@ -8500,51 +8500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.S. Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8621,51 +8621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.S. Petitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Blein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9020,77 +9020,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling sulfur allocation and partitioning in high S-demanding species of the Brassicaceae family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9145,77 +9145,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SuMoToRI: a model to simulate growth and sulfur content in rapeseed until the onset of pod formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brunel-Muguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Kauffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Sénécal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9302,77 +9302,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SuMoToRI: a crop model to predict the effect of Sulfur nutrition on plant growth during the vegetative phase in Oilseed Rape (Brassica napus L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brunel-Muguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Sénécal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Goudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9569,77 +9569,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sink strength for S as a major parameter to model vegetative growth in oilseed rape (Brassica napus L.) under contrasting sulfur (S) supplies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Brunel-Muguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Goudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Trouverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Avice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9726,51 +9726,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential direct mechanisms involved in the action of humic substances on plant development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Jannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bacaicoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10235,51 +10235,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05072678v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Coquerel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe La&#238;n&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Etienne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14081246" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242577v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence James" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Trouverie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70359" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242576v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Nexer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Girond&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux&#8208;daubresse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-025-04754-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05104668v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fr&#233;mont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaf050" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05076488v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lun Jing" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.70287" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05374454v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Gall" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Caherec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benbrahim" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremmer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fran&#231;oise Niogret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art15" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246132v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1462149" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791240v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae417/7816147" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918663v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dupas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Leroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12122248" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177116v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien D&#8217;oria" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pluchon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pateyron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23020781" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918671v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11121606" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177114v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien d'Oria" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galat&#233;a Courbet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Billiot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.402" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918739v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Lornac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641678" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918730v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diqu&#233;lou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641648" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180509v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maillard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111679" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03150377v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cylia Haddad" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yvin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12633-020-00710-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184364v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01998" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184365v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants8050137" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02353498v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Akmouche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Ch&#232;neby" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#183; Mickael Lamboeuf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03284-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184363v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Caius" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03120-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186068v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duchaumet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Albert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Avice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Berardocco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183735v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jamois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Schwarzenberg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00516" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Sorin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants7020037" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108105v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#239;&#191;&#189;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coquet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcy125" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183699v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diquelou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8010014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602299v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s G&#233;nard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Revellin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2017.e00261" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183660v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.201700153" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601900v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Billard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jouenne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cruz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2016.06.025" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFQ24NMJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183519v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gironde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants5010001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493884v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw322" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603298v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Koprivova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166910" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631018v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brunel-Muguet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe d'Hooghe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule M.-P. Bataill&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette C. Larre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae Hwan Kim" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.01236" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183537v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2016.e00150" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183502v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kauffmann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Goudier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00993" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183528v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel-Mari Zamarre&#241;o" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Maria Garcia-Mina" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv321" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183497v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Garnica" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Garcia-Mina" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2014.11.005" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLX8B6QZ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183511v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desclos-Th&#233;veniau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Coquet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jouenne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mock" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12241" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RPR69ZP9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455972v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv031" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392652v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Cah&#233;rec" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0437-1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210014v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bataill&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00213" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636918v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ourry" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0109889" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631668v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dubousset" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00695" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635831v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jannin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-013-9372-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633666v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru177" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190672v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-012-1227-2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F6RXM3VN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645814v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Beauclair" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-013-9317-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B0E9C0644A3C68AE2CA45EA42D209765788ACA6D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648988v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-012-9273-9" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N0KKTMMP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649080v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sarda" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers183" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-012-1191-x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55BCEE160F0AA37619AFB093FF9DEA1EE3555CEA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652373v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Abdallah" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Meuriot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2010.11.008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCFCBKTN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168762v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gombert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Le Dily" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lothier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rossato" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.200800270" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TZNVPKS5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337706v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desclos" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Bonnefoy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200800984" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663766v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Leblanc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Renault" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lecourt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deleu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438027v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.109363" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192009v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Gou" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Bonnefoy-Etienne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP07088" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668575v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erj142" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672608v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lequeu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Plas Simon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fromentin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Petitot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671998v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chevillard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Cl&#233;mencet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pineau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673477v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Suty" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lan&#231;on" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Petitot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04904025v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Latruffe" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicolas-Franc&#232;s" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Clemencet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hansmannel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Chevillard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-9072-3_28" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677213v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chevillard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Clemencet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671670v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Houot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Blein" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671141v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dahan" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690343v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692262v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696304v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rusterucci" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Montillet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Agnel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Battesti" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Alonso" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.274.51.36446" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715996v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Duquesnel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parisot" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirot" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Mialot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saboureau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742465v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Poisson" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739983v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740020v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749421v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Fuentes" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Olaetxea" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Baigorri" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel M. Zamarreno" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2012.12.015" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-59L231DJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747535v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806600v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mora" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bacaicoa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5634-2_199" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817157v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Allirand" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jullien" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02812360v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05072678v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Coquerel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe La&#238;n&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Etienne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14081246" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242577v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence James" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Trouverie" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70359" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242576v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Nexer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Girond&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux&#8208;daubresse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-025-04754-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05104668v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fr&#233;mont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaf050" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05076488v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lun Jing" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.70287" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05374454v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Gall" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Caherec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benbrahim" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kremmer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fran&#231;oise Niogret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol107-art15" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791240v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae417/7816147" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246132v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1462149" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918663v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dupas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Leroy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12122248" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177116v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien D&#8217;oria" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pluchon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pateyron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23020781" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918671v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants11121606" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177114v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien d'Oria" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galat&#233;a Courbet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Billiot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pld3.402" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918730v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Lornac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diqu&#233;lou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641648" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180509v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maillard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222111679" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04918739v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641678" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03150377v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cylia Haddad" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yvin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12633-020-00710-z" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184365v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laine" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants8050137" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02353498v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Akmouche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Ch&#232;neby" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#183; Mickael Lamboeuf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03284-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184363v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Caius" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03120-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184364v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Azzopardi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01998" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186068v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duchaumet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Albert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Avice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Berardocco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183735v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jamois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Schwarzenberg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00516" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Sorin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants7020037" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108105v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#239;&#191;&#189;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coquet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcy125" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183699v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Diquelou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Prudent" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Salon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8010014" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602299v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s G&#233;nard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Revellin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2017.e00261" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183660v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.201700153" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493884v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Billard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erw322" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601900v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jouenne" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cruz" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2016.06.025" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CFQ24NMJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183519v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gironde" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants5010001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603298v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Koprivova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166910" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631018v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brunel-Muguet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe d'Hooghe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule M.-P. Bataill&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette C. Larre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae Hwan Kim" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.01236" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183537v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2016.e00150" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183528v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel-Mari Zamarre&#241;o" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Maria Garcia-Mina" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv321" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183497v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Garnica" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Garcia-Mina" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2014.11.005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLX8B6QZ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183511v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desclos-Th&#233;veniau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Coquet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jouenne" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mock" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12241" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RPR69ZP9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455972v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv031" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392652v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Cah&#233;rec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0437-1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210014v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Bataill&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00213" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02183502v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kauffmann" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Avice" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Goudier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00993" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631668v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dubousset" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00695" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635831v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jannin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-013-9372-2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633666v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru177" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636918v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ourry" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0109889" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190672v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-012-1227-2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-F6RXM3VN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645814v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Beauclair" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-013-9317-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B0E9C0644A3C68AE2CA45EA42D209765788ACA6D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648988v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00344-012-9273-9" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N0KKTMMP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647290v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-012-1191-x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55BCEE160F0AA37619AFB093FF9DEA1EE3555CEA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649080v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sarda" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers183" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652373v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Abdallah" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Meuriot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2010.11.008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCFCBKTN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168762v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gombert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rik Le Dily" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lothier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rossato" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.200800270" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TZNVPKS5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337706v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desclos" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Bonnefoy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200800984" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663766v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Leblanc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Renault" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lecourt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deleu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02438027v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.109363" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192009v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Gou" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Bonnefoy-Etienne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/FP07088" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668575v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erj142" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672608v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lequeu" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Plas Simon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fromentin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Petitot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671998v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chevillard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Cl&#233;mencet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pineau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673477v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Suty" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lan&#231;on" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Petitot" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04904025v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Latruffe" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicolas-Franc&#232;s" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Clemencet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hansmannel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Chevillard" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-9072-3_28" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677213v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Chevillard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Clemencet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671141v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dahan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Houot" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Blein" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671670v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barbier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690343v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692262v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696304v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rusterucci" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Montillet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Agnel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Battesti" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Alonso" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.274.51.36446" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715996v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Duquesnel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Parisot" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirot" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Mialot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saboureau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742465v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Poisson" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739983v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740020v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749421v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Fuentes" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Olaetxea" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Baigorri" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel M. Zamarreno" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2012.12.015" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-59L231DJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747535v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806600v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mora" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bacaicoa" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5634-2_199" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817157v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Allirand" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jullien" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02812360v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>