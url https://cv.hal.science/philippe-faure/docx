--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1557,425 +1557,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03300623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optofluidic control of rodent learning using cloaked caged glutamate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distinct Temporal Structure of Nicotinic ACh Receptor Activation Determines Responses of VTA Neurons to Endogenous ACh and Nicotine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pradeep S Chauhan</w:t>
+                <w:t xml:space="preserve">Ekaterina O Morozova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Petriz Reyes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Faure</w:t>
+                <w:t xml:space="preserve">Boris Gutkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mourot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christoper Lapish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Y. Kuznetsov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1920869117⟩</w:t>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (4), pp.ENEURO.0418-19.2020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/ENEURO.0418-19.2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02863320v1</w:t>
+                <w:t xml:space="preserve">hal-03024486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the ionotropic activity of glutamate GluD2 receptor in HEK cells with genetically-engineered photopharmacology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mondoloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Tange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lambolez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9, pp.e59026. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.59026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03087878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct Temporal Structure of Nicotinic ACh Receptor Activation Determines Responses of VTA Neurons to Endogenous ACh and Nicotine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ekaterina O Morozova</w:t>
+                <w:t xml:space="preserve">Optofluidic control of rodent learning using cloaked caged glutamate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Durand-de Cuttoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pradeep S Chauhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Petriz Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexey Y. Kuznetsov</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandre Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (4), pp.ENEURO.0418-19.2020. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (12), pp.6831-6835. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/ENEURO.0418-19.2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1920869117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03024486v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time analysis of the behaviour of groups of mice via a depth-sensing camera and machine learning</w:t>
               </w:r>
@@ -2268,51 +2268,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mondoloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2491,1125 +2491,1125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01814746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serotonin 2B receptors in mesoaccumbens dopamine pathway regulate cocaine responses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nicotine enhances alcohol intake and dopaminergic responses through β2* and β4* nicotinic acetylcholine receptors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Tolu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Doly</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sebastian P Fernandez</w:t>
+                <w:t xml:space="preserve">Carole Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1354-17.2017⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.45116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep45116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01593826v1</w:t>
+                <w:t xml:space="preserve">hal-01502363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicotine enhances alcohol intake and dopaminergic responses through β2* and β4* nicotinic acetylcholine receptors.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Torquet</w:t>
+                <w:t xml:space="preserve">Acute Stress Affects the Expression of Hippocampal Mu Oscillations in an Age-Dependent Manner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Takillah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Didienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Sebban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Decros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep45116⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9, pp.295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2017.00295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01502363v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01613163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute Stress Affects the Expression of Hippocampal Mu Oscillations in an Age-Dependent Manner</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Steve Didienne</w:t>
+                <w:t xml:space="preserve">Serotonin 2B receptors in mesoaccumbens dopamine pathway regulate cocaine responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Doly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Sebban</w:t>
+                <w:t xml:space="preserve">Raphaël Eddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Tolu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Decros</w:t>
+                <w:t xml:space="preserve">Sebastian P Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 9, pp.295. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (43), pp.10372-10388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2017.00295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1354-17.2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01613163v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterations in alpha5* nicotinic acetylcholine receptors result in midbrain- and hippocampus-dependent behavioural and neural impairments.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">mouseTube - a database to collaboratively unravel mouse ultrasonic communication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Torquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice de Chaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Besson</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Bourgeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Ey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-016-4362-2⟩</w:t>
+              <w:t xml:space="preserve">F1000Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5, pp.2332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12688/f1000research.9439.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01346030v1</w:t>
+                <w:t xml:space="preserve">pasteur-01470173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recording Mouse Ultrasonic Vocalizations to Evaluate Social Communication.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allain-Thibeault Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice de Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivo-Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 112, pp.e53871. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3791/53871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01470212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mouseTube - a database to collaboratively unravel mouse ultrasonic communication.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Role of beta 4*Nicotinic Acetylcholine Receptors in the Habenulo-Interpeduncular Pathway in Nicotine Reinforcement in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Harrington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vinals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Herrera-Solis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Africa Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F1000Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12688/f1000research.9439.1⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41 (7), pp.1790-1802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2015.346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01470173v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01542255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of beta 4*Nicotinic Acetylcholine Receptors in the Habenulo-Interpeduncular Pathway in Nicotine Reinforcement in Mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Morel</w:t>
+                <w:t xml:space="preserve">Nicotinic receptors in the ventral tegmental area promote uncertainty-seeking.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Naudé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Tolu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malou Dongelmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Torquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Valverde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2015.346⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19 (3), pp.471-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.4223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01542255v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01573669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicotinic receptors in the ventral tegmental area promote uncertainty-seeking.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Torquet</w:t>
+                <w:t xml:space="preserve">Alterations in alpha5* nicotinic acetylcholine receptors result in midbrain- and hippocampus-dependent behavioural and neural impairments.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Guiducci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Granon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Guilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Valverde</w:t>
+                <w:t xml:space="preserve">Bruno Guiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 19 (3), pp.471-8. </w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 233 (18), pp.3297-3314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nn.4223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00213-016-4362-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01573669v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01346030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A concurrent excitation and inhibition of dopaminergic subpopulations in response to nicotine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Valverde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3693,369 +3693,369 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01116458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms for multiple activity modes of VTA dopamine neurons</w:t>
+                <w:t xml:space="preserve">Nicotinic alteration of decision-making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Oster</w:t>
+                <w:t xml:space="preserve">Jeremie Naude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malou Dongelmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boris S. Gutkin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fncom.2015.00095⟩</w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 96 (B, SI), pp.244-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2014.11.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01263764v1</w:t>
+                <w:t xml:space="preserve">hal-01542256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventral Subiculum Stimulation Promotes Persistent Hyperactivity of Dopamine Neurons and Facilitates Behavioral Effects of Cocaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanisms for multiple activity modes of VTA dopamine neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Oster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Glangetas</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Boris S. Gutkin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2015.10.076⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, pp.95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fncom.2015.00095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01235368v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01263764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicotinic alteration of decision-making</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ventral Subiculum Stimulation Promotes Persistent Hyperactivity of Dopamine Neurons and Facilitates Behavioral Effects of Cocaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Glangetas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia R. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Lecca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Naude</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kristina Valentinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 96 (B, SI), pp.244-254. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13 (10), pp. 2287-2296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2014.11.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2015.10.076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01542256v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01235368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ventral Subiculum Stimulation Promotes Persistent Hyperactivity of Dopamine Neurons and Facilitates Behavioral Effects of Cocaine</w:t>
               </w:r>
@@ -4067,397 +4067,397 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia r. Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank j. Meye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Glangetas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia R Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Jalabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 13 (10), pp.2287 - 2296. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.celrep.2015.10.076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03130806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noradrenalin and dopamine receptors both control cAMP-PKA signaling throughout the cerebral cortex</w:t>
+                <w:t xml:space="preserve">Nicotine consumption is regulated by a human polymorphism in dopamine neurons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shinobu Nomura</w:t>
+                <w:t xml:space="preserve">C. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Bouhadana</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Faure</w:t>
+                <w:t xml:space="preserve">L. Fattore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Cauli</w:t>
+                <w:t xml:space="preserve">Y. A. Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fncel.2014.00247⟩</w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 19 (8), pp.930-936. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/mp.2013.158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320108v1</w:t>
+                <w:t xml:space="preserve">hal-01541366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicotine consumption is regulated by a human polymorphism in dopamine neurons</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noradrenalin and dopamine receptors both control cAMP-PKA signaling throughout the cerebral cortex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Fattore</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Pons</w:t>
+                <w:t xml:space="preserve">Shinobu Nomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. A. Hay</w:t>
+                <w:t xml:space="preserve">Maud Bouhadana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Marti</w:t>
+                <w:t xml:space="preserve">Bruno Cauli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 19 (8), pp.930-936. </w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, pp.UNSP 247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/mp.2013.158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fncel.2014.00247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01541366v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic Stress Triggers Social Aversion via Glucocorticoid Receptor in Dopaminoceptive Neurons</w:t>
               </w:r>
@@ -4737,51 +4737,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Ey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire S Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4839,739 +4839,739 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01470272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autistic-like behaviours and hyperactivity in mice lacking ProSAP1/Shank2.</w:t>
+                <w:t xml:space="preserve">Modulation of the mouse prefrontal cortex activation by neuronal nicotinic receptors during novelty exploration but not by exploration of a familiar environment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael J Schmeisser</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Ey</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Wegener</w:t>
+                <w:t xml:space="preserve">Vannary Meas-Yeadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juergen Bockmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">a Vanessa Stempel</w:t>
+                <w:t xml:space="preserve">Anne-Marie Lesourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature11015⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22 (5), pp.1007-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhr159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01470252v1</w:t>
+                <w:t xml:space="preserve">hal-01463685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of the mouse prefrontal cortex activation by neuronal nicotinic receptors during novelty exploration but not by exploration of a familiar environment.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Co-activation of VTA DA and GABA neurons mediates nicotine reinforcement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tolu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Eddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Bourgeois</w:t>
+                <w:t xml:space="preserve">V. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vannary Meas-Yeadid</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Pons</w:t>
+                <w:t xml:space="preserve">M. Graupner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cercor/bhr159⟩</w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (3), pp.382-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/mp.2012.83⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01463685v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01541329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-activation of VTA DA and GABA neurons mediates nicotine reinforcement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autistic-like behaviours and hyperactivity in mice lacking ProSAP1/Shank2.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Schmeisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Ey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Tolu</w:t>
+                <w:t xml:space="preserve">Stephanie Wegener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Eddine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Marti</w:t>
+                <w:t xml:space="preserve">Juergen Bockmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. David</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Graupner</w:t>
+                <w:t xml:space="preserve">a Vanessa Stempel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.256-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/mp.2012.83⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01541329v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01470252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoke extracts and nicotine, but not tobacco extracts, potentiate firing and burst activity of Ventral Tegmental Area dopaminergic neurons in mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distinct contributions of nicotinic acetylcholine receptor subunit 4 and subunit 6 to the reinforcing effects of nicotine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouafa Arib</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Morel</w:t>
+                <w:t xml:space="preserve">Richard Exley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Dufresne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Uwe Maskos</w:t>
+                <w:t xml:space="preserve">Nicolas Maubourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Eddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2011.112⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (18), pp.7577-7582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1103000108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00655431v1</w:t>
+                <w:t xml:space="preserve">pasteur-02936373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct contributions of nicotinic acetylcholine receptor subunit 4 and subunit 6 to the reinforcing effects of nicotine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Maubourguet</w:t>
+                <w:t xml:space="preserve">Smoke extracts and nicotine, but not tobacco extracts, potentiate firing and burst activity of Ventral Tegmental Area dopaminergic neurons in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent David</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Eddine</w:t>
+                <w:t xml:space="preserve">Ouafa Arib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Evrard</w:t>
+                <w:t xml:space="preserve">Virginie Dufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Maskos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 108 (18), pp.7577-7582. </w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 36, pp.2244-2257. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1103000108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/npp.2011.112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02936373v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00655431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrophysiological characterization of harmane-induced activation of mesolimbic dopamine neurons.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouafa Arib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5686,51 +5686,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object Memory in Young and Aged Mice after Sevoflurane Anaesthesia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Wiklund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Granon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5801,757 +5801,757 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00412971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral Sequence Analysis Reveals a Novel Role for ß2* Nicotinic Receptors in Exploration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Maubourguet</w:t>
+                <w:t xml:space="preserve">Interplay between subthreshold potentials and γ oscillations in Mauthner cells’ presynaptic inhibitory interneurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Lesne</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philippe Faure</w:t>
+                <w:t xml:space="preserve">H. Korn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000229⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 151 (4), pp.983-994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2007.11.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02935825v1</w:t>
+                <w:t xml:space="preserve">pasteur-02935352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay of β2* nicotinic receptors and dopamine pathways in the control of spontaneous locomotion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Elena Avale</w:t>
+                <w:t xml:space="preserve">Sevoflurane Anesthesia Alters Exploratory and Anxiety-like Behavior in Mice Lacking the β2 Nicotinic Acetylcholine Receptor Subunit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Wiklund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Granon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cloëz-Tayarani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Deltheil</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 105 (41), pp.15991-15996. </w:t>
+              <w:t xml:space="preserve">Anesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 109 (5), pp.790-798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.0807635105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/ALN.0b013e31818a379a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02935589v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02935845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay of beta2* nicotinic receptors and dopamine pathways in the control of spontaneous locomotion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Elena Avale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Robledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Deltheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 105, pp.15991-15996. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.0807635105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00408804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between subthreshold potentials and γ oscillations in Mauthner cells’ presynaptic inhibitory interneurons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Faure</w:t>
+                <w:t xml:space="preserve">Behavioral Sequence Analysis Reveals a Novel Role for ß2* Nicotinic Receptors in Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maubourguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Changeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Maskos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2007.11.054⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4 (11), pp.e1000229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1000229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02935352v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02935825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sevoflurane Anesthesia Alters Exploratory and Anxiety-like Behavior in Mice Lacking the β2 Nicotinic Acetylcholine Receptor Subunit</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Granon</w:t>
+                <w:t xml:space="preserve">Interplay of β2* nicotinic receptors and dopamine pathways in the control of spontaneous locomotion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Elena Avale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Cloëz-Tayarani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
+                <w:t xml:space="preserve">Patricia Robledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Deltheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anesthesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/ALN.0b013e31818a379a⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 105 (41), pp.15991-15996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0807635105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02935845v1</w:t>
+                <w:t xml:space="preserve">pasteur-02935589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term effects of chronic nicotine exposure on brain nicotinic receptors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Granon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Mameli-Engvall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cloëz-Tayarani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Maubourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 104 (19), pp.8155-60. </w:t>
@@ -6717,265 +6717,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00292267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical control of dopamine neuron-firing patterns by nicotinic receptors.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stem cell growth becomes predominant while neural plate progenitor pool decreases during spinal cord elongation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torgny H Svensson</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Roszko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2006.05.007⟩</w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 304 (1), pp.232-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.12.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-00176372v1</w:t>
+                <w:t xml:space="preserve">pasteur-02935324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stem cell growth becomes predominant while neural plate progenitor pool decreases during spinal cord elongation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Faure</w:t>
+                <w:t xml:space="preserve">Hierarchical control of dopamine neuron-firing patterns by nicotinic receptors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Mameli-Engvall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Maskos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Mathis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Torgny H Svensson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 304 (1), pp.232-245. </w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 50 (6), pp.911-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ydbio.2006.12.050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2006.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02935324v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00176372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circuit properties generating gamma oscillations in a network model of the olfactory bulb.</w:t>
               </w:r>
@@ -7876,51 +7876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lm. Reynolds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tolu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mondoloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8596,51 +8596,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346681v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#239;na&#239;g Le Borgne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nguyen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Vicq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Jehl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Soli&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61180-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795017v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Naud&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu X B Sarazin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mondoloni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Hannesse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53976-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758768v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L Fayad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren M Reynolds" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Torquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Tolu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002850" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758404v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Reynolds" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aylin Gulmez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fayad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Costa Campos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiana Rigoni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53327-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119181v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bousseyrol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Didienne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Takillah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Prevost-Soli&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Come" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.112523" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299318v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ciscato" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.80767" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839436v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2022.836343" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823418v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Zayed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baranowski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Compagnion" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vernochet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Karaki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-29380-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839427v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Dongelmans" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durand-de Cuttoli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K Durant&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27268-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03145091v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sarrazin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Marti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gallea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Doulazmi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108654" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03300623v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina&#239;g Le Borgne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Centeno" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2021.06.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02863320v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep S Chauhan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Petriz Reyes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mourot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1920869117" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087878v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemoine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Tange" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lambolez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.59026" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024486v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina O Morozova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gutkin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoper Lapish" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Y. Kuznetsov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0418-19.2020" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02344329v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Chaumont" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lagache" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dallongeville" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-019-0396-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02391001v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Forget" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Scholze" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francina Langa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Morel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pons" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2018.08.044" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01875646v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.37487" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01814746v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Karsinti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Piani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hedi Zerdazi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Maskos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.03.058" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593826v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Doly" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Quentin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Eddine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian P Fernandez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1354-17.2017" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01502363v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perrier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep45116" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01613163v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sebban" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Decros" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2017.00295" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346030v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Besson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Guiducci" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guilloux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guiard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-016-4362-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470212v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allain-Thibeault Ferhat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Sourd" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/53871" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470173v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.9439.1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542255v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Harrington" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vinals" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Herrera-Solis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Africa Flores" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2015.346" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01573669v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Valverde" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4223" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01116458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Valverde" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dautan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Audrey Hay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08184" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01263764v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Oster" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris S. Gutkin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncom.2015.00095" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01235368v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Glangetas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia R. Fois" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jalabert" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Lecca" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Valentinova" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2015.10.076" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542256v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Naude" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.11.021" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130806v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia&#160;r. Fois" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank&#160;j. Meye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia R Fois" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320108v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinobu Nomura" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Bouhadana" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cauli" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00247" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541366v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fattore" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. A. Hay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2013.158" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542259v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barik" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian P. Fernandez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lanteri" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1226767" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385430v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra da Re" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beloin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061628" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470272v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S Leblond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias M Boeckers" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2013.08.031" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470252v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Schmeisser" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Wegener" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Bockmann" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Vanessa Stempel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11015" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-HM1QSLWW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463685v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourgeois" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vannary Meas-Yeadid" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lesourd" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhr159" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541329v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tolu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eddine" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Graupner" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2012.83" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655431v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafa Arib" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dufresne" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2011.112" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02936373v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Exley" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maubourguet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent David" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Evrard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1103000108" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465520v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Molimard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman Chait" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2009.12.012" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0D5JGVNX-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412971v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wiklund" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sundman" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Changeux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNR.0b013e328330cd2b" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935825v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000229" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935589v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elena Avale" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Robledo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deltheil" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0807635105" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408804v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robledo" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deltheil" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935352v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Korn" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faure" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2007.11.054" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J26PKZ8C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935845v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clo&#235;z-Tayarani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0b013e31818a379a" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00161245v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Mameli-Engvall" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0702698104" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292267v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendra Agulhon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Platel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Kolomiets" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Forster" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Picaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2007.135715" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00176372v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torgny H Svensson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2006.05.007" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935324v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Roszko" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mathis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.12.050" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00160567v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bathellier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lagier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lledo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.01141.2005" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00163473v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Cordero-Erausquin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2004.01.034" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HK3JSV08-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143059v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rene Martin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ernst" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/01677060109167377" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328815v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Belkaid" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sigaud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346504v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Soli&#233;" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Justo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Layadi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380182v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Conabady" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05343391v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinaig Le Borgne" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cathala" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299685v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl Fayad" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lm. Reynolds" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Torquet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mondoloni" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766465v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bousseyrol" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Didienne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Takillah" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Soli&#233;" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Come" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03413289v2" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bacroix" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379664v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Durant&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355700v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Berland" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gangarossa" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Nakamura" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Sullivan" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Davis" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346681v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#239;na&#239;g Le Borgne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nguyen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Vicq" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Jehl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Soli&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61180-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795017v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Naud&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu X B Sarazin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mondoloni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Hannesse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53976-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758768v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L Fayad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren M Reynolds" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Torquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Tolu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002850" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758404v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Reynolds" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aylin Gulmez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fayad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Costa Campos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiana Rigoni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53327-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119181v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bousseyrol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Didienne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Takillah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Prevost-Soli&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Come" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.112523" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299318v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ciscato" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.80767" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839436v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2022.836343" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823418v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Zayed" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Baranowski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Compagnion" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vernochet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Karaki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-29380-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839427v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Dongelmans" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durand-de Cuttoli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K Durant&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27268-7" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03145091v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sarrazin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Marti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Gallea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Doulazmi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108654" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03300623v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina&#239;g Le Borgne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Centeno" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2021.06.013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024486v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina O Morozova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gutkin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoper Lapish" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Y. Kuznetsov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0418-19.2020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087878v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lemoine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Tange" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lambolez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.59026" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02863320v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep S Chauhan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Petriz Reyes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mourot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1920869117" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02344329v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Chaumont" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lagache" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dallongeville" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-019-0396-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02391001v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Forget" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Scholze" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francina Langa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Morel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pons" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2018.08.044" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01875646v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.37487" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01814746v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Karsinti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Piani" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hedi Zerdazi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Maskos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.03.058" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01502363v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep45116" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01613163v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sebban" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Decros" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2017.00295" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593826v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Doly" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Quentin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Eddine" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian P Fernandez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1354-17.2017" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470173v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeron" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.9439.1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470212v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allain-Thibeault Ferhat" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Sourd" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/53871" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542255v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Harrington" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vinals" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Herrera-Solis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Africa Flores" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2015.346" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01573669v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Valverde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4223" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346030v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Besson" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Guiducci" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Granon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guilloux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guiard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-016-4362-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01116458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Valverde" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dautan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Audrey Hay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08184" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542256v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Naude" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.11.021" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01263764v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Oster" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris S. Gutkin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncom.2015.00095" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01235368v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Glangetas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia R. Fois" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Jalabert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Lecca" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Valentinova" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2015.10.076" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130806v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia&#160;r. Fois" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank&#160;j. Meye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia R Fois" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541366v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fattore" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. A. Hay" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marti" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2013.158" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01320108v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinobu Nomura" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Bouhadana" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cauli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00247" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542259v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barik" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian P. Fernandez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lanteri" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1226767" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01385430v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra da Re" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaione Valle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charbonnel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beloin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Latour-Lambert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061628" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470272v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S Leblond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias M Boeckers" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2013.08.031" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463685v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourgeois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vannary Meas-Yeadid" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Lesourd" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhr159" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541329v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tolu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eddine" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Graupner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2012.83" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470252v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Schmeisser" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Wegener" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Bockmann" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Vanessa Stempel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11015" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-HM1QSLWW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02936373v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Exley" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maubourguet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent David" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Evrard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1103000108" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655431v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafa Arib" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dufresne" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2011.112" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465520v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rat" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Molimard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahman Chait" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2009.12.012" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0D5JGVNX-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412971v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Wiklund" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sundman" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Changeux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/WNR.0b013e328330cd2b" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935352v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Korn" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Faure" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2007.11.054" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J26PKZ8C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935845v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Clo&#235;z-Tayarani" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ALN.0b013e31818a379a" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408804v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Elena Avale" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robledo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deltheil" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0807635105" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935825v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000229" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935589v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Robledo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deltheil" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00161245v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Mameli-Engvall" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0702698104" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292267v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendra Agulhon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Platel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Kolomiets" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Forster" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Picaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2007.135715" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935324v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Roszko" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mathis" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ydbio.2006.12.050" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00176372v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torgny H Svensson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2006.05.007" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00160567v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bathellier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Lagier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lledo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.01141.2005" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00163473v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Cordero-Erausquin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2004.01.034" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HK3JSV08-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143059v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rene Martin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ernst" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/01677060109167377" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328815v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Belkaid" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sigaud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346504v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Soli&#233;" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nicolson" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Justo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Layadi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380182v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Conabady" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05343391v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinaig Le Borgne" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cathala" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299685v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl Fayad" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lm. Reynolds" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Torquet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mondoloni" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766465v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bousseyrol" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Didienne" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Takillah" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Soli&#233;" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Come" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03413289v2" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bacroix" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379664v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Durant&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355700v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Berland" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gangarossa" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuko Nakamura" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Sullivan" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue Davis" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>