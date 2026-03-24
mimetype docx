--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,3568 +66,3568 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (70)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Speed ESD Protection for RF Circuits: Innovative Codesigning Strategy Between FEOL and BEOL Devices in Advanced Technology</w:t>
+                <w:t xml:space="preserve">Extendable Wideband SIW Crossover Using Back-to-Back SIW-to-GCPW Transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. da Costa Guedes</w:t>
+                <w:t xml:space="preserve">Arman Bordbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bourgeat</w:t>
+                <w:t xml:space="preserve">Sherif Zahran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Duchamp</w:t>
+                <w:t xml:space="preserve">Raffaele de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+                <w:t xml:space="preserve">Emilio Arnieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ferrari</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 73 (3), pp.1191-1202. </w:t>
+              <w:t xml:space="preserve">IEEE Microwave and Wireless Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TED.2026.3659077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LMWT.2026.3651670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05534631v1</w:t>
+                <w:t xml:space="preserve">hal-05536587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-Layer Alumina Waveguide-to-Coplanar Transition in D-Band</w:t>
+                <w:t xml:space="preserve">High Speed ESD Protection for RF Circuits: Innovative Codesigning Strategy Between FEOL and BEOL Devices in Advanced Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sherif Zahran</w:t>
+                <w:t xml:space="preserve">T. da Costa Guedes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilio Arnieri</w:t>
+                <w:t xml:space="preserve">J. Bourgeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giandomenico Amendola</w:t>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luigi Boccia</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 73 (3), pp.1191-1202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2026.3659077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04797341v1</w:t>
+                <w:t xml:space="preserve">hal-05534631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">120 GHz 2-bit reflection-type phase shifter based on PIN diodes switched-lines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Single-Layer Alumina Waveguide-to-Coplanar Transition in D-Band</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sherif Zahran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Arnieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Ouattara</w:t>
+                <w:t xml:space="preserve">Giandomenico Amendola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Durand</w:t>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Loïc Vincent</w:t>
+                <w:t xml:space="preserve">Stefano Moscato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Microwave journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 67 (8), pp.96</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04023690v1</w:t>
+                <w:t xml:space="preserve">hal-04797341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanowire-Based 3-D Transmission-Line Transformer for Millimeter-Wave Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">120 GHz 2-bit reflection-type phase shifter based on PIN diodes switched-lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ouattara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tadeu Mota Frutuoso</w:t>
+                <w:t xml:space="preserve">Frédéric Paillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joao Lé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LMWC.2022.3159096⟩</w:t>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22541/au.167772970.09401552/v1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03666358v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sensitivity Study of Butler Matrices: Application to an SIW Extended Beam Matrix at 28 GHz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Acri</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Access</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, pp.101972 - 101987. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3208055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and Design of a Partially Air-Filled Slow Wave Substrate Integrated Waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ferrari</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 71 (2), pp.750-762. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMTT.2022.3206438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03798943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flippable and Hermetic E-Band RWG to GCPW Transition With Substrate Embedded Backshort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sherif Zahran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Moscato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Fonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Oldoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio A. Traversa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 71 (6), pp.2582 - 2593. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMTT.2022.3228619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04018047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative millimetre‐wave resonators based on slow‐wave coplanar stripline components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef‐rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Amara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16, pp 477-488. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/mia2.12260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03666401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESD mm-wave-circuit protection: 3-dB couplers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Nanowire-Based 3-D Transmission-Line Transformer for Millimeter-Wave Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadeu Mota Frutuoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Lé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Berthoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Mota Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johan Bourgeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TED.2021.3115990⟩</w:t>
+              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (10), pp.1171-1174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LMWC.2022.3159096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03371300v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03666358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact DC to 110 GHz Crossover Based on Metallic-Nanowire-Filled Membrane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transmission lines characteristic impedance versus Q-factor in CMOS technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes J.P. Venter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dongwei Wang</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Tinus Stander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LMWC.2021.3115585⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (4), pp.432-437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S175907872100060X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04065067v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03282072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission lines characteristic impedance versus Q-factor in CMOS technology</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mm-wave through-load element for on-wafer measurement applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S175907872100060X⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (8), pp.3170-3183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCSI.2021.3072097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03282072v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03202213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mm-wave through-load element for on-wafer measurement applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+                <w:t xml:space="preserve">Compact DC to 110 GHz Crossover Based on Metallic-Nanowire-Filled Membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dongwei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno M. Verona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rolf Jakoby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TCSI.2021.3072097⟩</w:t>
+              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (1), pp.45-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LMWC.2021.3115585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03202213v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04065067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow-Wave Microstrip Line Model for PCB and Metallic-Nanowire-Filled-Membrane Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mota Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Mota Pinheiro</w:t>
+                <w:t xml:space="preserve">G.P. Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceição Conceicao Lacorte C Serrano Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 69 (2), pp.1238-1249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMTT.2020.3040414⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SiGe HBTs and BiCMOS technology for present and future millimeter-wave system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RF performance of devices processed in low-temperature sequential integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mota Frutuoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+                <w:t xml:space="preserve">P. Sideris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josef Bock</w:t>
+                <w:t xml:space="preserve">J. Lugo-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fred Buchali</w:t>
+                <w:t xml:space="preserve">X. Garros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Chevalier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Collisi</w:t>
+                <w:t xml:space="preserve">L. Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Microwaves</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/jmw.2020.3031831⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (7), pp.3157-3162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2021.3080669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03111157v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RF performance of devices processed in low-temperature sequential integration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 28-GHz reconfigurable 1-bit substrate-integrated-waveguide based phase shifter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TED.2021.3080669⟩</w:t>
+              <w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (15), pp.1960-1966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/mia2.12210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03260955v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of coupled slow-wave CPW millimeter-wave bandpass filter beyond 100 GHz in 55-nm BiCMOS technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+                <w:t xml:space="preserve">SiGe HBTs and BiCMOS technology for present and future millimeter-wave system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Buchali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Collisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TED.2021.3094780⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Microwaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 (1), pp.288-298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/jmw.2020.3031831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03347680v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 28-GHz reconfigurable 1-bit substrate-integrated-waveguide based phase shifter</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Design of coupled slow-wave CPW millimeter-wave bandpass filter beyond 100 GHz in 55-nm BiCMOS technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/mia2.12210⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (9), pp.4259-4266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2021.3094780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04905778v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">77.3-GHz Standing-Wave Oscillator Based on an Asymmetrical Tunable Slow-Wave Coplanar Stripline Resonator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+                <w:t xml:space="preserve">Ekta Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekta Sharma</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antonio Augusto Lisboa de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 68 (8), pp.3158-3169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TCSI.2021.3060579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04818227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circular Polarized Square Slot Antenna Based on Slow-Wave Substrate Integrated Waveguide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh Tu Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Corrao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 69 (3), pp.1273-1282. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TAP.2020.3030933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and Miniaturized Phase Shifter With Excellent Figure of Merit Based on Liquid Crystal and Nanowire-Filled Membrane Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dongwei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ersin Polat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ersin Polat</w:t>
+                <w:t xml:space="preserve">Christian Schuster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Schuster</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Henning Tesmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Microwaves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2 (1), pp.174-184. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JMW.2021.3131648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04065068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MEMS Slow-Wave CPW Phase Shifter for mm-Wave Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ESD mm-wave-circuit protection: 3-dB couplers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Avramovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Rehder</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cédric Dehos</w:t>
+                <w:t xml:space="preserve">Johan Bourgeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infrared, Millimeter and Terahertz Waves</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10762-020-00731-0⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (12), pp.5989-5994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2021.3115990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04940865v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly tunable high-Q inversion-mode MOS varactor in the 1-325-GHz band</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Design of mm-wave slow-wave coupled coplanar waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lugo-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Gaquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TED.2020.2989726⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68 (12), pp.5014-5028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2020.3015974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02899947v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02958187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of mm-wave slow-wave coupled coplanar waveguides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Highly tunable high-Q inversion-mode MOS varactor in the 1-325-GHz band</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Bautista</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Vincent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+                <w:t xml:space="preserve">Christophe Gaquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2020.3015974⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67 (6), pp.2263-2269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TED.2020.2989726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02958187v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Effect of Field Spatial Separation on Slow Wave Propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darine Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Puyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 68 (12), pp.4978-4983. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMTT.2020.3023445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04037801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RF Power-Handling Performance for Direct Actuation of Germanium Telluride Switches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Reig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Saint-Patrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 68 (1), pp.60-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMTT.2019.2946145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Millimeter-Wave Miniature Branch-Line Coupler in 22-nm CMOS Technology</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+                <w:t xml:space="preserve">MEMS Slow-Wave CPW Phase Shifter for mm-Wave Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bovadilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Bedoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Reig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tek Fouy Lim</w:t>
+                <w:t xml:space="preserve">Cédric Dehos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Solid-State Circuits Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2 (6), pp.45-48. </w:t>
+              <w:t xml:space="preserve">Journal of Infrared, Millimeter and Terahertz Waves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (10), pp.1227-1244. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LSSC.2019.2930197⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10762-020-00731-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157936v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04940865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a 77-GHz LC-VCO With a Slow-Wave Coplanar Stripline-Based Inductor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ekta Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel J. Barragan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Circuits and Systems I: Regular Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.1-11. </w:t>
@@ -3665,90 +3665,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated Waveguides in Nanoporous Alumina Membrane for Millimeter-Wave Interposer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3793,2197 +3793,2227 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forward-wave Directional Coupler based on Slow-wave Coupled Microstrip Lines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">A Millimeter-Wave Miniature Branch-Line Coupler in 22-nm CMOS Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duc Luong</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+                <w:t xml:space="preserve">Tek Fouy Lim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/iet-map.2019.0296⟩</w:t>
+              <w:t xml:space="preserve">IEEE Solid-State Circuits Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (6), pp.45-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSSC.2019.2930197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-02302734v1</w:t>
+                <w:t xml:space="preserve">hal-03157936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3-dB Coupler in Slow Wave Substrate Integrated Waveguide Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein El Dirani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darine Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Puyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (4), pp.270-272. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LMWC.2019.2900239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02128863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low‐loss broadband (DC to 220 GHz) S‐CPW to S‐CPS transition for S‐CPS coplanar probing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
+                <w:t xml:space="preserve">Forward-wave Directional Coupler based on Slow-wave Coupled Microstrip Lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc Luong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Gaquière</w:t>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/el.2019.2377⟩</w:t>
+              <w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/iet-map.2019.0296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03133346v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-02302734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Filter Synthesis Procedure for Slow Wave Substrate-Integrated Waveguide Based on a Distribution of Blind Via Holes</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Low‐loss broadband (DC to 220 GHz) S‐CPW to S‐CPS transition for S‐CPS coplanar probing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gaquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (21), pp.1137-1139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/el.2019.2377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2018.2825403⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02075071v1</w:t>
+                <w:t xml:space="preserve">hal-03133346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturized branch-line coupler based on slow-wave microstrip lines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Miniaturized Liquid Crystal Slow Wave Phase Shifter Based on Nanowire Filled Membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Issa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+                <w:t xml:space="preserve">Matthias Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Kaddour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Podevin</w:t>
+                <w:t xml:space="preserve">Jay Gautam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Reese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ersin Polat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1759078718001204⟩</w:t>
+              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (8), pp.681-683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LMWC.2018.2845938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02137984v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturized Liquid Crystal Slow Wave Phase Shifter Based on Nanowire Filled Membranes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Filter Synthesis Procedure for Slow Wave Substrate-Integrated Waveguide Based on a Distribution of Blind Via Holes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Puyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LMWC.2018.2845938⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66 (6), pp.3019-3027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2018.2825403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01985323v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharp-switching band-modulation back-gated devices in advanced FDSOI technology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Miniaturized branch-line coupler based on slow-wave microstrip lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Alhalabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan El Dirani</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">David Marin-Cudraz</w:t>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2016.10.008⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (10), pp.1103-1106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1759078718001204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02003239v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact low-pass stepped impedance filters with enhanced out of band response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sharp-switching band-modulation back-gated devices in advanced FDSOI technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan El Dirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Solaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Alex Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heba El-Halabi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S. Abou-Chahine</w:t>
+                <w:t xml:space="preserve">David Marin-Cudraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mop.30635⟩</w:t>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 128, pp.180-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2016.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02011630v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02003239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">110-GHz Through-Substrate-Via Transition Based on Copper Nanowires in Alumina Membrane</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+                <w:t xml:space="preserve">Compact low-pass stepped impedance filters with enhanced out of band response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba El-Halabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rogerio Alvarenga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marcus Pelegrini</w:t>
+                <w:t xml:space="preserve">S. Abou-Chahine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2017.2763142⟩</w:t>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 59 (8), pp.1791-1800. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.30635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01692462v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02011630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A millimeter-wave CMOS power amplifier design using high- Q slow-wave transmission lines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">110-GHz Through-Substrate-Via Transition Based on Copper Nanowires in Alumina Membrane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rogerio Alvarenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiao-Lan Tang</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marcus Pelegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of RF and Microwave Computer-Aided Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mmce.20943⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.1 - 7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2017.2763142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012397v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01692462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A band-modulation device in advanced FDSOI technology: Sharp switching characteristics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A millimeter-wave CMOS power amplifier design using high- Q slow-wave transmission lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Lan Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2016.07.018⟩</w:t>
+              <w:t xml:space="preserve">International Journal of RF and Microwave Computer-Aided Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (2), pp.99-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mmce.20943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02003135v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible and miniaturized power divider</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A band-modulation device in advanced FDSOI technology: Sharp switching characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan El Dirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Solaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Alex Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Marin-Cudraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 125, pp.103-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2016.07.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/s1759078715000252⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02011585v1</w:t>
+                <w:t xml:space="preserve">hal-02003135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Performance On-Chip Low-Pass Filters Using CPW and Slow-Wave-CPW Transmission Lines on Porous Silicon</w:t>
+                <w:t xml:space="preserve">Flexible and miniaturized power divider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panagiotis Sarafis</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">François Burdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ted.2015.2500339⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (03), pp.547-557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s1759078715000252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02012347v1</w:t>
+                <w:t xml:space="preserve">hal-02011585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substrate Integrated Waveguide Phase Shifter for Hydrogen Sensing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-Performance On-Chip Low-Pass Filters Using CPW and Slow-Wave-CPW Transmission Lines on Porous Silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Sarafis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adel Benleulmi</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Androula Nassiopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Domingue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/lmwc.2016.2597177⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (1), pp.439-445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ted.2015.2500339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02011278v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties and mechanisms of Z2-FET at variable temperature</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Substrate Integrated Waveguide Phase Shifter for Hydrogen Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Benleulmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nossikpendou Yves Sama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorin Cristoloveanu</w:t>
+                <w:t xml:space="preserve">Frédéric Domingue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 115, pp.201-206. </w:t>
+              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (9), pp.744-746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2015.08.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/lmwc.2016.2597177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02003188v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02011278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Programmable Frequency Multiplier-by-29 Architecture for Millimeter Wave Applications</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Properties and mechanisms of Z2-FET at variable temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan El Dirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Solaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorin Cristoloveanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 115, pp.201-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2015.08.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012293v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02003188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate Parametric Electrical Model for Slow-Wave CPW and Application to Circuits Design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Programmable Frequency Multiplier-by-29 Architecture for Millimeter Wave Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Siligaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfredo Bautista</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Jose Luis Gonzalez-Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Journal of Solid-State Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (7), pp.1669-1679</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02011276v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of Compact Reflection-Type Phase Shifters With High Figure-of-Merit</w:t>
               </w:r>
@@ -5995,64 +6025,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Burdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zyad Iskandar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 63 (6), pp.1883-1893</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6071,1568 +6101,1564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02011581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">General expression for tunable matching network efficiency in the case of complex impedances</w:t>
+                <w:t xml:space="preserve">Accurate Parametric Electrical Model for Slow-Wave CPW and Application to Circuits Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vitor Freitas</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Alfredo Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (12), pp.4225-4235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2015.2495242⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02011664v1</w:t>
+                <w:t xml:space="preserve">hal-02011276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z2-FET: A promising FDSOI device for ESD protection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">General expression for tunable matching network efficiency in the case of complex impedances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jing Wan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
+                <w:t xml:space="preserve">Vitor Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Fenouillet-Beranger</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 57 (5), pp.1160-1166</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02002977v1</w:t>
+                <w:t xml:space="preserve">hal-02011664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full Study of the Parallel-Coupled Stub-Loaded Resonator: Synthesis Method in a Narrow Band With an Extended Optimal Rejection Bandwidth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minra Akra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akil Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 62 (12), pp.3380-3392</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02011271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Lossy Circuit Model Based on Physical Interpretation for Integrated Shielded Slow-Wave CMOS Coplanar Waveguide Structures</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Z2-FET: A promising FDSOI device for ESD protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Solaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Wan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fenouillet-Beranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Le Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2012.2231430⟩</w:t>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97, pp.23-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2014.04.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994588v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of a Reconfigurable Bandpass Circular Patch Filter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Lossy Circuit Model Based on Physical Interpretation for Integrated Shielded Slow-Wave CMOS Coplanar Waveguide Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. L. C. Serrano</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Daniel Gloria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 58 (12), pp.3918-3924</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 61 (2), pp.754-763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2012.2231430⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01074479v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturized Semi-Lumped UWB Bandpass Filter with Improved out-of-band performances</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Analysis of a Reconfigurable Bandpass Circular Patch Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. L. C. Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Correra F. S.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuong T.-P.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 53 (10), pp.110-126</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (12), pp.3918-3924</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00625189v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01074479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A semi-lumped microstrip UWB bandpass filter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Miniaturized Semi-Lumped UWB Bandpass Filter with Improved out-of-band performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darine Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Microwave journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53 (10), pp.110-126</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02084228v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00625189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Q Slow-Wave Coplanar Transmission Lines on 0.35 μm Process</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A semi-lumped microstrip UWB bandpass filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1 (01), pp.57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s1759078709000117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/lmwc.2009.2027053⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01023128v1</w:t>
+                <w:t xml:space="preserve">hal-02084228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining analytical techniques, exposure assessment and biological effects for risk assessment of chemicals in food</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-Q Slow-Wave Coplanar Transmission Lines on 0.35 μm Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trac.2009.03.008⟩</w:t>
+              <w:t xml:space="preserve">IEEE Microwave and Wireless Components Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (9), pp.542-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/lmwc.2009.2027053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02659987v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shielded Coplanar Striplines for RF Integrated Applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combining analytical techniques, exposure assessment and biological effects for risk assessment of chemicals in food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L.C.M Dorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Amzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos-Bordajandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Verger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mop.24054⟩</w:t>
+              <w:t xml:space="preserve">Trends in Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 287 (6), pp.695-707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trac.2009.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01075033v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved and compact 0.7 GHz tune-all bandpass filter</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shielded Coplanar Striplines for RF Integrated Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz M. Abdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safwat A.M.E.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/el:20073085⟩</w:t>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 51 (1), pp.352-358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mop.24054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00186395v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01075033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable band-stop filter using reconfigurable dumbbell shaped coplanar waveguide defected ground structure</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Improved and compact 0.7 GHz tune-all bandpass filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 43 (3), pp.165-166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/el:20073085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146055v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00186395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compact bandpass filters based on coupled slow-wave resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 54, No. 6, pp.2790-2799</w:t>
@@ -7661,90 +7687,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A compact and selective low-pass filter with reduced spurious responses, based on CPW tapered periodic structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darine Kaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Eusebe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7789,1123 +7815,1231 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00146035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of an ultra compact electronically tunable microwave impedance transformer</w:t>
+                <w:t xml:space="preserve">Tunable band-stop filter using reconfigurable dumbbell shaped coplanar waveguide defected ground structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jrad</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A.M.E. Safwat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vilcot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 54, n° 9, pp.3559-3564</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814633v1</w:t>
+                <w:t xml:space="preserve">hal-00146055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Narrow-Band Tunable Bandpass Filter Based on Varactor Loaded Electromagnetic-Bandgap Coplanar Waveguides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Design of an ultra compact electronically tunable microwave impedance transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-L. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bourtoutian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. G. Harrison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2005.852774⟩</w:t>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 41 (12), pp.707-709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1049/el:20050689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00395972v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tapered Distributed Analog Tuneable Phase Shifter with Low Insertion and Return Loss</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Hybrid Narrow-Band Tunable Bandpass Filter Based on Varactor Loaded Electromagnetic-Bandgap Coplanar Waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. G. Harrison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 53 (8), pp.2506-2514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2005.852774⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146430v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00395972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasability of a low cost hybrid tuneable phase shifter based on NLTL's</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+                <w:t xml:space="preserve">A Tapered Distributed Analog Tuneable Phase Shifter with Low Insertion and Return Loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bourtoutian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akil Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. El-Helwani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Vol. 46, No. 3,, pp.286-289</w:t>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Vol. 41, No. 15, pp.852-854</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00146428v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Tunable Microwave Devices Based On Schottky-Diode Varactors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId269" w:history="1">
+                <w:t xml:space="preserve">Feasability of a low cost hybrid tuneable phase shifter based on NLTL's</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akil Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bourtoutian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. El-Helwani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the EuMA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 1 (2), pp.109-119</w:t>
+              <w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Vol. 46, No. 3,, pp.286-289</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00395925v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact and selective low-pass filter with spurious suppression</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Hybrid Tunable Microwave Devices Based On Schottky-Diode Varactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Akil Jrad</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bourtoutian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 40 (21), pp.1344-1345</w:t>
+              <w:t xml:space="preserve">Proceedings of the EuMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1 (2), pp.109-119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02137973v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00395925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of fully distributed and periodically loaded nonlinear transmission lines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">X. Melique</w:t>
+                <w:t xml:space="preserve">Compact and selective low-pass filter with spurious suppression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akil Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Electronics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40 (21), pp.1344-1345</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02347830v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrections to &amp;quot;Comparison of fully distributed and periodically loaded nonlinear transmission lines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Comparison of fully distributed and periodically loaded nonlinear transmission lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Melique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 51 (10), pp.2147-2148. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMTT.2003.817430⟩</w:t>
+              <w:t xml:space="preserve">, 2003, 51 (4), pp.1105-1116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2003.809621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02347910v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Corrections to &amp;quot;Comparison of fully distributed and periodically loaded nonlinear transmission lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Melique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Microwave Theory and Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 51 (10), pp.2147-2148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMTT.2003.817430⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tunable bandpass microwave filters based on defect commandable photonic bandgap waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Duvillaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Coutaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akil Jrad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 39 (15), pp.1131-1133</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02137937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8915,10020 +9049,10016 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux d'adaptation utilisant des lignes couplées en technologie CMOS en bande millimétrique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId291" w:history="1">
+                <w:t xml:space="preserve">Design and Performance of Slow-wave Microstrip Lines in BiCMOS Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Eduardo Gentil Lé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th European Microwave Integrated Circuits Conference (EuMIC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMIC61603.2024.10732853⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911439v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04793326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Performance of Slow-wave Microstrip Lines in BiCMOS Technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cédric Durand</w:t>
+                <w:t xml:space="preserve">Méthodologie de test non-intrusive, générique et quasi-statique de circuits intégrés en bande millimétrique basée sur l'apprentissage automatique : application à un LNA 25 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Rhellab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th European Microwave Integrated Circuits Conference (EuMIC 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XXIIIèmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04793326v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie de test non-intrusive, générique et quasi-statique de circuits intégrés en bande millimétrique basée sur l'apprentissage automatique : application à un LNA 25 GHz</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">fT extraction of HEMT transistors at mm-waves through EM-simulated de-embedding devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Medbouhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Lugo-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIèmes Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE 24th Topical Meeting on Silicon Monolithic Integrated Circuits in RF Systems (SiRF 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, San Antonio (TX), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SiRF59913.2024.10438528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04858275v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">fT extraction of HEMT transistors at mm-waves through EM-simulated de-embedding devices</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Précision de l'instrumentation pour les mesures du diagramme de rayonnement on-wafer en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João E G Lé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Erwan Morvan</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana L C Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo P Rehder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 24th Topical Meeting on Silicon Monolithic Integrated Circuits in RF Systems (SiRF 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23ème édition des Journées Nationales Microondes (JNM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04487746v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05253249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Précision de l'instrumentation pour les mesures du diagramme de rayonnement on-wafer en bande millimétrique</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diviseur de puissance 1 vers 4 compact basé sur des lignes couplées en technologie BiCMOS à 28 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Boukhezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème édition des Journées Nationales Microondes (JNM)</w:t>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05253249v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diviseur de puissance 1 vers 4 compact basé sur des lignes couplées en technologie BiCMOS à 28 GHz</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design and Evaluation of a 10 GHz LNA with Balun and Diodes for HBM and CDM ESD Protection in 28 nm CMOS FD-SOI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thalis da Costa Guedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Bourgeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">37th SBC/SBMicro/IEEE Symposium on Integrated Circuits and Systems Design (SBCCI 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Joao Pessoa, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SBCCI62366.2024.10703990⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911386v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformateur d'impédance basé sur des lignes couplées en technologie alumine nanoporeuse 3D</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Diplexer at 67/77 GHz for Future 6G applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Adolfo Palomino Marcelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">54th European Microwave Conference (EuMC 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC61614.2024.10732606⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911432v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04793362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diplexer at 67/77 GHz for Future 6G applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Transformateur d'impédance basé sur des lignes couplées en technologie alumine nanoporeuse 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Eduardo Gentil Lé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54th European Microwave Conference (EuMC 2024)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04793362v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Evaluation of a 10 GHz LNA with Balun and Diodes for HBM and CDM ESD Protection in 28 nm CMOS FD-SOI</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Versatile Balun Based on a Power Divider Topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Boukhezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th SBC/SBMicro/IEEE Symposium on Integrated Circuits and Systems Design (SBCCI 2024)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SBCCI62366.2024.10703990⟩</w:t>
+              <w:t xml:space="preserve">EuMW 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Paris, France. pp.3-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC61614.2024.10732152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04791218v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Versatile Balun Based on a Power Divider Topology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Ducournau</w:t>
+                <w:t xml:space="preserve">Réseaux d'adaptation utilisant des lignes couplées en technologie CMOS en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Eduardo Gentil Lé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuMW 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales Microondes (JNM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609008v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bondwire Integration Challenges in E-band Systems: from PCB to Die Level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sherif Zahran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Alati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele de Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Moscato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Fonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd European Microwave Conference (EuMC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Berlin, Germany. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC58039.2023.10290383⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspended CPW Integration on Nanoporous Alumina Interposer for Millimeter Wave Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Adolfo Palomino Marcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Griep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Marcati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd European Microwave Conference (EuMC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Berlin, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/EuMC58039.2023.10290707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully Integrable BiCMOS Classical Rat-Race Coupler Based on BEOL CPS Transmission Lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sherif Zahran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Boccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giandomenico Amendola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Microwave and Antenna Symposium (IMAS 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Cairo, Egypt. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IMAS55807.2023.10066879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04043126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-fast CV methods (&amp;lt; 10µs) for interface trap spectroscopy and BTI reliability characterization using MOS capacitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tadeu Mota Frutuoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Lugo-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roméo Kom Kammeugne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis David Mohgouk Zouknak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Reliability Physics Symposium (IRPS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Dallas, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRPS48227.2022.9764550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04065065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow-Wave MEMS phase shifter with Liquid Crystal for Reconfigurable 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dongwei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Adolfo Palomino Marcelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Lé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolf Jakoby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/MTT-S International Microwave Symposium (IMS 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Denver, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IMS37962.2022.9865403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04065064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Millimeter-Wave Substrate Integrated Waveguide Filter in Si-BCB Technology</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Déphaseur 3-bits en technologie BiCMOS 55nm à 100 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sherif Zahran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Microwave Conference, EuMC 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">22èmes Journées Nationales Microondes (JNM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637487v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04065066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtre ultra compact à lignes à ondes lentes 3D en technologie BiCMOS à 29 GHz</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Methodology for active Junction profile extraction in thin film FD-SOI enabling performance driver identification in 500°C devices for 3D sequential integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadeu Mota Frutuoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Garros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Batude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Lacord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VLSI 2022 - 2022 IEEE Symposium on VLSI Technology and Circuits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Honolulu, United States. pp.332-333, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VLSITechnologyandCir46769.2022.9830504⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03702506v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04069091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtre patch bi-bande 180/270 GHz en technologie BiCMOS 55 nm</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Optimisation d’un filtre passe-bande en guide d’ondes partiellement rempli d’air à effet d’ondes lentes intégré au substrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phi-Long Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
+              <w:t xml:space="preserve">22èmes Journées Nationales Microondes (JNM 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03702414v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur 3-bits en technologie BiCMOS 55nm à 100 GHz</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Millimeter-Wave Substrate Integrated Waveguide Filter in Si-BCB Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Zerounian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Grimault-Jacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales Microondes (JNM 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Microwave Conference, EuMC 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EuMIC/EuMC/EuMW, Apr 2022, London, United Kingdom. pp.849-852, EuMIC/EuMC01-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC50147.2022.9784305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04065066v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for active Junction profile extraction in thin film FD-SOI enabling performance driver identification in 500°C devices for 3D sequential integration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Filtre patch bi-bande 180/270 GHz en technologie BiCMOS 55 nm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VLSI 2022 - 2022 IEEE Symposium on VLSI Technology and Circuits</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069091v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation d’un filtre passe-bande en guide d’ondes partiellement rempli d’air à effet d’ondes lentes intégré au substrat</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Filtre ultra compact à lignes à ondes lentes 3D en technologie BiCMOS à 29 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales Microondes (JNM 2022)</w:t>
+              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057434v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtre patch à structure de type CSRR en technologie BiCMOS 55 nm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+                <w:t xml:space="preserve">BiCMOS Rat-Race Coupler Based on Slow-Wave CPS Transmission lines for 120 GHz Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sherif Zahran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Durand</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+              <w:t xml:space="preserve">Microwave Mediterranean Symposium (MMS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Pizzo Calabro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03702441v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04028973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BiCMOS Rat-Race Coupler Based on Slow-Wave CPS Transmission lines for 120 GHz Applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Filtre patch à structure de type CSRR en technologie BiCMOS 55 nm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave Mediterranean Symposium (MMS 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Pizzo Calabro, Italy</w:t>
+              <w:t xml:space="preserve">22èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04028973v1</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual-Band Patch Filter 180/270 GHz on BiCMOS 55nm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Wehbi</w:t>
+                <w:t xml:space="preserve">Filtres millimétriques à guides d’ondes intégrés au substrat en technologie BenzoCycloButene sur silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ariana L.C. Serrano</w:t>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Zerounian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Grimault-Jacquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE/MTT-S International Microwave Symposium, IMS 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Limoges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IMS37962.2022.9865564⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03792411v1</w:t>
+                <w:t xml:space="preserve">hal-03702543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtres millimétriques à guides d’ondes intégrés au substrat en technologie BenzoCycloButene sur silicium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Grimault-Jacquin</w:t>
+                <w:t xml:space="preserve">Dual-Band Patch Filter 180/270 GHz on BiCMOS 55nm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lepilliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana L.C. Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIèmes Journées Nationales Microondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE/MTT-S International Microwave Symposium, IMS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Denver, United States. pp.248-250, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IMS37962.2022.9865564⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03702543v1</w:t>
+                <w:t xml:space="preserve">hal-03792411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3D slow-wave transmission line approach for the design of Ka-band CMOS compact filters</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Compact Patch-like Bandpass Filter using grounded CSRR on BiCMOS 55nm technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Wehbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52nd European Microwave Conference (EuMC 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EuMC54642.2022.9924358⟩</w:t>
+              <w:t xml:space="preserve">2022 17th European Microwave Integrated Circuits Conference (EuMIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Milan, Italy. pp.33-36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMIC54520.2022.9923523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03839576v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03839606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact Patch-like Bandpass Filter using grounded CSRR on BiCMOS 55nm technology</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A 3D slow-wave transmission line approach for the design of Ka-band CMOS compact filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Occello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Boukhezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 17th European Microwave Integrated Circuits Conference (EuMIC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EuMIC54520.2022.9923523⟩</w:t>
+              <w:t xml:space="preserve">52nd European Microwave Conference (EuMC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Milan, Italy. pp.560-563, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC54642.2022.9924358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03839606v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03839576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of spacer interface charges on performance and reliability of low temperature transistors for 3D sequential integration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Miniature Wilkinson Power Divider Based on Slow- Wave Microstrip Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRPS 2021 - IEEE International Reliability Physics Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 50th European Microwave Conference (EuMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Utrecht, Netherlands. pp.81-84, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC48046.2021.9338087⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IRPS46558.2021.9405107⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04917019v1</w:t>
+                <w:t xml:space="preserve">hal-04033700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniature Wilkinson Power Divider Based on Slow- Wave Microstrip Technology</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of spacer interface charges on performance and reliability of low temperature transistors for 3D sequential integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mota Frutuoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lugo-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lacord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 50th European Microwave Conference (EuMC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IRPS 2021 - IEEE International Reliability Physics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Monterey, United States. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRPS46558.2021.9405107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EuMC48046.2021.9338087⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04033700v1</w:t>
+                <w:t xml:space="preserve">cea-04917019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mm-wave single-pole double-throw switches: HBT-vs MOSFET-based designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gaquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Augusto Lisboa de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel J. Barragan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IEEE International New Circuits and Systems Conference, NEWCAS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NEWCAS50681.2021.9462753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An hybrid approach for high-performance passive 120-GHz phase shifters in BiCMOS technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Ouattara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Paillardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th IEEE International New Circuits and Systems Conference (NEWCAS 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Toulon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NEWCAS50681.2021.9462755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04851859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Record RF Performance (ft=180GHz and fmax=240GHz) of a FDSOI NMOS processed within a Low Thermal Budget for 3D Sequential Integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tadeu Mota Frutuoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Lugo-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Cassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on VLSI Technology 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04069684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BenzoCycloButene-based in-Package Substrate Integrated Waveguides for sub-THz Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Acri</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi Boccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th European Microwave Conference (EuMC 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturization of Transmission Lines: Meandered Slow-wave CPWs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+                <w:t xml:space="preserve">77.8 GHz Standing-wave Oscillator Based on a Tuneable Slow-wave Coplanar Stripline Resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekta Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Augusto Lisboa de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE MTT-S International Conference on Microwaves for Intelligent Mobility (ICMIM 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICMIM48759.2020.9299107⟩</w:t>
+              <w:t xml:space="preserve">18th IEEE International New Circuits and Systems Conference (NEWCAS 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Montreal, QC, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NEWCAS49341.2020.9159799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03371412v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04851946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mm-Wave Through-Load Switch for in-situ Vector Network Analyzer on a 55-nm BiCMOS Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel J. Barragan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th IEEE International NEWCAS Conference (NEWCAS 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Montreal, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/NEWCAS49341.2020.9159829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02958204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">77.8 GHz Standing-wave Oscillator Based on a Tuneable Slow-wave Coplanar Stripline Resonator</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antonio Augusto Lisboa de Souza</w:t>
+                <w:t xml:space="preserve">Miniaturization of Transmission Lines: Meandered Slow-wave CPWs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tadeu Mota Frutuoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhalim Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th IEEE International New Circuits and Systems Conference (NEWCAS 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/NEWCAS49341.2020.9159799⟩</w:t>
+              <w:t xml:space="preserve">IEEE MTT-S International Conference on Microwaves for Intelligent Mobility (ICMIM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Linz (virtual), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICMIM48759.2020.9299107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851946v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03371412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partially-Air-Filled Slow-Wave Substrate Integrated Waveguide in Metallic Nanowire Membrane Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/MTT-S International Microwave Symposium (IMS 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Los Angeles, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IMS30576.2020.9223955⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception de déphaseurs RTPS faible consommation en bande millimétrique</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guide d'onde SIW à ondes lentes partiellement rempli d'air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imadeddine Bendjeddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Sacoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El-Ozeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes Journées Nationales Micro-ondes (JNM 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129061v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02129085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact Analog All-Pass Phase-Shifter in 65-nm CMOS for 24/28 GHz on-Chip-and in-Package Phased-Array Antenna</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Capteurs d’humidité miniatures à ondes lentes basés sur un résonateur à fente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">an Tu Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd IEEE Workshop on Signal and Power Integrity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Chambery, France</w:t>
+              <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02136008v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02129053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guide d'onde SIW à ondes lentes partiellement rempli d'air</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Potentialités d’une matrice de Butler en technologie guide d’onde à base de Nanotubes de Carbone pour des applications 5G en bande E</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anh-Tu Ho</w:t>
+                <w:t xml:space="preserve">Phi Long Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129085v1</w:t>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capteurs d’humidité miniatures à ondes lentes basés sur un résonateur à fente</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Guides d'onde SIW sur interposeur polymère pour applications millimétriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
+              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02129053v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02114288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentialités d’une matrice de Butler en technologie guide d’onde à base de Nanotubes de Carbone pour des applications 5G en bande E</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de la tenue en puissance d’un commutateur RF à changement de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Reig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phi Long Doan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Philippe Coquet</w:t>
+                <w:t xml:space="preserve">Damien Saint Patrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Puyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
+              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128921v1</w:t>
+                <w:t xml:space="preserve">hal-02128954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guides d'onde SIW sur interposeur polymère pour applications millimétriques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">10Gbps Length adaptive on-chip RF serial link for Network on Chips and Multiprocessor chips applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tmimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. d'Amico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Galy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">2019 International Conference on IC Design and Technology (ICICDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Suhzou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02114288v1</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03113765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la tenue en puissance d’un commutateur RF à changement de phase</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">0Gbps Length adaptive on-chip RF serial link for Network on Chips and Multiprocessor chips applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tmimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. d'Amico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Galy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on IC Design and Technology (ICICDT) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, SUZHOU, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICICDT.2019.8790923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128954v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10Gbps Length adaptive on-chip RF serial link for Network on Chips and Multiprocessor chips applications</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Déphaseur SIW accordable 2 voies à l’aide d’une approche par via reconfigurable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ph Galy</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 International Conference on IC Design and Technology (ICICDT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Suhzou, China</w:t>
+              <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03113765v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0Gbps Length adaptive on-chip RF serial link for Network on Chips and Multiprocessor chips applications</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Compact and performing transmission lines for mm-wave circuits design in advanced CMOS technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on IC Design and Technology (ICICDT) 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">14th European Microwave Integrated Circuits Conference (EuMIC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France. pp.144-147</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03347157v1</w:t>
+                <w:t xml:space="preserve">hal-03166937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact and performing transmission lines for mm-wave circuits design in advanced CMOS technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+                <w:t xml:space="preserve">Compact Analog All-Pass Phase-Shifter in 65-nm CMOS for 24/28 GHz on-Chip-and in-Package Phased-Array Antenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Lajovic Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Lababidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Microwave Integrated Circuits Conference (EuMIC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France. pp.144-147</w:t>
+              <w:t xml:space="preserve">23rd IEEE Workshop on Signal and Power Integrity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Chambery, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03166937v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02136008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur SIW accordable 2 voies à l’aide d’une approche par via reconfigurable</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception de déphaseurs RTPS faible consommation en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Acri</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luigi Boccia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21èmes journées nationales micro-ondes, JNM’19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, CAEN, France</w:t>
+              <w:t xml:space="preserve">21èmes Journées Nationales Micro-ondes (JNM 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128873v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02129061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design Optimization of Through-Silicon Vias for Substrate-Integrated Waveguides embedded in High-Resistive Silicon Interposer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Voβ</w:t>
+                <w:t xml:space="preserve">Substrate Integrated Waveguides for mm-wave Functionalized Silicon Interposer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Electronics Packaging Technology Conference (EPTC 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE/MTT-S International Microwave Symposium - IMS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Philadelphia, France. pp.875-878, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MWSYM.2018.8439287⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158256v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Oscillation-Based Test technique for on-chip testing of mm-wave phase shifters</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A 270-to-300 GHz LO-Path Phase Shifting Architecture for Sub-mm-wave Phased Arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zyad Iskandar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Siligaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Lugo-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 36th VLSI Test Symposium (VTS'2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, San Francisco, United States. pp.1-6</w:t>
+              <w:t xml:space="preserve">2018 48th European Microwave Conference (EuMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Madrid, Spain. pp.804-806</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989149v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 270-to-300 GHz LO-Path Phase Shifting Architecture for Sub-mm-wave Phased Arrays</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">High Performance and Low Energy Consumption in Phase Change Material RF Switches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Reig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Puyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 48th European Microwave Conference (EuMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2018, Madrid, Spain. pp.804-806</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Sep 2018, Madrid, Spain. pp.491-494, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EuMC.2018.8541622⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012290v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substrate Integrated Waveguides for mm-wave Functionalized Silicon Interposer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Podevin</w:t>
+                <w:t xml:space="preserve">Design Optimization of Through-Silicon Vias for Substrate-Integrated Waveguides embedded in High-Resistive Silicon Interposer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Wietstruck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffen Marschmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selin Tolunay Wipf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Wipf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Voβ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE/MTT-S International Microwave Symposium - IMS 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">20th Electronics Packaging Technology Conference (EPTC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Singapore, Singapore</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02075188v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Performance and Low Energy Consumption in Phase Change Material RF Switches</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">An Oscillation-Based Test technique for on-chip testing of mm-wave phase shifters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J. Barragan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 48th European Microwave Conference (EuMC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE 36th VLSI Test Symposium (VTS'2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, San Francisco, United States. pp.1-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02066763v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow-wave coplanar strip line based Low-power 80-GHz voltage control oscillator on 22-nm FDSOI technology</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Antenne SIW à fente en anneau carré basé sur structure à ondes lentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh-Tu Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tan Phu Vuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE Asia Pacific Microwave Conference (APMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Kuala Lumpar, Malaysia. pp.934-937</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013349v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intégration de guides d’onde rectangulaires dans une membrane nano-poreuse d’alumine pour les applications en bande millimétrique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ariana Serrano</w:t>
+                <w:t xml:space="preserve">Coupleur hybride miniature en technologie CMOS FDSOI 28 nm en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noureddine Kabbani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+                <w:t xml:space="preserve">Lorenzo Boccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Amendola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationale Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">20èmes journées nationales micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01693072v1</w:t>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow-wave Microstrip Lines Electrical Model - Application to a branch-Line Coupler in PCB Technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId432" w:history="1">
+                <w:t xml:space="preserve">Modèle électrique de lignes couplées à ondes lentes sur substrat structuré par un réseau de via borgnes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. L. Luong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vincent</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microwave Mediteranean Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-02047857v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle électrique de lignes couplées à ondes lentes sur substrat structuré par un réseau de via borgnes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Déphaseur compact passe-tout large-bande basé sur des lignes couplées à ondes lentes en CMOS 65nm à 28GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Lajovic Carneiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pérennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad-Raafat Lababidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02022265v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur compact passe-tout large-bande basé sur des lignes couplées à ondes lentes en CMOS 65nm à 28GHz</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Coupleurs directifs et filtres millimétriques utilisant des coupleurs innovants basés sur des lignes à ondes lentes couplées en technologie BiCMOS avancée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Lugo Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01507263v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antenne SIW à fente en anneau carré basé sur structure à ondes lentes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">DGS-SMS Compact Fifth Order Low Pass Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba El-Halabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">2017 International Conference on High Performance Computing &amp; Simulation (HPCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Genoa, Italy. pp.274-277</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021518v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupleur hybride miniature en technologie CMOS FDSOI 28 nm en bande millimétrique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Modèle électrique d’une ligne microruban à ondes lentes sur substrat multicouche structuré par un réseau de via</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. L. Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes journées nationales micro-ondes</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018358v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupleurs directifs et filtres millimétriques utilisant des coupleurs innovants basés sur des lignes à ondes lentes couplées en technologie BiCMOS avancée</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Coupleur 3-dB en technologie guide d’onde intégré au substrat à onde lente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Puyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour Darine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
+              <w:t xml:space="preserve">Journées Nationales Micro-Ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02022256v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DGS-SMS Compact Fifth Order Low Pass Filter</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation du changement d’état du Tellure de Germanium en vue de réaliser des commutateurs RF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darine Kaddour</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Alexandre Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Saint Patrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolo Castellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 International Conference on High Performance Computing &amp; Simulation (HPCS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Genoa, Italy. pp.274-277</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012865v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle électrique d’une ligne microruban à ondes lentes sur substrat multicouche structuré par un réseau de via</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId432" w:history="1">
+                <w:t xml:space="preserve">Slow-wave Microstrip Lines Electrical Model - Application to a branch-Line Coupler in PCB Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. L. Luong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">Microwave Mediteranean Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02022270v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-02047857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du changement d’état du Tellure de Germanium en vue de réaliser des commutateurs RF</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Slow-wave coplanar strip line based Low-power 80-GHz voltage control oscillator on 22-nm FDSOI technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niccolo Castellani</w:t>
+                <w:t xml:space="preserve">Tekfouy Lim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekta Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Borggreve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">2017 IEEE Asia Pacific Microwave Conference (APMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Kuala Lumpar, Malaysia. pp.934-937</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021523v1</w:t>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupleur 3-dB en technologie guide d’onde intégré au substrat à onde lente</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Intégration de guides d’onde rectangulaires dans une membrane nano-poreuse d’alumine pour les applications en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Matthieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Kabbani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Micro-Ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint Malo, France</w:t>
+              <w:t xml:space="preserve">Journée Nationale Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021511v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01693072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A predictive model for Slow-wave Coplanar Striplines in integrated technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Bautista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Abdel Aziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 IEEE/MTT-S International Microwave Symposium (IMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, San Francisco, United States. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation électrique d’un commutateur RF à base de matériaux à changement de phase</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">A 30–50 GHz reflection-type phase shifter based on slow-wave coupled lines in BiCMOS 55 nm technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zyad Iskandar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Lugo-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées de Caractérisation Micro-ondes et Matériaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Calais, France</w:t>
+              <w:t xml:space="preserve">2016 11th European Microwave Integrated Circuits Conference (EuMIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, London, United Kingdom. pp.484-487</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02021521v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 30–50 GHz reflection-type phase shifter based on slow-wave coupled lines in BiCMOS 55 nm technology</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Modélisation électrique d’un commutateur RF à base de matériaux à changement de phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Reig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 11th European Microwave Integrated Circuits Conference (EuMIC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, London, United Kingdom. pp.484-487</w:t>
+              <w:t xml:space="preserve">14èmes Journées de Caractérisation Micro-ondes et Matériaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Calais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013342v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A lesson from archeology: The buried gates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
+                <w:t xml:space="preserve">Filtre passe-bas miniature à lignes de propagation microruban à ondes lentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heba El-Halabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour Darine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akil Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 Advanced Research Workshop Future Trends in Microelectronics: Journey into the Unknown</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Mallorca, Spain</w:t>
+              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02008421v1</w:t>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02021514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application en millimétrique des guides coplanaires couplés à ondes lentes intégrés en silicium : coupleurs directionnels et filtres</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">81-86 GHz VCO for Backhaul application with S-CPS based differential inductor in BiCMOS 55nm technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekta Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2015 IEEE 13th International New Circuits and Systems Conference (NEWCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Grenoble, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022258v1</w:t>
+                <w:t xml:space="preserve">hal-02015009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtre passe-bas miniature à lignes de propagation microruban à ondes lentes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modèle électrique paramétré des lignes à ondes lentes S-CPW en technologies CMOS/BiCMOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
+              <w:t xml:space="preserve">Journées nationales Micro-Ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021514v1</w:t>
+                <w:t xml:space="preserve">hal-02020037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle électrique paramétré des lignes à ondes lentes S-CPW en technologies CMOS/BiCMOS</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Application en millimétrique des guides coplanaires couplés à ondes lentes intégrés en silicium : coupleurs directionnels et filtres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Lugo Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées nationales Micro-Ondes</w:t>
+              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02020037v1</w:t>
+                <w:t xml:space="preserve">hal-02022258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">81-86 GHz VCO for Backhaul application with S-CPS based differential inductor in BiCMOS 55nm technology</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nouveau modèle pour des jonctions en T en technologie planaire: application aux lignes microrubans à ondes lentes sur membranes à nanofils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alarcón Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akra M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serrano A.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bergeron O.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE 13th International New Circuits and Systems Conference (NEWCAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Grenoble, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">19èmes journées nationales micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02015009v1</w:t>
+                <w:t xml:space="preserve">hal-02018369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveau modèle pour des jonctions en T en technologie planaire: application aux lignes microrubans à ondes lentes sur membranes à nanofils</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bergeron O.</w:t>
+                <w:t xml:space="preserve">New Insights in Z2-FET Mechanisms at Variable Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan El Dirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Onestas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorin Cristoloveanu,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Solaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes journées nationales micro-ondes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 Joint International EUROSOI Workshop and International Conference on Ultimate Integration on Silicon (EUROSOI-ULIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Bologna, Italy. pp.153, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULIS.2015.7063796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018369v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déphaseurs accordables à 60 GHz basés sur des lignes à ondes lentes à MEMS distribués</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Pelegrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Nasserddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.T. Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A compact slow-wave substrate integrated waveguide cavity filter</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Filtre compact en technologie SIW à ondes lentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu Z.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour Darine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE MTT-S International Microwave Symposium (IMS2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Phoenix, France. pp.1-3</w:t>
+              <w:t xml:space="preserve">19èmes journées nationales micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012696v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An accurate parametric electrical model for slow-wave CPW</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Millimeter-wave CMOS power amplifier using slow-wave transmission lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao-Lan Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zongming Duan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE MTT-S International Microwave Symposium (IMS2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2015 Asia-Pacific Microwave Conference (APMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Nanjing, China. pp.1-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02012691v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights in Z2-FET Mechanisms at Variable Temperature</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">An accurate parametric electrical model for slow-wave CPW</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 Joint International EUROSOI Workshop and International Conference on Ultimate Integration on Silicon (EUROSOI-ULIS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2015 IEEE MTT-S International Microwave Symposium (IMS2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Phoenix, United States. 4 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MWSYM.2015.7166796⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ULIS.2015.7063796⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02008394v1</w:t>
+                <w:t xml:space="preserve">hal-02012691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millimeter-wave CMOS power amplifier using slow-wave transmission lines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">A compact slow-wave substrate integrated waveguide cavity filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanhao Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darine Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 Asia-Pacific Microwave Conference (APMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Nanjing, China. pp.1-3</w:t>
+              <w:t xml:space="preserve">2015 IEEE MTT-S International Microwave Symposium (IMS2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Phoenix, France. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015023v1</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtre compact en technologie SIW à ondes lentes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Dispersive model for the phase velocity of slow-wave CMOS coplanar waveguides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes journées nationales micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2015 European Microwave Conference (EuMC 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France. pp.48-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02020038v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispersive model for the phase velocity of slow-wave CMOS coplanar waveguides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Conception d’un « Reflection-Type Phase Shifter » en technologie BiCMOS 55nm. Application à l’orientation de faisceau en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zyad Iskandar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Lugo Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 European Microwave Conference (EuMC 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France. pp.48-51</w:t>
+              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02012876v1</w:t>
+                <w:t xml:space="preserve">hal-02021520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs millimétriques passifs à ondes lentes à base de nanotubes de carbone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Cometto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Baillargeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18990,467 +19120,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01349593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’un « Reflection-Type Phase Shifter » en technologie BiCMOS 55nm. Application à l’orientation de faisceau en bande millimétrique</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Déphaseur en technologie MEMS pour application en bande millimétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Nasserddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Rehder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Reig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Puyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02021520v1</w:t>
+                <w:t xml:space="preserve">hal-02022273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déphaseur en technologie MEMS pour application en bande millimétrique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Puyal</w:t>
+                <w:t xml:space="preserve">A lesson from archeology: The buried gates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Litty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Solaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan El Dirani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Ortolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Fonteneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">2015 Advanced Research Workshop Future Trends in Microelectronics: Journey into the Unknown</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Mallorca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022273v1</w:t>
+                <w:t xml:space="preserve">hal-02008421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel ultra-low phase noise, programmable frequency multiplier-by-30 architecture. Application to 60-GHz frequency generation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">A novel programmable harmonic selection technique based on the pseudo-locking of an oscillator by periodically repeated oscillations train</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Siligaris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId491" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vincent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESSCIRC 2014 - 40th European Solid State Circuits Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Venice Lido, Italy. pp.427-430</w:t>
+              <w:t xml:space="preserve">2014 44th European Microwave Conference (EuMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Rome, Italy. pp.1020-1023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013346v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thin-body ESD protections in 28nm UTBB-FDSOI: From static to transient behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Solaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Fonteneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Alexandre Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Marin-Cudraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Passieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19486,2259 +19603,2263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02003958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel programmable harmonic selection technique based on the pseudo-locking of an oscillator by periodically repeated oscillations train</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">A novel ultra-low phase noise, programmable frequency multiplier-by-30 architecture. Application to 60-GHz frequency generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Siligaris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose-Luis Gonzalez Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolynn Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vincent</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 44th European Microwave Conference (EuMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Rome, Italy. pp.1020-1023</w:t>
+              <w:t xml:space="preserve">ESSCIRC 2014 - 40th European Solid State Circuits Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Venice Lido, Italy. pp.427-430</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02013344v1</w:t>
+                <w:t xml:space="preserve">hal-02013346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel harmonic selection technique based on the injection of a periodically repeated oscillations train into an oscillator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Siligaris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 IEEE/MTT-S International Microwave Symposium - MTT 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Tampa, United States. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02013343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunable bandpass filter with wide out-of-band rejection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirna Akra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akil Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 44th European Microwave Conference (EuMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Rome, France. pp.953-956</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 60-GHz UWB pulse generator with fast start-up and extinction using injection conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A novel approximated solution for the Van der Pol oscillator. Application to pulsed oscillations modeling in switched cross-coupled MOS oscillators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Siligaris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Siligaris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE International Conference on Ultra-WideBand (ICUWB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Paris, France. pp.390-393</w:t>
+              <w:t xml:space="preserve">2014 IEEE 57th International Midwest Symposium on Circuits and Systems (MWSCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, College Station, United States. pp.745-748</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013338v1</w:t>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approximated solution for the Van der Pol oscillator. Application to pulsed oscillations modeling in switched cross-coupled MOS oscillators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">A 60-GHz UWB pulse generator with fast start-up and extinction using injection conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zyad Iskandar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Siligaris</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE 57th International Midwest Symposium on Circuits and Systems (MWSCAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, College Station, United States. pp.745-748</w:t>
+              <w:t xml:space="preserve">2014 IEEE International Conference on Ultra-WideBand (ICUWB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Paris, France. pp.390-393</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013345v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probe pitch and taper feed lines dispersive effect on the measured characteristic impedances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mohd Salleh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 IEEE Symposium on Wireless Technology and Applications (ISWTA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Kota Kinabalu, Malaysia. pp.5-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z2-FET based ESD protections: innovative local clamps for UTBB FD-SOI Technology.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solaro Y.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonteneau P.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legrand C-A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fenouillet-Beranger C.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Advanced Workshop on "Frontiers in Electronics", abstract booklet (WOFE 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, San Juan, Puerto Rico. pp.T3.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01182124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow‐wave transmission lines for millimeter‐wave integrated circuits: State‐of‐the‐art and Prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceição Conceicao Lacorte C Serrano Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanofunction ESSDERC/ESSCIRC Workshop on novel material, devices and technologies for high performance on-chip applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02501321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Welfare risk factor analysis for commercial broiler chickens of farm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Butterworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.C. de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Conference on the Assessment on Animal Welfare at Farm and Group Level</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Guelph, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow-Wave Coplanar Waveguides in a Printed Circuit Technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larabat A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean Microwave Conference, MMS’2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Guzelyurt,, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Guidelines for High Performance Slow-Wave Transmission Lines with Optimized Floating Shield Dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40th European Microwave Conference, EuMC’10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compact High Rejection Notch and DBR Designed with Slow-Wave Transmission Lines&amp;quot;,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrao N.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asia-Pacific Microwave Conference, APMC 2010,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tunable Bandpass Patch Filter with Varactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serrano A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuong T.-P.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correra F. S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proc. IEEE International Microwave Theory and Techniques Symposium, MTT-S 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Anaheim, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01074757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New topology of short-circuited quarter wavelength resonator filters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Slow-wave High Performance Shielded CPW Transmission Lines: a lossy model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issa H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 International Workshop on Microwave Filters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Toulouse, France</w:t>
+              <w:t xml:space="preserve">39th European Microwave Conference, EuMC’09,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01075320v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01075300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow-wave shielded coplaaer striplines for UWB filtering applications</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spurious Supression Semi-lumped UWB Bandpass Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12Th international symposium on microwave and optical technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, New Delhi, India</w:t>
+              <w:t xml:space="preserve">2009 International Workshop on Microwave Filters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02019805v1</w:t>
+                <w:t xml:space="preserve">hal-01075713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow-wave High Performance Shielded CPW Transmission Lines: a lossy model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Slow-wave shielded coplaaer striplines for UWB filtering applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Abdelaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Podevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safwat A.M.E.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pistono</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Corrao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th European Microwave Conference, EuMC’09,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Rome, Italy</w:t>
+              <w:t xml:space="preserve">12Th international symposium on microwave and optical technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, New Delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01075300v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spurious Supression Semi-lumped UWB Bandpass Filter</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">New topology of short-circuited quarter wavelength resonator filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maouche Hana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burdin François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 International Workshop on Microwave Filters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01075713v1</w:t>
+                <w:t xml:space="preserve">hal-01075320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligne de transmission main gauche en régime non linéaire : Application à la multiplication de fréquences</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Potentialités des structures magnétiques pour les fonctions RF reconfigurables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Lippens</w:t>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Xavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre du non-linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, PARIS, France. pp.XX</w:t>
+              <w:t xml:space="preserve">Journées scientifiques Hypermag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, TOURS, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148429v1</w:t>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentialités des structures magnétiques pour les fonctions RF reconfigurables</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Design of a miniaturized ultra wideband bandpass filter based on a hybrid lumped capacitors - distributed transmission lines topology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Daniel Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques Hypermag</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, TOURS, France. pp.XX</w:t>
+              <w:t xml:space="preserve">36th European Microwave Conference, EuMC'06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, MANCHESTER, United Kingdom. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148430v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear behavior in left-handed transmission lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Foulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Mélique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Workshop on Metamaterials and special materials for electromagnetic applications and TLC, Third Workshop on Metamaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, ROME, Italy. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21749,2088 +21870,2101 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00147885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a miniaturized ultra wideband bandpass filter based on a hybrid lumped capacitors - distributed transmission lines topology</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A Semi-Lumped Miniaturized Spurious Less Frequency Tunable Three-port Divider\Combiner with 20 dB Isolation Between Output Ports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Exshaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th European Microwave Conference, EuMC'06</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, MANCHESTER, United Kingdom. pp.XX</w:t>
+              <w:t xml:space="preserve">International Microwave Theory and Techniques Symposium, MTT-S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147867v1</w:t>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Semi-Lumped Miniaturized Spurious Less Frequency Tunable Three-port Divider\Combiner with 20 dB Isolation Between Output Ports</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+                <w:t xml:space="preserve">Lignes de transmission main gauche en régime non linéaire Application à la multiplication de fréquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Foulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Microwave Theory and Techniques Symposium, MTT-S</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Rencontres du non linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147888v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignes de transmission main gauche en régime non linéaire Application à la multiplication de fréquences</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Niobium Supra MEMS for Reconfigurable Millimeter Wave Filters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Schicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navarrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Zöpfl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Wittmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres du non linéaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Paris, France. pp.XX</w:t>
+              <w:t xml:space="preserve">Applied Superconductivity Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, SEATTLE, United States. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148427v1</w:t>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niobium Supra MEMS for Reconfigurable Millimeter Wave Filters</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Ligne de transmission main gauche en régime non linéaire : Application à la multiplication de fréquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Foulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lippens</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Superconductivity Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, SEATTLE, United States. pp.XX</w:t>
+              <w:t xml:space="preserve">Rencontre du non-linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, PARIS, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147891v1</w:t>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId548" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable RF/Microwave devices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation et modélisation entre 40 MHz et 114 GHz de diodes PIN monolithiques sur substrat SOI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Coutaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Ghesquiers</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th and 10th Nefertiti Workshops on Millimetre Wave Photonic Devices</w:t>
+              <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId548" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147204v1</w:t>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation et modélisation entre 40 MHz et 114 GHz de diodes PIN monolithiques sur substrat SOI</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Transformateur impédance ultra compact basé sur une inductance équivalente contrôlée en tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafi Bourtoutian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J.P. Ghesquiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t>
+              <w:t xml:space="preserve">, May 2005, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148317v1</w:t>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformateur impédance ultra compact basé sur une inductance équivalente contrôlée en tension</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Filtre réjecteur basé sur des structures périodiques sinusoïdales tapérisées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2005, Nantes, France</w:t>
+              <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01984046v1</w:t>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtre réjecteur basé sur des structures périodiques sinusoïdales tapérisées</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">In-situ time dielectric spectroscopy of wet porous media: possibilities and prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
+              <w:t xml:space="preserve">6th Int. Conf. on Electromagnetic Wave Interaction with Water and Moist Substances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Grenoble, Germany. pp.251-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148311v1</w:t>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ time dielectric spectroscopy of wet porous media: possibilities and prospects</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Filtres passe-bas fixes ou accordables à base de structures périodiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Duvillaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Int. Conf. on Electromagnetic Wave Interaction with Water and Moist Substances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Grenoble, Germany. pp.251-258</w:t>
+              <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId557" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00147845v1</w:t>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtres passe-bas fixes ou accordables à base de structures périodiques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
+                <w:t xml:space="preserve">Transformateur d'impédance ultra compact basé sur une inductance équivalente contrôlée en tension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, NANTES, France. pp.XX</w:t>
+              <w:t xml:space="preserve">, 2005, Nantes, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148304v1</w:t>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception, réalisation et test de déphaseurs radiofréquences commandés en tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bourtoutian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Nantes, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00148319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformateur d'impédance ultra compact basé sur une inductance équivalente contrôlée en tension</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
+                <w:t xml:space="preserve">Tunable RF/Microwave devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Pistono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bourtoutian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Nantes, France. pp.XX</w:t>
+              <w:t xml:space="preserve">9th and 10th Nefertiti Workshops on Millimetre Wave Photonic Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Grenoble, France. pp.XX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00148314v1</w:t>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00147204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MS, CPW and Fin-line attenuation and dispersion effects on microwave and millimeter wave PBG structure parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId564" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-L. Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Microwave Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2004, Amsterdam, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Varactor Tunable Impedance Transformer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-L Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean Microwave Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2004, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId565" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Varactor Tunable Complex Impedance Transformer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-L Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Microwave Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2004, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes innovantes pour la mesure de la teneur en eau des sols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Verney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-03346780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some rules for the choice of the C(V) characteristic for the design of frequency triplers with symmetrical varactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.W. Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lippens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE MTT-S International Microwave Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2002, Seattle (WA), United States. pp.359-362</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00250211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of fully distributed and periodically loaded nonlinear transmission lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Melique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.W. Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2001 31st European Microwave Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Sep 2001, London, United Kingdom. pp.205-208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId574" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00152074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de méthodes diélectriques pour l'hydrologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId576" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Auzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId577" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boubkraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId579" w:history="1">
+            <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Buchholtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque PNRH 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2000, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId575" w:history="1">
+            <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02771869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -23840,452 +23974,452 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diviseur de puissance accordable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId580" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diviseurs de puissance miniature et accordables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId582" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Jrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId583" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Sharjalani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptateur d'impédance accordable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un transformateur d'impédance complexe accordable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.L. Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Duchamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14èmes Journées Nationales Microondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, NANTES, France. Un transformateur d'impédance complexe accordable, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00148306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -24295,402 +24429,402 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slow-wave Microwave and mm-wave Passive Circuits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Key Enabling Technologies for Future Wireless, Wired, Optical and Satcom Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Debaillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...60 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9781119820192⟩</w:t>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Brunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gaquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">River Publisher, 1, pp.1-224, 2024, e-ISBN 9788770046640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13052/rp-9788770046640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04729797v1</w:t>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04751303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key Enabling Technologies for Future Wireless, Wired, Optical and Satcom Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Björn Debaillie</w:t>
+                <w:t xml:space="preserve">Slow-wave Microwave and mm-wave Passive Circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Franc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ferrari</w:t>
-[...58 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13052/rp-9788770046640⟩</w:t>
+                <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, 978-1-119-82016-1 ; 9781119820192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781119820192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751303v1</w:t>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04729797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconfigurable Circuits and Technologies for Smart Millimeter-Wave Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolf Jakoby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onur Hamza Karabey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Maune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cambridge University Press, 2022, 9781316212479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781316212479⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId596" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -24700,383 +24834,383 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Background Theory and Concepts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Margalef-Rovira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wiley. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slow‐wave Microwave and mm‐wave Passive Circuits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 1, Wiley, pp.1-17, 2024, 978-1-119-82018-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId601" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119820192.ch1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId600" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CMOS and BiCMOS Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Bourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Quémerais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Bautista</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cambridge University Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconfigurable Circuits and Technologies for Smart Millimeter-Wave Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge University Press, pp.108-200, 2022, 978-1-107-10247-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substrate Technologies for Silicon‐Integrated RF and mm‐Wave Passive Devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Androula G. Nassiopoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panagiotis Sarafis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Raskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanza Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Balestra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beyond CMOS Nanodevices 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-ISTE, pp.373-418, 2014, Nanoscience and Nanotechnology Series, 978-1-84821-654-9, 978-1-11898-477-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId608" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118984772.ch13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01059634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -25086,271 +25220,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linha de transmissão de radiofrequência</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Plamplona Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Maria da Conceiçao Lacorte Caniato Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : BR 112014026501-1 B1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow wave RF propagation line including a network of nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Rehder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Podevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Franc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United States, Patent n° : US 9653773 B2. RFM. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId610" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01693119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId609"/>
+      <w:footerReference w:type="default" r:id="rId611"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -25497,51 +25631,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05534631v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. da Costa Guedes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Duchamp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Barragan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ferrari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2026.3659077" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797341v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif Zahran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Arnieri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giandomenico Amendola" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Boccia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Moscato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023690v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ouattara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Durand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paillardet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22541/au.167772970.09401552/v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666358v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadeu Mota Frutuoso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao L&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Berthoud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Mota Pinheiro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef-Rovira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2022.3159096" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856375v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Acri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Corsi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3208055" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798943v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Plamplona Rehder" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Maria da Concei&#231;ao Lacorte Caniato Serrano" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2022.3206438" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018047v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fonte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Oldoni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio A. Traversa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2022.3228619" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Saadi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef&#8208;rovira" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Amara" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mia2.12260" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371300v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pelletier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Avramovic" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bourgeat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3115990" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongwei Wang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M. Verona" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Jakoby" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2021.3115585" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03282072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes J.P. Venter" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Franc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinus Stander" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175907872100060X" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202213v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2021.3072097" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158079v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mota Pinheiro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Rehder" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Maria da Concei&#231;&#227;o Conceicao Lacorte C Serrano Lacorte Caniato Serrano" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3040414" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111157v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Bock" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Buchali" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevalier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Collisi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jmw.2020.3031831" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260955v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mota Frutuoso" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sideris" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lugo-Alvarez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garros" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3080669" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347680v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3094780" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905778v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mia2.12210" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818227v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Gomes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekta Sharma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Augusto Lisboa de Souza" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2021.3060579" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911468v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tu Ho" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2020.3030933" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065068v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ersin Polat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schuster" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Tesmer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMW.2021.3131648" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04940865v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Rehder" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bovadilla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Bedoya" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Reig" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dehos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10762-020-00731-0" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899947v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2020.2989726" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958187v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bautista" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3015974" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037801v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bertrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Kaddour" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puyal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3023445" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429379v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Perret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saint-Patrice" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2019.2946145" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157936v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tek Fouy Lim" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2019.2930197" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02230428v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2019.2926415" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075200v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Serrano" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Pinheiro" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2018.2887193" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02302734v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Luong" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vincent" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2019.0296" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128863v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein El Dirani" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2019.2900239" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133346v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2019.2377" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075071v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2018.2825403" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137984v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alhalabi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Issa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kaddour" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078718001204" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985323v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jost" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Gautam" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Reese" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2018.2845938" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003239v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan El Dirani" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fonteneau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Solaro" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Alex Legrand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marin-Cudraz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.10.008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011630v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba El-Halabi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Issa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abou-Chahine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.30635" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692462v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogerio Alvarenga" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Pelegrini" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2017.2763142" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012397v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Lan Tang" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20943" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003135v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.07.018" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7H7PFWV9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011585v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burdin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078715000252" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012347v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Sarafis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Androula Nassiopoulou" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ted.2015.2500339" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011278v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benleulmi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nossikpendou Yves Sama" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domingue" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lmwc.2016.2597177" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003188v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2015.08.015" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X26S1SD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012293v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Jany" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Siligaris" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gonzalez-Jimenez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vincent" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011276v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Bautista" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2015.2495242" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011581v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Burdin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zyad Iskandar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011664v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Freitas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002977v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fenouillet-Beranger" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Royer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2014.04.032" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8X7RVC6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011271v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minra Akra" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akil Jrad" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994588v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gloria" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2012.2231430" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074479v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. C. Serrano" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Correra F. S." TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuong T.-P." TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625189v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084228v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078709000117" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01023128v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lmwc.2009.2027053" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659987v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.C.M Dorne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amzal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ramos-Bordajandi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Verger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2009.03.008" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HL59B3LN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075033v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz M. Abdel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa H." TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour D." TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwat A.M.E." TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.24054" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F61NK9FH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186395v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilcot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20073085" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146055v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M.E. Safwat" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146048v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Robert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146035v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Eusebe" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2006.875290" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814633v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jrad" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Perrier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bourtoutian" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20050689" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395972v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duvillaret" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Duchamp" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. Harrison" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2005.852774" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146430v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146428v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El-Helwani" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395925v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Perrier" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137973v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347830v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fernandez" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Melique" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2003.809621" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347910v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2003.817430" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137937v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Coutaz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911439v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Eduardo Gentil L&#233;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793326v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC61603.2024.10732853" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858275v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Durand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Rhellab" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487746v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Medbouhi" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lugo-Alvarez" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morvan" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SiRF59913.2024.10438528" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253249v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o E G L&#233;" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana L C Serrano" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo P Rehder" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911386v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boukhezar" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911432v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793362v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Wehbi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Adolfo Palomino Marcelo" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732606" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791218v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalis da Costa Guedes" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barragan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBCCI62366.2024.10703990" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04609008v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jeannin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732152" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282732v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Alati" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele de Marco" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290383" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282990v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Griep" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Marcati" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290707" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043126v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMAS55807.2023.10066879" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065065v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garros" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Kom Kammeugne" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis David Mohgouk Zouknak" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48227.2022.9764550" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065064v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS37962.2022.9865403" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637487v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Moulin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Zerounian" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Grimault-Jacquin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC50147.2022.9784305" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702506v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702414v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065066v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069091v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Batude" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Lacord" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSITechnologyandCir46769.2022.9830504" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057434v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phi-Long Doan" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702441v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028973v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792411v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana L.C. Serrano" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS37962.2022.9865564" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702543v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839576v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC54642.2022.9924358" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839606v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC54520.2022.9923523" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04917019v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lacord" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS46558.2021.9405107" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033700v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC48046.2021.9338087" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362262v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462753" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851859v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462755" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069684v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Cass&#233;" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167047v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371412v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMIM48759.2020.9299107" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958204v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS49341.2020.9159829" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851946v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS49341.2020.9159799" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911487v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS30576.2020.9223955" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129061v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136008v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lajovic Carneiro" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Roy" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennec" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Lababidi" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129085v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imadeddine Bendjeddou" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Sacoto" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El-Ozeir" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tu Ho" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129053v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=an Tu Ho" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128921v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phi Long Doan" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coquet" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02114288v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128954v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saint Patrice" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113765v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tmimi" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. d'Amico" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Galy" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347157v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Galy" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICICDT.2019.8790923" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166937v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128873v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158256v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Wietstruck" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Marschmeyer" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selin Tolunay Wipf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wipf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vo&#946;" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989149v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sharma" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012290v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lugo-Alvarez" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075188v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2018.8439287" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02066763v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2018.8541622" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013349v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tekfouy Lim" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Borggreve" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693072v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Matthieu" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Kabbani" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02047857v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Luong" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022265v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507263v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Raafat Lababidi" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021518v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Phu Vuong" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018358v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Boccia" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Amendola" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022256v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lugo Alvarez" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012865v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022270v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021523v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saint Patrice" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Castellani" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021511v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour Darine" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012694v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Abdel Aziz" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021521v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013342v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008421v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Litty" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ortolland" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022258v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021514v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020037v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015009v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018369v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alarc&#243;n Blanco" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akra M." TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serrano A." TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bergeron O." TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022278v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Nasserddine" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Vo" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012696v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanhao Liu" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012691v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2015.7166796" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008394v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Onestas" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu," TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Solaro" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2015.7063796" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015023v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongming Duan" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020038v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Z." TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012876v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01349593v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cometto" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baillargeat" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bila" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tay Beng Kang" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021520v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022273v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013346v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Gonzalez Jimenez" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolynn Bernier" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003958v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Alexandre Legrand" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Passieux" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013344v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013343v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012678v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna Akra" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013338v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013345v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012873v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Prigent" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mohd Salleh" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182124v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solaro Y." TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fonteneau P." TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legrand C-A." TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fenouillet-Beranger C." TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501321v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747042v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bassler" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Butterworth" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Colin" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.C. de Jong" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074774v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larabat A." TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074783v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074812v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrao N." TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074757v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075320v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maouche Hana" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burdin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019805v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdelaziz" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075300v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075713v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148429v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Foulon" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148430v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoarau" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Xavier" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147885v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. M&#233;lique" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147867v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147888v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Exshaw" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148427v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kippens" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147891v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schicke" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navarrini" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Z&#246;pfl" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wittmann" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147204v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148317v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duraz" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Coutaz" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ghesquiers" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984046v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrier" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafi Bourtoutian" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148311v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147845v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laurent" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148304v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcot" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148319v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148314v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816047v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duchamp" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816033v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L Perrier" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Duchamp" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vincent" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816043v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03346780v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verney" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250211v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Tao" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152074v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771869v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Auzet" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boubkraoui" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Buchholtz" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983979v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983988v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jrad" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sharjalani" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983974v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148306v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vincent" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729797v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119820192" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751303v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Debaillie" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Belot" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brunier" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13052/rp-9788770046640" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082883v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onur Hamza Karabey" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Maune" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316212479" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795665v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119820192.ch1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823480v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Qu&#233;merais" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059634v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Androula G. Nassiopoulou" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Raskin" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanza Issa" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118984772.ch13" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940334v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693119v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536587v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Bordbar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherif Zahran" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele de Marco" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Arnieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ferrari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWT.2026.3651670" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05534631v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. da Costa Guedes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Duchamp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J. Barragan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2026.3659077" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797341v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giandomenico Amendola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Boccia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Moscato" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023690v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ouattara" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Durand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bourdel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Paillardet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vincent" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22541/au.167772970.09401552/v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856375v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Acri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Corsi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Podevin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pistono" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3208055" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798943v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Plamplona Rehder" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Maria da Concei&#231;ao Lacorte Caniato Serrano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2022.3206438" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018047v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fonte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Oldoni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio A. Traversa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2022.3228619" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666401v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhalim Saadi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef&#8208;rovira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Amara" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lepilliet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mia2.12260" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666358v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadeu Mota Frutuoso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao L&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Berthoud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Mota Pinheiro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Margalef-Rovira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2022.3159096" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03282072v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes J.P. Venter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Franc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinus Stander" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175907872100060X" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202213v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Occello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Avramovic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2021.3072097" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065067v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongwei Wang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M. Verona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Jakoby" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2021.3115585" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158079v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mota Pinheiro" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Rehder" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Maria da Concei&#231;&#227;o Conceicao Lacorte C Serrano Lacorte Caniato Serrano" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3040414" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260955v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mota Frutuoso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sideris" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lugo-Alvarez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garros" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3080669" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905778v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/mia2.12210" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111157v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Zimmer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Bock" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Buchali" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chevalier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Collisi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jmw.2020.3031831" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347680v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3094780" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818227v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Gomes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekta Sharma" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Augusto Lisboa de Souza" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2021.3060579" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911468v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Tu Ho" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2020.3030933" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065068v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ersin Polat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schuster" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Tesmer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMW.2021.3131648" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371300v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pelletier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Bourgeat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3115990" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958187v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bautista" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3015974" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899947v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gaqui&#232;re" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2020.2989726" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037801v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bertrand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Kaddour" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puyal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2020.3023445" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429379v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Reig" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Perret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saint-Patrice" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2019.2946145" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04940865v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Rehder" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bovadilla" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Bedoya" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Dehos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10762-020-00731-0" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02230428v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2019.2926415" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075200v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Serrano" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Pinheiro" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2018.2887193" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157936v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tek Fouy Lim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSSC.2019.2930197" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128863v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein El Dirani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2019.2900239" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02302734v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Luong" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vincent" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2019.0296" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133346v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2019.2377" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985323v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jost" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Gautam" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Reese" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LMWC.2018.2845938" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075071v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2018.2825403" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137984v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alhalabi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Issa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kaddour" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078718001204" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003239v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan El Dirani" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fonteneau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Solaro" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Alex Legrand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marin-Cudraz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.10.008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011630v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba El-Halabi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Issa" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abou-Chahine" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.30635" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692462v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rogerio Alvarenga" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Pelegrini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2017.2763142" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012397v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao-Lan Tang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mmce.20943" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003135v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2016.07.018" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7H7PFWV9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011585v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burdin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078715000252" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012347v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Sarafis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Androula Nassiopoulou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ted.2015.2500339" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011278v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benleulmi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nossikpendou Yves Sama" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domingue" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lmwc.2016.2597177" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003188v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2015.08.015" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X26S1SD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012293v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Jany" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Siligaris" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gonzalez-Jimenez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vincent" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011581v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Burdin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zyad Iskandar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011276v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Bautista" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2015.2495242" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011664v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Freitas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Arnould" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011271v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minra Akra" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akil Jrad" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002977v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fenouillet-Beranger" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Royer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2014.04.032" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8X7RVC6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994588v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gloria" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2012.2231430" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074479v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. C. Serrano" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Correra F. S." TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuong T.-P." TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625189v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084228v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078709000117" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01023128v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lmwc.2009.2027053" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659987v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L.C.M Dorne" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Amzal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ramos-Bordajandi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Verger" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trac.2009.03.008" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HL59B3LN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075033v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz M. Abdel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa H." TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour D." TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwat A.M.E." TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.24054" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F61NK9FH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186395v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Duvillaret" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vilcot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20073085" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146048v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Robert" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146035v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Eusebe" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2006.875290" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146055v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M.E. Safwat" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814633v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jrad" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Perrier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bourtoutian" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Duchamp" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el:20050689" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395972v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duvillaret" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Duchamp" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. Harrison" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2005.852774" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146430v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146428v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El-Helwani" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00395925v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Perrier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137973v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347830v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fernandez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Melique" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2003.809621" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347910v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMTT.2003.817430" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137937v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Coutaz" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793326v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Eduardo Gentil L&#233;" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC61603.2024.10732853" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858275v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Durand" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Rhellab" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487746v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Medbouhi" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lugo-Alvarez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Morvan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SiRF59913.2024.10438528" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253249v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o E G L&#233;" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana L C Serrano" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo P Rehder" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911386v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boukhezar" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791218v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalis da Costa Guedes" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Barragan" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBCCI62366.2024.10703990" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793362v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Wehbi" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Adolfo Palomino Marcelo" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732606" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911432v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04609008v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Jeannin" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC61614.2024.10732152" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911439v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282732v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Alati" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290383" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282990v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Griep" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Marcati" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC58039.2023.10290707" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043126v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMAS55807.2023.10066879" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065065v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garros" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Kom Kammeugne" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis David Mohgouk Zouknak" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS48227.2022.9764550" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065064v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS37962.2022.9865403" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065066v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069091v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Batude" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Lacord" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSITechnologyandCir46769.2022.9830504" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057434v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phi-Long Doan" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637487v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Moulin" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Zerounian" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Grimault-Jacquin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC50147.2022.9784305" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702414v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702506v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028973v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702441v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702543v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792411v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana L.C. Serrano" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS37962.2022.9865564" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839606v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMIC54520.2022.9923523" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839576v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC54642.2022.9924358" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033700v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC48046.2021.9338087" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04917019v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lacord" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRPS46558.2021.9405107" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362262v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462753" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851859v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS50681.2021.9462755" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069684v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Cass&#233;" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167047v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851946v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS49341.2020.9159799" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958204v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS49341.2020.9159829" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371412v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMIM48759.2020.9299107" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911487v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IMS30576.2020.9223955" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129085v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imadeddine Bendjeddou" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Sacoto" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El-Ozeir" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tu Ho" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129053v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=an Tu Ho" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128921v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phi Long Doan" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coquet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02114288v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128954v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Saint Patrice" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113765v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tmimi" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. d'Amico" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Galy" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347157v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Galy" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICICDT.2019.8790923" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128873v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166937v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02136008v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Lajovic Carneiro" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Roy" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; P&#233;rennec" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Lababidi" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129061v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075188v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2018.8439287" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012290v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lugo-Alvarez" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02066763v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuMC.2018.8541622" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158256v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Wietstruck" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Marschmeyer" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selin Tolunay Wipf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wipf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vo&#946;" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01989149v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sharma" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021518v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Phu Vuong" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018358v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Boccia" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Amendola" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022265v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Luong" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01507263v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad-Raafat Lababidi" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022256v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lugo Alvarez" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012865v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022270v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021511v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour Darine" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021523v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saint Patrice" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Castellani" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02047857v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013349v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tekfouy Lim" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Borggreve" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693072v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Matthieu" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Kabbani" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012694v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Abdel Aziz" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013342v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021521v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021514v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015009v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020037v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022258v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018369v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alarc&#243;n Blanco" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akra M." TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serrano A." TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bergeron O." TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008394v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Onestas" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu," TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Solaro" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2015.7063796" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022278v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Nasserddine" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Vo" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020038v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Z." TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015023v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zongming Duan" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012691v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWSYM.2015.7166796" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012696v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanhao Liu" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012876v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02021520v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01349593v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cometto" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Baillargeat" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bila" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tay Beng Kang" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022273v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008421v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Litty" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ortolland" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013344v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003958v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Alexandre Legrand" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Passieux" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013346v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Gonzalez Jimenez" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolynn Bernier" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013343v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012678v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna Akra" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013345v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013338v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012873v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Prigent" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mohd Salleh" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01182124v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solaro Y." TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fonteneau P." TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Legrand C-A." TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fenouillet-Beranger C." TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501321v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747042v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bassler" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Butterworth" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Colin" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.C. de Jong" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074774v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larabat A." TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074783v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074812v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrao N." TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074757v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075300v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075713v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02019805v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdelaziz" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075320v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maouche Hana" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burdin Fran&#231;ois" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148430v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hoarau" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Xavier" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147867v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147885v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Foulon" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. M&#233;lique" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lippens" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147888v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Exshaw" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148427v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kippens" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147891v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schicke" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navarrini" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Z&#246;pfl" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Wittmann" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148429v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148317v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duraz" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Coutaz" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ghesquiers" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984046v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrier" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafi Bourtoutian" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148311v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147845v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Laurent" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148304v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vilcot" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148314v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148319v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147204v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816047v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duchamp" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816033v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L Perrier" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Duchamp" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Vincent" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816043v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03346780v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verney" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00250211v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Tao" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152074v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771869v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Auzet" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boubkraoui" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Buchholtz" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983979v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983988v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jrad" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sharjalani" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983974v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148306v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vincent" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751303v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Debaillie" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Belot" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brunier" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13052/rp-9788770046640" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729797v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119820192" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082883v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onur Hamza Karabey" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Maune" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781316212479" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795665v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119820192.ch1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823480v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Qu&#233;merais" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059634v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Androula G. Nassiopoulou" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Raskin" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanza Issa" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118984772.ch13" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940334v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693119v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>