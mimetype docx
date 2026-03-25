--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Garnier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">185291120</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical behaviour of different type of shear band connections being used in reconstruction housing in Nepal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 174, pp.701-712. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.04.121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Der Boss baut das Haus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tech21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21, pp.5--7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs traditionnels et connaissances scientifiques pour une réduction de la vulnérabilité de l’habitat rural face aux aléas naturels en Haïti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field Actions Science Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Haïti : Innovations locales, clés pour un développement durable et inclusif, Special issue 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Traditional Anti-Seismic Strategies Beyond Their Disappearance and Distortions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farahza Nariman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Arléo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Hajmirbaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Structural Analysis of Historical Constructions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIMNE, Sep 2021, Barcelona, Spain. pp.3193-3205, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23967/sahc.2021.312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03528072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des greniers améliorés en matériaux locaux pour contribuer à la sécurité alimentaire au Sénégal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Hajmirbaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Guillermo Corba Barreto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architecture et techniques de construction des bâtiments et aménagements de stockage en Égypte et au Soudan anciens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 8167 Orient et Méditerranée; CRAterre, Sep 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures constructives locales et réduction des vulnérabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham Saunders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Treherne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRAterre, Jul 2016, Lyon, France. pp.162-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timber seismic bands: correlating their characteristics with local seismic activities and understanding their effects under seismic loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inter-ISC’18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, kastamonu, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting vernacular architecture, a basis for Building Back Safer? A Case study from Nepal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Hajmirbaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAHC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cusco, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Trench Isolation and Through Silicon Via Wetting Characterization by High-Frequency Acoustic Reflectometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Virgilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Broussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Campistron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Ultra Clean Processing of Semiconductor Surfaces (UCPSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Knokke, Belgium. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/SSP.255.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the scientific collaboration of engineers and architects on local building cultures can make a vital breakthrough: 10 years of works in Grenoble to support people affected by disasters and make communities resilient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Daudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Huygen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Lyon 2016 : Actes / proceedings / actos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des risques, cultures constructives et résiliences: de Bam à Haïti, comment des approches &amp;quot;utopiques&amp;quot; alimentent la réflexion, la projection, pour finalement se concrétiser sur le terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université populaire "Familles, mémoires et utopies". Cycle 3 : les utopies possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Villefontaine, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reengineering of building cultures : the contribution of frugal innovation to local and global development goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Could frugal innovation contribute to growth in Nanotechnologies, Materials and advanced Processes? Traditional techniques' second birth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traditional and scientific knowledge for a sustainable vulnerability reduction of rural housing in Haiti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structures and Architecture: Concepts, Applications and Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Minho, Portugal. pp.1807-1815, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/b15267-248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable rating tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalaina Rakotomalala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Misse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Urban Forum 7 : urban equity in development - Cities for life, Medellin, Colombia, 5-11 april 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Medellin, Unknown Region. AE&amp;CC-ENSAG &amp; UN-Habitat, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local materials, materials of the future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florie Dejeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.96, 2021, 979-10-96446-38-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux locaux, matériaux d’avenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florie Dejeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.96, 2021, 979-10-96446-32-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03293589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Re)construire en Haïti 2010-2019 : l’émergence du concept de TCLA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Belinga Nko’o</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre, 86 p., 2019, 979-10-964446-27-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02339202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ficha de referencia detallada Ecuador Costa: culturas constructivas locales para la resiliencia y el desarrollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Sevillano Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Durzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre, 28 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing local building cultures for resilience & development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertin Adikpon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Alsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Angermaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 121 p., 2015, 978-2-906901-86-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01493386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruire Haïti après le séisme de janvier 2010: réduction des risques, cultures constructives et développement local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre, 2014, 978-2-906901-79-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural hazards, disasters and local development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Garnier, Philippe and Moles, Olivier. CRAterre, pp.59, 2013, 978-2-906901-75-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riesgos naturales, Catástrofes y Desarrollo local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre Editions, 59 p., 2011, 978-2-906901-76-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aléas naturels, catastrophes et développement local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre éditions, 59 p., 2011, 978-2-906901-67-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00837774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating Local Building Practices in Response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Opdyke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumanti Joshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Twigg; Elizabeth Babister. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roadmap for research: A Collaborative Research Framework for Humanitarian Shelter and Settlements Assistance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterAction</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traditional Timber-Framed Infill Structure Experimentation with Four Scales Analysis (To Connection from a House Scale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Duccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HISTORICAL EARTHQUAKE-RESISTANT TIMBER FRAMING IN THE MEDITERRANEAN AREA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.287-297, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs traditionnels et connaissances scientifiques pour une réduction de la vulnérabilité de l’habitat rural face aux aléas naturels en Haïti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations locales et développement durable en Haïti</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'université d'Etat d'Haïti, pp.422, 2014, 978-99935-57-81-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter SHERPA : Un outil pour évaluer la durabilité des projets d’habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakotomalala Lalaina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of knowledge and identification of research priorities for the scientific validation of disaster resistant building cultures of the Himalayan regions of Nepal : Research report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CRAterre; AE&amp;CC; CDP Risk. 2020, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d’outils pédagogiques de sensibilisation au risque sismique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon de La Rica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Cloquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] CRAterre. 2020, pp.6 vol</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologie de construction et architecture de terre. Proposition de directions prioritaires de recherche pour la République de Corée : Rapport final (Volume 1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Doat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Houben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CRAterre; Université Nationale de Mokpo; Chaire UNESCO Architecture de terre cultures constructives et développement durable. 2008, pp.99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of knowledge on building construction within black cotton soil areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dugelay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] CRAterre. 2006, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId99"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Garnier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">185291120</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical behaviour of different type of shear band connections being used in reconstruction housing in Nepal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construction and Building Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 174, pp.701-712. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.04.121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Der Boss baut das Haus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tech21</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 21, pp.5--7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs traditionnels et connaissances scientifiques pour une réduction de la vulnérabilité de l’habitat rural face aux aléas naturels en Haïti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field Actions Science Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Haïti : Innovations locales, clés pour un développement durable et inclusif, Special issue 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Traditional Anti-Seismic Strategies Beyond Their Disappearance and Distortions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farahza Nariman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Arléo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Hajmirbaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Structural Analysis of Historical Constructions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIMNE, Sep 2021, Barcelona, Spain. pp.3193-3205, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23967/sahc.2021.312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03528072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des greniers améliorés en matériaux locaux pour contribuer à la sécurité alimentaire au Sénégal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Hajmirbaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Guillermo Corba Barreto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Architecture et techniques de construction des bâtiments et aménagements de stockage en Égypte et au Soudan anciens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 8167 Orient et Méditerranée; CRAterre, Sep 2020, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures constructives locales et réduction des vulnérabilités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graham Saunders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Treherne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRAterre, Jul 2016, Lyon, France. pp.162-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02930215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timber seismic bands: correlating their characteristics with local seismic activities and understanding their effects under seismic loads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inter-ISC’18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, kastamonu, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promoting vernacular architecture, a basis for Building Back Safer? A Case study from Nepal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Hajmirbaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAHC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cusco, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01877189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Trench Isolation and Through Silicon Via Wetting Characterization by High-Frequency Acoustic Reflectometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Virgilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Broussous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Campistron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Ultra Clean Processing of Semiconductor Surfaces (UCPSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Knokke, Belgium. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/SSP.255.129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03280231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How the scientific collaboration of engineers and architects on local building cultures can make a vital breakthrough: 10 years of works in Grenoble to support people affected by disasters and make communities resilient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Daudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Huygen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terra Lyon 2016 : Actes / proceedings / actos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion des risques, cultures constructives et résiliences: de Bam à Haïti, comment des approches &amp;quot;utopiques&amp;quot; alimentent la réflexion, la projection, pour finalement se concrétiser sur le terrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université populaire "Familles, mémoires et utopies". Cycle 3 : les utopies possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Villefontaine, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reengineering of building cultures : the contribution of frugal innovation to local and global development goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Could frugal innovation contribute to growth in Nanotechnologies, Materials and advanced Processes? Traditional techniques' second birth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traditional and scientific knowledge for a sustainable vulnerability reduction of rural housing in Haiti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structures and Architecture: Concepts, Applications and Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Minho, Portugal. pp.1807-1815, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/b15267-248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02004484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable rating tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Paccoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lalaina Rakotomalala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Misse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Urban Forum 7 : urban equity in development - Cities for life, Medellin, Colombia, 5-11 april 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Medellin, Unknown Region. AE&amp;CC-ENSAG &amp; UN-Habitat, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux locaux, matériaux d’avenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florie Dejeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.96, 2021, 979-10-96446-32-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03293589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local materials, materials of the future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florie Dejeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.96, 2021, 979-10-96446-38-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Re)construire en Haïti 2010-2019 : l’émergence du concept de TCLA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Belinga Nko’o</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre, 86 p., 2019, 979-10-964446-27-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02339202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ficha de referencia detallada Ecuador Costa: culturas constructivas locales para la resiliencia y el desarrollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Sevillano Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Durzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre, 28 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing local building cultures for resilience & development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertin Adikpon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alma Alsayed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Angermaier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRAterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 121 p., 2015, 978-2-906901-86-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01493386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruire Haïti après le séisme de janvier 2010: réduction des risques, cultures constructives et développement local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre, 2014, 978-2-906901-79-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natural hazards, disasters and local development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Garnier, Philippe and Moles, Olivier. CRAterre, pp.59, 2013, 978-2-906901-75-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00952809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riesgos naturales, Catástrofes y Desarrollo local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre Editions, 59 p., 2011, 978-2-906901-76-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aléas naturels, catastrophes et développement local</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gandreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milo Hofmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAterre éditions, 59 p., 2011, 978-2-906901-67-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00837774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating Local Building Practices in Response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Opdyke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lumanti Joshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Twigg; Elizabeth Babister. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roadmap for research: A Collaborative Research Framework for Humanitarian Shelter and Settlements Assistance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InterAction</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traditional Timber-Framed Infill Structure Experimentation with Four Scales Analysis (To Connection from a House Scale)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Duccini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HISTORICAL EARTHQUAKE-RESISTANT TIMBER FRAMING IN THE MEDITERRANEAN AREA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.287-297, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs traditionnels et connaissances scientifiques pour une réduction de la vulnérabilité de l’habitat rural face aux aléas naturels en Haïti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Vieux-Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Caimi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations locales et développement durable en Haïti</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions de l'université d'Etat d'Haïti, pp.422, 2014, 978-99935-57-81-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01159766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter SHERPA : Un outil pour évaluer la durabilité des projets d’habitats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakotomalala Lalaina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Génis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01239335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of knowledge and identification of research priorities for the scientific validation of disaster resistant building cultures of the Himalayan regions of Nepal : Research report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Sieffert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Yadav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Joffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CRAterre; AE&amp;CC; CDP Risk. 2020, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d’outils pédagogiques de sensibilisation au risque sismique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon de La Rica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Cloquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Crété</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] CRAterre. 2020, pp.6 vol</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologie de construction et architecture de terre. Proposition de directions prioritaires de recherche pour la République de Corée : Rapport final (Volume 1/2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Guillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Doat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Rollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Houben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CRAterre; Université Nationale de Mokpo; Chaire UNESCO Architecture de terre cultures constructives et développement durable. 2008, pp.99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of knowledge on building construction within black cotton soil areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Moles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Dayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Douline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Dugelay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] CRAterre. 2006, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02909749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId99"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D76FEA60"/>
+    <w:nsid w:val="B95BB28F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-garnier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185291120" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780074v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Yadav" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Vieux-Champagne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.04.121" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160017v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Douline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004110v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Caimi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vieux-Champagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Guillaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528072v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farahza Nariman" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Arl&#233;o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Hajmirbaba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/sahc.2021.312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617281v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Paccoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Guillermo Corba Barreto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930215v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Saunders" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Treherne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Hofmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877189v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hosta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03280231v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Virgilio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Broussous" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carlier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campistron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.255.129" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004529v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daudon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Huygen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160009v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159918v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004484v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b15267-248" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159920v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalaina Rakotomalala" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Misse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540875v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Dejeant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joffroy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/4251" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293589v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/4138" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339202v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Belinga Nko&#8217;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888168v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Sevillano Gutierrez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Durzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493386v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Adikpon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Adrian" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Alsayed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Angermaier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/999" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159759v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952809v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gandreau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013704v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00837774v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694403v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Opdyke" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lumanti Joshi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interaction.org/wp-content/uploads/2021/06/Roadmap-for-Research_96ppi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965213v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Duccini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159766v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239335v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakotomalala Lalaina" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a G&#233;nis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cartier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116968v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231007v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon de La Rica" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Cloquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716122v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Doat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rollet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Houben" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909749v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dayre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dugelay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-garnier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185291120" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780074v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Yadav" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sieffert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cr&#233;t&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Vieux-Champagne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Garnier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.04.121" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160017v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Douline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004110v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Caimi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vieux-Champagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Guillaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528072v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farahza Nariman" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Arl&#233;o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Hajmirbaba" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/sahc.2021.312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617281v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Paccoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Guillermo Corba Barreto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930215v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Saunders" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Treherne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004219v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Hofmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877189v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hosta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03280231v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Virgilio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Broussous" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carlier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campistron" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.255.129" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004529v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daudon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Huygen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160009v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159918v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004484v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b15267-248" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159920v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalaina Rakotomalala" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Misse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293589v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Dejeant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Joffroy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/4138" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540875v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/4251" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339202v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Belinga Nko&#8217;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888168v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Sevillano Gutierrez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Durzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493386v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Adikpon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Adrian" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Alsayed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Angermaier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://craterre.hypotheses.org/999" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159759v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952809v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gandreau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013704v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00837774v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694403v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Opdyke" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lumanti Joshi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interaction.org/wp-content/uploads/2021/06/Roadmap-for-Research_96ppi.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965213v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grange" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Duccini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01159766v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239335v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakotomalala Lalaina" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a G&#233;nis" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cartier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116968v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231007v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon de La Rica" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Cloquet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716122v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Doat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rollet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Houben" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909749v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dayre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dugelay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>