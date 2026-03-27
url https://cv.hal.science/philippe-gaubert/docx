--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -753,1134 +753,1134 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05496164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actors’ Perceptions of Profitability Along a Bushmeat Commodity Chain in West Africa (Southern Benin)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conservation genetics of the white‐bellied pangolin in West Africa: A story of lineage admixture, declining demography, and wide sourcing by urban bushmeat markets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koffi Jules Gossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sery Gonedelé-Bi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fifanou G Vodouhe</w:t>
+                <w:t xml:space="preserve">Sylvain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedjro Gilles Armel Nago</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmanuel Danquah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropical Conservation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/19400829241268454⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.11031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04939600v1</w:t>
+                <w:t xml:space="preserve">hal-04939590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vendors’ perceptions on the bushmeat trade dynamics across West and central Africa during the COVID-19 pandemic: Lessons learned on sanitary measures and awareness campaigns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chabi A.M.S. Djagoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Didier Missoup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazif Ales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Vianney Amougou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 152, pp.103649. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envsci.2023.103649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">African bushpigs exhibit porous species boundaries and appeared in Madagascar concurrently with human arrival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renzo F Balboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura D Bertola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Brüniche-Olsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renzo F Balboa</w:t>
+                <w:t xml:space="preserve">Malthe Sebro Rasmussen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaodong Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 15 (1), pp.172. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-023-44105-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservation genetics of the white‐bellied pangolin in West Africa: A story of lineage admixture, declining demography, and wide sourcing by urban bushmeat markets</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Genetic tracing of the illegal trade of the white-bellied pangolin (Phataginus tricuspis) in western Central Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Din Dipita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Didier Missoup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Aguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Roxan Momboua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.11031⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.13131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-63666-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04939590v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic tracing of the illegal trade of the white-bellied pangolin (Phataginus tricuspis) in western Central Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Actors’ Perceptions of Profitability Along a Bushmeat Commodity Chain in West Africa (Southern Benin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fifanou G Vodouhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sedjro Gilles Armel Nago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chabi a M S Djagoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Din Dipita</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Didier Missoup</w:t>
+                <w:t xml:space="preserve">Stanislas Zanvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samantha Aguillon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brice Roxan Momboua</w:t>
+                <w:t xml:space="preserve">Ayidé a A Dossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.13131. </w:t>
+              <w:t xml:space="preserve">Tropical Conservation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-63666-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/19400829241268454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04939597v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the international bushmeat traffic in Belgium: A threat to conservation and public health</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is social media the new wet market? Social media platforms facilitate the online sale of bushmeat in West Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgia Kate Moloney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koffi Jules Gossé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sery Gonedelé-Bi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Chaber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 17, pp.100605. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.onehlt.2023.100605⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 16, pp.100503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.onehlt.2023.100503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718793v1</w:t>
+                <w:t xml:space="preserve">hal-04718791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pangolin genomes offer key insights and resources for the world’s most trafficked wild mammals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Heighton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Allio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Murienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Salmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 40 (10), pp.msad190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/molbev/msad190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is social media the new wet market? Social media platforms facilitate the online sale of bushmeat in West Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Examining the international bushmeat traffic in Belgium: A threat to conservation and public health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Chaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgia Kate Moloney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrella Morrison-Lanjouw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mutien Garigliany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">One Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 16, pp.100503. </w:t>
+              <w:t xml:space="preserve">, 2023, 17, pp.100605. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.onehlt.2023.100503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.onehlt.2023.100605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04718791v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the impact of the wildlife trade in West Africa (Benin): Functional diversity matters too</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chabi A. M. S. Djagoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Zanvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortuné Azihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1957,51 +1957,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA-typing improves illegal wildlife trade surveys: Tracing the Cameroonian bushmeat trade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Din Dipita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Didier Missoup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2204,51 +2204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Justy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Rueness</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Totis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3053,1111 +3053,2289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00174907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mosaics of Convergences and Noise in Morphological Phylogenies: What's in a Viverrid-Like Carnivoran?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gaubert</w:t>
+                <w:t xml:space="preserve">Patterns of cryptic hybridization revealed using an integrative approach: a case study on genets (Carnivora, Viverridae, Genetta spp.) from the southern African subregion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Chris Wozencraft</w:t>
+                <w:t xml:space="preserve">Peter J. Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Cordeiro-Estrela</w:t>
+                <w:t xml:space="preserve">Carlos A. Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael W. Bruford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Veron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10635150500232769⟩</w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 86, pp.11-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1095-8312.2005.00518.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04943986v1</w:t>
+                <w:t xml:space="preserve">hal-04943982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment on the proposed conservation of Viverra maculata Gray, 1830 (currently Genetta maculata; Mammalia, Carnivora)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Chris Wozencraft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of Zoological Nomenclature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mosaics of Convergences and Noise in Morphological Phylogenies: What's in a Viverrid-Like Carnivoran?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Chris Wozencraft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Cordeiro-Estrela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systematic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 54 (6), pp.865-894. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10635150500232769⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the Taxonomic Status of the Palawan Pangolin Manis culionensis (Pholidota) Using Discrete Morphological Characters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agostinho Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1644/1545-1542(2005)86[1068:ATTSOT]2.0.CO;2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genets (Carnivora, Viverridae) in Africa: an evolutionary synthesis based on cytochrome b sequences and morphological characters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A. Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael W. Bruford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First molecular evidence for reassessing phylogenetic affinities between genets ( Genetta ) and the enigmatic genet-like taxa Osbornictis , Poiana and Prionodon (Carnivora, Viverridae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Tranier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zoologica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular systematics and origin of sociality in mongooses (Herpestidae, Carnivora)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy E Dunham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 30 (3), pp.582-598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1055-7903(03)00229-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karyotype of the rare Johnston's genet Genetta johnstoni (Viverridae) and a reassessment of chromosomal characterization among congeneric species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir N. Aniskin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy E. Dunham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Crémière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitaly T. Volobouev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Theriologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nomenclatural comments on the Rusty-spotted Genet (Carnivora, Viverridae) and designation of a neotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Tranier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieter Kock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy E. Dunham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exhaustive sample set among Viverridae reveals the sister-group of felids: the linsangs as a case of extreme morphological convergence within Feliformia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 270 (1532), pp.2523-2530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2003.2521⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description of a new species of genet (Carnivora ; Viverridae ; genus Genetta) and taxonomic revision of forest forms related to the Large-spotted Genet complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mammalia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A reassessment of the distribution of the rare Genetta johnstoni (Viverridae, Carnivora) with some newly discovered specimens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Dunham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Shultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mammal Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genets and 'genet-like' taxa (Carnivora, Viverrinae): phylogenetic analysis, systematics and biogeographic implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04943962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An exceptional network of diploic veins in pangolins: implications for brain drainage and placental mammal phylogeny</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">Unlocking phylogenetic signal: a remarkable network of diploic veins in pangolin and carnivoran crania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Flynn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Ruf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Vertebrate Morphology 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Online, France</w:t>
+              <w:t xml:space="preserve">Society of Vertebrate Paleontology, 85th annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Birmingham, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05372817v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05372785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking phylogenetic signal: a remarkable network of diploic veins in pangolin and carnivoran crania</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId139" w:history="1">
+                <w:t xml:space="preserve">An exceptional network of diploic veins in pangolins: implications for brain drainage and placental mammal phylogeny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Flynn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Ruf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society of Vertebrate Paleontology, 85th annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Birmingham, France</w:t>
+              <w:t xml:space="preserve">International Congress of Vertebrate Morphology 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05372785v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05372817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scales of pangolins: serial variation, growth, and shape differentiation between species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Moison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gerber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème symposium national de Morphometrie et d’Evolution des Formes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic insights and resources to aid in pangolin conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Heighton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Murienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Salmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th European Conservation Genetics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Edimbourg (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of DNA typing to the illegal wildlife trade survey in Cameroon</w:t>
+                <w:t xml:space="preserve">Ethnozoological and commercial drivers of the pangolin trade in Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Din Dipita</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stanislas Zanvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chabi Djagoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fortuné Azihou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Djossa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Sinsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Meeting of the Association for Tropical Biology and Conservation (ATBC)</w:t>
+              <w:t xml:space="preserve">Virtual meeting of the Association for Tropical Biology and Conservation (ATBC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05371486v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can DNA help trace the local trade of pangolins? A genetic assessment of white-bellied pangolins from the Dahomey Gap (West Africa)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Zanvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chabi Djagoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortuné Azihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Djossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Sinsin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Pangolin Conference (IPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnozoological and commercial drivers of the pangolin trade in Benin</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multidisciplinary review on pangolins to help conserve the most trafficked mammals in the world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Paul Heighton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual meeting of the Association for Tropical Biology and Conservation (ATBC)</w:t>
+              <w:t xml:space="preserve">Virtual Meeting of the Association for Tropical Biology and Conservation (ATBC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05371478v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sifting through the bag scales: a multidisciplinary review of pangolin science, patents and public interest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Heighton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4173,228 +5351,362 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Pangolin Conference (IPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Kruger National Park, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multidisciplinary review on pangolins to help conserve the most trafficked mammals in the world</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sean Paul Heighton</w:t>
+                <w:t xml:space="preserve">Contribution of DNA typing to the illegal wildlife trade survey in Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Din Dipita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Didier Missoup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Tindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flobert Njiokou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Meeting of the Association for Tropical Biology and Conservation (ATBC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05371469v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">INTEGRATIVE TAXONOMY AND PHYLOGENETIC SYSTEMATICS OF THE GENETS (CARNIVORA, VIVERRIDAE, GENETTA): A NEW CLASSIFICATION OF THE MOST SPECIOSE CARNIVORAN GENUS IN AFRICA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter J. Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Veron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fifth International Symposium on Tropical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alexander Koenig Zoological Research Museum, May 2004, Bonn, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">An investigation of morpho-anatomical characters within the genus Genetta (Carnivora, Viverridae) with a remark on Osbornictis, the aquatic genet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Tranier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium International sur les Petits Mammifères Africains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1999, Paris, France. pp.81-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-00206109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4404,51 +5716,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science-based solutions to conserve pangolins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Heighton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4457,51 +5769,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, Discover Conservation (Springer Nature)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4511,1017 +5823,1017 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Egyptian Mongoose Herpestes ichneumon (Linnaeus, 1758)</w:t>
+                <w:t xml:space="preserve">Small Indian Mongoose Urva auropunctata (Hodgson, 1836)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Victor Bandeira</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Maria Angelici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duško Ćirović</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of the Mammals of Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-22, 2024, Handbook of the Mammals of Europe, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-65038-8_125-1⟩</w:t>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.1-19, 2024, Handbook of the Mammals of Europe, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-65038-8_152-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04939611v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Indian Mongoose Urva auropunctata (Hodgson, 1836)</w:t>
+                <w:t xml:space="preserve">Egyptian Mongoose Herpestes ichneumon (Linnaeus, 1758)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Duško Ćirović</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Nores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Do Linh San</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre de Carvalho Azevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Bandeira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of the Mammals of Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer International Publishing, pp.1-19, 2024, Handbook of the Mammals of Europe, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-65038-8_152-1⟩</w:t>
+              <w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-22, 2024, Handbook of the Mammals of Europe, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-65038-8_125-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04939613v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Common Genet Genetta genetta (Linnaeus, 1758)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Nores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Camps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Do Linh San</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of the Mammals of Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1-28, 2024, Handbook of the Mammals of Europe, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-65038-8_149-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution and morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Hautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sérgio Ferreira-Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pangolins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.5-23, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-12-815507-3.00001-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viverridae family (profile)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nandiniidae family – Viverrinae subfamily – genus Osbornictis – genus Genetta – Genetta abyssinica – Genetta tigrina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J Kingdon &amp; T Butynski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Prosboscidea, Sirenia, Perissodactyla</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pas d'éditeur, sous presse, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00174012v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00173995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetta johnstoni</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dunham Ae</w:t>
+                <w:t xml:space="preserve">Genetta genetta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J Kingdon &amp; T Butynski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Proboscidea, Sirenia, Perissodactyla</w:t>
+              <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Prosboscidea, Sirenia, Perissodactyla</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pas d'éditeur, sous presse, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00173985v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00173972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetta genetta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Delibes</w:t>
+                <w:t xml:space="preserve">Viverridae family (profile)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Veron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J Kingdon &amp; T Butynski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Prosboscidea, Sirenia, Perissodactyla</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pas d'éditeur, sous presse, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00173972v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00174012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nandiniidae family – Viverrinae subfamily – genus Osbornictis – genus Genetta – Genetta abyssinica – Genetta tigrina</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetta johnstoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dunham Ae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J Kingdon &amp; T Butynski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Prosboscidea, Sirenia, Perissodactyla</w:t>
+              <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Proboscidea, Sirenia, Perissodactyla</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pas d'éditeur, sous presse, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00173995v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00173985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetta maculata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Angelici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J Kingdon &amp; T Butynski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Prosboscidea, Sirenia, Perissodactyla</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, sous presse, sous presse, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00173861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetta pardina - Genetta thierryi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dunham Ae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J Kingdon &amp; T Butynski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mammals of Africa. Vol. 4. Carnivora, Pinnipedia, Pholidota, Tubulidentata, Hyracoidea, Prosboscidea, Sirenia, Perissodactyla</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pas d'éditeur, sous presse, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00174002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5531,91 +6843,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRACING EVOLUTION: TOWARDS MAKING CONSERVATION GENETICS APPLICABLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environmental Sciences. Université Paul Sabatier (Toulouse 3), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05371692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5625,151 +6937,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Link Between Covid-19 and Biodiversity: A Report Commissioned by the French Public Authorities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Silvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Goffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Soubelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abbadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] French Foundation for Biodiversity Research (FRB). 2021, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04179861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5779,168 +7091,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluer la dynamique spatio-temporelle des mammifères en danger à travers les connaissances écologiques locales combinées à des preuves directes : le cas des pangolins au Bénin (Afrique de l'Ouest)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Zanvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chabi Djagoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortuné Azihou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Djossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECOLO'TECH - Congrès scientifique, Montpellier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId194"/>
+      <w:footerReference w:type="default" r:id="rId228"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6087,51 +7399,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496167v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Jules Goss&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Paul Heighton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sery Gonedel&#233;-Bi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2025.e44233" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496171v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renaud Mahugnon Adounk&#232;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lecompte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akomian Fortun&#233; Azihou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Scholastique Toyi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Augustin Sinsin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.111606" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367699v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Kate Moloney" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Heighton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parthuisot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Didier Missoup" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Roxan Momboua" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsigen.2025.103366" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moison" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Filippo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grosmougin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Falconnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25624" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496164v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Revill-Hivet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Mallil-Messara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Justy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cerqueira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Desmarais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42991-025-00489-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939600v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifanou G Vodouhe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedjro Gilles Armel Nago" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi a M S Djagoun" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Zanvo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayid&#233; a A Dossou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19400829241268454" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939588v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi A.M.S. Djagoun" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazif Ales" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vianney Amougou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2023.103649" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939605v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo F Balboa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura D Bertola" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Br&#252;niche-Olsen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malthe Sebro Rasmussen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Liu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-44105-1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939590v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dufour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Danquah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.11031" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939597v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Din Dipita" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Aguillon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63666-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718793v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Chaber" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Renault" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrella Morrison-Lanjouw" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutien Garigliany" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2023.100605" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-04251934v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allio" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Murienne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Salmona" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Meng" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad190" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718791v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2023.100503" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04313525v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi A. M. S. Djagoun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortun&#233; Azihou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Nago" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Djagoun" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2023.e02630" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367702v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tindo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109552" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367697v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2021.109042" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04908505v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Mallil" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Rueness" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Totis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42991-020-00059-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939640v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Dayon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Aguilar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fernandez de Larrinoa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Pires" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12526-020-01101-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04905757v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdem Danyer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.12604" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939603v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyam Gopalakrishnan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel-Holger S Sinding" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazm&#237;n Ramos-Madrigal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Niemann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A Samaniego Castruita" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2018.08.041" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116834v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gonedel&#233; Bi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inza Kon&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C.K. B&#233;n&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Bitty" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Yao" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0030605315001453" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03035763v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostinho Antunes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2015.03.021" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5CJ7V21G-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174907v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Veron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaubert" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franklin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennings Ap" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grassman Lijr" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943986v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chris Wozencraft" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cordeiro-Estrela" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Veron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10635150500232769" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943962v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372817v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Billet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Hautier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Gaudin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Flynn" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Ruf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372785v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607071v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moison" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371556v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371486v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flobert Njiokou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371533v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi Djagoun" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Djossa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sinsin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371478v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371491v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371469v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00206109v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. V&#233;ron" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tranier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371571v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939611v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Nores" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Do Linh San" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bandeira" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65038-8_125-1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939613v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maria Angelici" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du&#353;ko &#262;irovi&#263;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65038-8_152-1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939610v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camps" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65038-8_149-1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367704v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Ferreira-Cardoso" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-815507-3.00001-0" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174012v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173985v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunham Ae" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173972v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delibes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173995v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173861v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Angelici" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174002v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05371692v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179861v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Soubelet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371698v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496167v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffi Jules Goss&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Paul Heighton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaubert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sery Gonedel&#233;-Bi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2025.e44233" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496171v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renaud Mahugnon Adounk&#232;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lecompte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akomian Fortun&#233; Azihou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Scholastique Toyi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Augustin Sinsin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2025.111606" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367699v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Kate Moloney" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Heighton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Parthuisot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Didier Missoup" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Roxan Momboua" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsigen.2025.103366" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moison" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Filippo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Grosmougin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Falconnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25624" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496164v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Revill-Hivet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Mallil-Messara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Justy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cerqueira" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Desmarais" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42991-025-00489-9" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939590v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dufour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Danquah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.11031" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939588v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi A.M.S. Djagoun" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazif Ales" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vianney Amougou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2023.103649" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939605v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo F Balboa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura D Bertola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Br&#252;niche-Olsen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malthe Sebro Rasmussen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Liu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-44105-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939597v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Din Dipita" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Aguillon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-63666-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939600v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifanou G Vodouhe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sedjro Gilles Armel Nago" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi a M S Djagoun" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Zanvo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayid&#233; a A Dossou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19400829241268454" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718791v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Chaber" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2023.100503" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-04251934v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Allio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Murienne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Salmona" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Meng" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad190" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04718793v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Renault" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrella Morrison-Lanjouw" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutien Garigliany" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.onehlt.2023.100605" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04313525v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi A. M. S. Djagoun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortun&#233; Azihou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Nago" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Djagoun" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2023.e02630" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367702v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Tindo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109552" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367697v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2021.109042" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04908505v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Mallil" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Rueness" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Totis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42991-020-00059-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939640v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Dayon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Aguilar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fernandez de Larrinoa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Pires" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12526-020-01101-8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04905757v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erdem Danyer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.12604" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04939603v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyam Gopalakrishnan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel-Holger S Sinding" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazm&#237;n Ramos-Madrigal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Niemann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A Samaniego Castruita" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2018.08.041" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116834v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gonedel&#233; Bi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inza Kon&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C.K. B&#233;n&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Bitty" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Yao" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0030605315001453" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03035763v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agostinho Antunes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2015.03.021" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5CJ7V21G-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174907v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Veron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaubert" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franklin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennings Ap" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grassman Lijr" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943982v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Taylor" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A. Fernandes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W. Bruford" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Veron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2005.00518.x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-03S6PFHS-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943965v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chris Wozencraft" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943986v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cordeiro-Estrela" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10635150500232769" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943985v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1644/1545-1542(2005)86[1068:ATTSOT]2.0.CO;2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943977v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943974v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tranier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Delmas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colyn" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Veron" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943976v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy E Dunham" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Taylor" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1055-7903(03)00229-X" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H63VNGXC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943980v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir N. Aniskin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy E. Dunham" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cr&#233;mi&#232;re" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly T. Volobouev" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943967v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Kock" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943971v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2003.2521" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943968v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943961v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Dunham" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Shultz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943962v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372785v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Billet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Hautier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Gaudin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Flynn" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Ruf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372817v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607071v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moison" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371556v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371478v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chabi Djagoun" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Djossa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sinsin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371533v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371469v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371491v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371486v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flobert Njiokou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943981v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00206109v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. V&#233;ron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tranier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371571v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939613v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maria Angelici" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Du&#353;ko &#262;irovi&#263;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65038-8_152-1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939611v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Nores" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Do Linh San" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de Carvalho Azevedo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bandeira" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65038-8_125-1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939610v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Camps" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65038-8_149-1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367704v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;rgio Ferreira-Cardoso" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-815507-3.00001-0" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173995v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173972v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delibes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174012v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173985v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunham Ae" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173861v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Angelici" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174002v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05371692v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04179861v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Silvain" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Soubelet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Sarrazin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371698v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>