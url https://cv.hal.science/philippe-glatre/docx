--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.9587628866px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Glâtre </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CV Philippe GLÂTREEnseignant-chercheur contractuel en Sciences de l'éducation et de la formation - Université Paul Valéry Montpellier 3 - LIRDEF / Docteur en anthropologie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-glatre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0393-8913</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roelens, C. (2024). Quelle autorité dans une société des individus ? PURH.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 75, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13m1e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire descendre le maître de son piédestal. Retour sur parcours d’un formateur-chercheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Figures inspirantes pour une socialisation démocratique dans et par l’éducation, 74, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12yxd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’altérité dans la langue. De la négociation entre hégémonie et diversité dans la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Série monographique en sciences humaines/Human Sciences Monograph Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Récits de langues, récits de peuples, 28, pp.125-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial. L’éducation populaire dans tous ses états : nouvelles approches émancipatrices et défis politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’éducation populaire dans tous ses états : nouvelles approches émancipatrices et défis politiques, 68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recensement des thèses portant sur l'éducation populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’éducation populaire dans tous ses états : nouvelles approches émancipatrices et défis politiques, 2 (68)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486765v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la performativité dans les lieux de la culture : hybridations réunionnaises entre le slam, le rap et le fonnkèr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Poésies performatives : approches croisées, 95-96, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u4d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ateliers de poésie orale et branchements langagiers à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glottopol : Revue de sociolinguistique en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les langues dans la famille, 38, pp.122-131. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/glottopol.3326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060136v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation populaire dans tous ses états : entre résistances et métamorphoses. Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’éducation populaire dans tous ses états : entre résistances et métamorphoses, 67, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation populaire dans tous ses états : entre résistances et métamorphoses. Présentation du numéro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’éducation populaire dans tous ses états : entre résistances et métamorphoses, 67, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fonnkèr de Socko Lokaf : une poésie de l’émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Oralités contestataires, Hors-Série, pp.91-99. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bornand Sandra & Derive Jean (dir.), 2018, Les Canons du discours et la langue : parler juste, Karthala (coll. « Tradition orale »), Paris, 330 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Éclats de parole, 85, pp.225-228. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer sa culture. Quand l’implicite se cache dans les choix poétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Regards croisés sur l’implicite"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 8163 Savoirs, Textes, Langage, Nov 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une ethnographie numérique ? De l’intérêt d’articuler terrain et corpus audiovisuel dans l’analyse de performances poétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du consortium Huma-Num Canevas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, MSH Nord Campus Condorcet Paris., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04604800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la diversité est empêchée : subalternisation par la monoculture dans le système éducatif réunionnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Rencontres du Réseau International Education et Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université; CNRS; IREMAM; INSPE, Nov 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les canons du fonnkèr. L’invention d’une poésie orale réunionnaise traditionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13è Colloque d'ISOLA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for the Oral Literatures of Africa, Jul 2021, Nairobi, Kenya</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'altérité dans la langue. De la négociation entre hégémonie et diversité dans la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5è Colloque International Langue et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul Valéry, Jun 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie orale et branchements langagiers à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les langues dans la famille : attitudes, usages, politiques, histoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Sorbonne Nouvelle - Université Paris Descartes - Inalco, Mar 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolinguisme et colonialité. De la négociation entre slam et fonnkèr à l’Île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46è congrès annuel de la Société d’histoire coloniale française (SHCF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Buffalo (NY), États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralité et colonialité au prisme de la diglossie littéraire réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Congrès Mondial de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Montpellier (On Line), France. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20207813005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux de la culture des poésies orales : une anthropologie comparative depuis La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésies performatives : théories et pratiques. Perspectives comparatistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’Études Comparatistes. Faculté de Lettres de l’Université de Lisbonne, Oct 2018, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le slam réunionnais : une occasion pour les subalternes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques sociales et apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre enclicage et légitimité : de la difficulté d’accès à la dimension cachée de la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le slam à l'Île de La Réunion : domination, braconnage, hybridité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridations entre le fonnkèr et le slam. Une négociation de savoirs dans la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. Université de la Sorbonne nouvelle - Paris III, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022PA030096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03900915v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId46"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.9587628866px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Philippe Glâtre </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CV Philippe GLÂTREEnseignant-chercheur contractuel en Sciences de l'éducation et de la formation - Université Paul Valéry Montpellier 3 - LIRDEF / Docteur en anthropologie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">philippe-glatre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0393-8913</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roelens, C. (2024). Quelle autorité dans une société des individus ? PURH.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 75, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13m1e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la performativité dans les lieux de la culture : hybridations réunionnaises entre le slam, le rap et le fonnkèr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Poésies performatives : approches croisées, 95-96, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12u4d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’altérité dans la langue. De la négociation entre hégémonie et diversité dans la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Série monographique en sciences humaines/Human Sciences Monograph Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Récits de langues, récits de peuples, 28, pp.125-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04868784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire descendre le maître de son piédestal. Retour sur parcours d’un formateur-chercheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Figures inspirantes pour une socialisation démocratique dans et par l’éducation, 74, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12yxd⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial. L’éducation populaire dans tous ses états : nouvelles approches émancipatrices et défis politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’éducation populaire dans tous ses états : nouvelles approches émancipatrices et défis politiques, 68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recensement des thèses portant sur l'éducation populaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexia Morvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L’éducation populaire dans tous ses états : nouvelles approches émancipatrices et défis politiques, 2 (68)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486765v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation populaire dans tous ses états : entre résistances et métamorphoses. Présentation du numéro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’éducation populaire dans tous ses états : entre résistances et métamorphoses, 67, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ateliers de poésie orale et branchements langagiers à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glottopol : Revue de sociolinguistique en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Les langues dans la famille, 38, pp.122-131. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/glottopol.3326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060136v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation populaire dans tous ses états : entre résistances et métamorphoses. Éditorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Morisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pesce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques de formation/Analyses : Revue internationale de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, L’éducation populaire dans tous ses états : entre résistances et métamorphoses, 67, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fonnkèr de Socko Lokaf : une poésie de l’émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Oralités contestataires, Hors-Série, pp.91-99. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bornand Sandra & Derive Jean (dir.), 2018, Les Canons du discours et la langue : parler juste, Karthala (coll. « Tradition orale »), Paris, 330 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Littérature Orale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Éclats de parole, 85, pp.225-228. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/clo.6164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performer sa culture. Quand l’implicite se cache dans les choix poétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Regards croisés sur l’implicite"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR 8163 Savoirs, Textes, Langage, Nov 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une ethnographie numérique ? De l’intérêt d’articuler terrain et corpus audiovisuel dans l’analyse de performances poétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international du consortium Huma-Num Canevas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, MSH Nord Campus Condorcet Paris., France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04604800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la diversité est empêchée : subalternisation par la monoculture dans le système éducatif réunionnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Rencontres du Réseau International Education et Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aix-Marseille Université; CNRS; IREMAM; INSPE, Nov 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les canons du fonnkèr. L’invention d’une poésie orale réunionnaise traditionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13è Colloque d'ISOLA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for the Oral Literatures of Africa, Jul 2021, Nairobi, Kenya</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'altérité dans la langue. De la négociation entre hégémonie et diversité dans la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5è Colloque International Langue et Territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul Valéry, Jun 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oralité et colonialité au prisme de la diglossie littéraire réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Congrès Mondial de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Montpellier (On Line), France. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20207813005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie orale et branchements langagiers à La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les langues dans la famille : attitudes, usages, politiques, histoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Sorbonne Nouvelle - Université Paris Descartes - Inalco, Mar 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolinguisme et colonialité. De la négociation entre slam et fonnkèr à l’Île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46è congrès annuel de la Société d’histoire coloniale française (SHCF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Buffalo (NY), États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lieux de la culture des poésies orales : une anthropologie comparative depuis La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésies performatives : théories et pratiques. Perspectives comparatistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’Études Comparatistes. Faculté de Lettres de l’Université de Lisbonne, Oct 2018, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02998751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le slam réunionnais : une occasion pour les subalternes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques sociales et apprentissages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Saint-Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre enclicage et légitimité : de la difficulté d’accès à la dimension cachée de la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03231671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le slam à l'Île de La Réunion : domination, braconnage, hybridité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02999808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybridations entre le fonnkèr et le slam. Une négociation de savoirs dans la poésie orale réunionnaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Glâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. Université de la Sorbonne nouvelle - Paris III, 2022. Français. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2022PA030096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03900915v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId46"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DE1DFA50"/>
+    <w:nsid w:val="AA9D1969"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-glatre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0393-8913" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017202v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gl&#226;tre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m1e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860363v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yxd" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868784v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486772v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morisse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486765v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Morvan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822336v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u4d" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060136v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glottopol.3326" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195795v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999814v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6794" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999827v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6164" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377751v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604800v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788526v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126566v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126554v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999909v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207813005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998751v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01619863v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999808v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03900915v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022PA030096" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-glatre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0393-8913" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017202v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gl&#226;tre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13m1e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822336v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12u4d" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868784v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860363v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12yxd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486772v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morisse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486765v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Morvan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196238v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060136v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glottopol.3326" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195795v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999814v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6794" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999827v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clo.6164" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377751v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604800v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788526v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126566v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126554v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959313v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207813005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999909v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000760v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998751v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01619863v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03231671v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999808v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03900915v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022PA030096" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>