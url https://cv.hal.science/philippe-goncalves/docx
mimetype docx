--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -464,295 +464,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From ID-TIMS U-Pb dating of single monazite grain to APT-nanogeochronology: application to the UHT granulites of Andriamena (North-Central Madagascar)</w:t>
+                <w:t xml:space="preserve">High-pressure Ca metasomatism of metabasites (Mont Avic, Western Alps): insights into fluid–rock interaction during subduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M J Turuani</w:t>
+                <w:t xml:space="preserve">Kilian Lecacheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Magali Seydoux-Guillaume</w:t>
+                <w:t xml:space="preserve">Olivier Fabbri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin T Laurent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S L Harley</w:t>
+                <w:t xml:space="preserve">Francesca Piccoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/bsgf/2024013⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (5), pp.767-795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/ejm-36-767-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04732174v1</w:t>
+                <w:t xml:space="preserve">hal-04766060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-pressure Ca metasomatism of metabasites (Mont Avic, Western Alps): insights into fluid–rock interaction during subduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From ID-TIMS U-Pb dating of single monazite grain to APT-nanogeochronology: application to the UHT granulites of Andriamena (North-Central Madagascar)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M J Turuani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Magali Seydoux-Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kilian Lecacheur</w:t>
+                <w:t xml:space="preserve">Antonin T Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Fabbri</w:t>
+                <w:t xml:space="preserve">D Fougerouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Piccoli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+                <w:t xml:space="preserve">S L Harley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 36 (5), pp.767-795. </w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 195, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/ejm-36-767-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/bsgf/2024013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766060v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confronting Solid‐State Shear Bias: Magmatic Fabric Contribution to Crustal Seismic Anisotropy</w:t>
               </w:r>
@@ -1381,563 +1381,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03267507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematics, deformation partitioning and late Variscan magmatism in the Agly massif, Eastern Pyrenees, France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Trap</w:t>
+                <w:t xml:space="preserve">Geochemical fingerprints of brannerite (UTi2O6): an integrated study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Turuani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Choulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Eglinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Josselin Gremmel</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Machault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/bsgf/2020009⟩</w:t>
+              <w:t xml:space="preserve">Mineralogical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 84 (2), pp.313-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1180/mgm.2020.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913691v1</w:t>
+                <w:t xml:space="preserve">hal-03026641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Samapleu mafic-ultramafic intrusion (Western Ivory Coast): Cumulate of a High-Mg Basaltic Magma with (coeval) ultra-high temperature - medium pressure metamorphism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Gouedji</w:t>
+                <w:t xml:space="preserve">Kinematics, deformation partitioning and late Variscan magmatism in the Agly massif, Eastern Pyrenees, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Vanardois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Picard</w:t>
+                <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Antoine Audet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yacouba Coulibaly</w:t>
+                <w:t xml:space="preserve">Josselin Gremmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1144/SP502-2019-130⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 191 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/bsgf/2020009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02559920v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheological behavior of high temperature garnet-bearing migmatites: The Khondalite Belt example (North China Craton)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Samapleu mafic-ultramafic intrusion (Western Ivory Coast): Cumulate of a High-Mg Basaltic Magma with (coeval) ultra-high temperature - medium pressure metamorphism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Gouedji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Lobjoie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Trap</w:t>
+                <w:t xml:space="preserve">Christian Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Oliot</w:t>
+                <w:t xml:space="preserve">Marc-Antoine Audet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Lin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Barou</w:t>
+                <w:t xml:space="preserve">Yacouba Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2019.103910⟩</w:t>
+              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1144/SP502-2019-130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02509216v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02559920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geochemical fingerprints of brannerite (UTi2O6): an integrated study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rheological behavior of high temperature garnet-bearing migmatites: The Khondalite Belt example (North China Craton)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Lobjoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Turuani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Flavien Choulet</w:t>
+                <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Eglinger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+                <w:t xml:space="preserve">Wei Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Machault</w:t>
+                <w:t xml:space="preserve">Fabrice Barou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mineralogical Magazine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 84 (2), pp.313-334. </w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 131, pp.103910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1180/mgm.2020.7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2019.103910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03026641v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MICROSCOPIC MODEL FOR A ONE PARAMETER CLASS OF FRACTIONAL LAPLACIANS WITH DIRICHLET BOUNDARY CONDITIONS</w:t>
               </w:r>
@@ -2157,51 +2157,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Siron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2304,51 +2304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 37 (8), pp.1129-1149. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2376,321 +2376,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02351855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metamorphic geology: progress and perspectives</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct synthesis of pure brannerite UTi2O6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvio Ferrero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugene Grosch</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hantao Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1144/SP478-2018-186⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 515, pp.401-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03009756v1</w:t>
+                <w:t xml:space="preserve">hal-01979146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct synthesis of pure brannerite UTi2O6</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+                <w:t xml:space="preserve">Metamorphic geology: progress and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hantao Lin</w:t>
+                <w:t xml:space="preserve">Silvio Ferrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Baron</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eugene Grosch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 515, pp.401-406. </w:t>
+              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 478 (1), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.01.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1144/SP478-2018-186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01979146v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-high temperature metamorphism recorded in Fe-rich olivine-bearing migmatite from the Khondalite Belt, North China Craton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Lobjoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3152,51 +3152,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tectono-metamorphic evolution of the internal zone of the Pan-African Lufilian orogenic belt (Zambia): Implications for crustal reworking and syn-orogenic uranium mineralizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Eglinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Vanderhaeghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3350,51 +3350,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian journal of earth sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 53 (3), pp.231-259. </w:t>
@@ -3540,77 +3540,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Poilvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Structural Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 86, pp.166-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3650,372 +3650,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01355954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The geological roots of South America: 4.1 Ga and 3.7 Ga zircon crystals discovered in N.E. Brazil and N.W. Argentina</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reply to J. Berger's comment on the article “Discovery of metamorphic microdiamonds from the parautochthonous units of the Variscan French Massif” by Thiéry, V. et al.,. (2015), Gondwana Research 28, 954–960</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.S.F. Barbosa</w:t>
+                <w:t xml:space="preserve">Vincent Thiéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Rohais</w:t>
+                <w:t xml:space="preserve">P. Rolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.C.P. Cruz</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Camille Caumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precambrian Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.precamres.2015.09.027⟩</w:t>
+              <w:t xml:space="preserve">Gondwana Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38, pp.372-374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gr.2015.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01252420v1</w:t>
+                <w:t xml:space="preserve">hal-01343087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to J. Berger's comment on the article “Discovery of metamorphic microdiamonds from the parautochthonous units of the Variscan French Massif” by Thiéry, V. et al.,. (2015), Gondwana Research 28, 954–960</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Rolin</w:t>
+                <w:t xml:space="preserve">The geological roots of South America: 4.1 Ga and 3.7 Ga zircon crystals discovered in N.E. Brazil and N.W. Argentina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dubois</w:t>
+                <w:t xml:space="preserve">J.S.F. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Camille Caumon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Rohais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.C.P. Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gondwana Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gr.2015.12.002⟩</w:t>
+              <w:t xml:space="preserve">Precambrian Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 271, pp.49-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.precamres.2015.09.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01343087v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01252420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mid-crustal shear zone formation in granitic rocks: Constraints from quantitative textural and crystallographic preferred orientations analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karel Schulmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Lexa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4053,90 +4053,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Samapleu mafic-ultramafic intrusion and its Ni-Cu-PGE mineralization: an Eburnean (2.09 Ga) feeder dyke to the Yacouba layered complex (Man Archean craton, western Ivory Coast)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gouedji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacouba Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Auge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4334,64 +4334,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of chemical processes on shear zone formation : an example from the Grimsel metagranodiorite (Aar massif, Central Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.A.D. Connolly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4505,376 +4505,376 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00779224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dating low-temperature deformation by 40Ar/39Ar on white mica, insights from the Argentera-Mercantour Massif (SW Alps)</w:t>
+                <w:t xml:space="preserve">Neoproterozoic extension in the Greater Dharwar Craton: a reevaluation of the &amp;quot;Betsimisaraka suture&amp;quot; in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Sanchez</w:t>
+                <w:t xml:space="preserve">Robert D. Tucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Rolland</w:t>
+                <w:t xml:space="preserve">Jean-Yves Roig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Schneider</w:t>
+                <w:t xml:space="preserve">Claude Delor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Corsini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilien Oliot</w:t>
+                <w:t xml:space="preserve">Yuri Amelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lithos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 125 (1-2), pp.521-536. </w:t>
+              <w:t xml:space="preserve">Canadian journal of earth sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 48 (2), pp.389-417. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lithos.2011.03.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/E10-034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00581492v1</w:t>
+                <w:t xml:space="preserve">hal-00669766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neoproterozoic extension in the Greater Dharwar Craton: a reevaluation of the &amp;quot;Betsimisaraka suture&amp;quot; in Madagascar</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dating low-temperature deformation by 40Ar/39Ar on white mica, insights from the Argentera-Mercantour Massif (SW Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert D. Tucker</w:t>
+                <w:t xml:space="preserve">Yan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Roig</w:t>
+                <w:t xml:space="preserve">Julie Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Delor</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+                <w:t xml:space="preserve">Michel Corsini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian journal of earth sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lithos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 125 (1-2), pp.521-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lithos.2011.03.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1139/E10-034⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00669766v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00581492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La déformation des granites: zones de cisaillement ductiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Gapais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géochronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 120, pp.28-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4925,51 +4925,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 28, pp.849-871</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5261,51 +5261,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petrological evolution of silica-undersaturated sapphirine-bearing granulite in the Paleoproterozoic Salvador–Curaçá Belt, Bahia, Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlson Leite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.S.F. Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5592,420 +5592,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00288810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dating metamorphic reactions and fluid flow: application to exhumation of high-pressure granulites in a crustal-scale shear zone, western Canadian Shield.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Format and philosophy for collecting, compiling and reporting microprobe monazite ages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jercinovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Mahan</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Jercinovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 24, pp.193-217</w:t>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 225, pp.1-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00221515v1</w:t>
+                <w:t xml:space="preserve">hal-00221516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Format and philosophy for collecting, compiling and reporting microprobe monazite ages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dating metamorphic reactions and fluid flow: application to exhumation of high-pressure granulites in a crustal-scale shear zone, western Canadian Shield.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Mahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jercinovic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">K. Mahan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 225, pp.1-15</w:t>
+              <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, pp.193-217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00221516v1</w:t>
+                <w:t xml:space="preserve">hal-00221515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron microprobe age mapping of monazite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two contrasted P–T–time paths of coronitic metanorites of the French Massif Central: are reaction textures reliable guides to metamorphic histories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Nicollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Jercinovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Mineralogist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 90, pp.578-585</w:t>
+              <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 23, pp.97-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00221517v1</w:t>
+                <w:t xml:space="preserve">hal-00221518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two contrasted P–T–time paths of coronitic metanorites of the French Massif Central: are reaction textures reliable guides to metamorphic histories</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electron microprobe age mapping of monazite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jercinovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Metamorphic Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 23, pp.97-105</w:t>
+              <w:t xml:space="preserve">The American Mineralogist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 90, pp.578-585</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00221518v1</w:t>
+                <w:t xml:space="preserve">hal-00221517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petrology and in-situ U-Th-Pb monazite geochronology of Ultra-High Temperature metamorphism from the Andriamena mafic unit, north-central Madagascar.Significance of a petrographical PT path in a polymetamorphic context</w:t>
               </w:r>
@@ -6080,243 +6080,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00288890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission electron microscope study of polyphase and discordant monazites: Site-specific specimen preparation using the focused ion beam technique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Magali Seydoux-Guillaume</w:t>
+                <w:t xml:space="preserve">Micro-drilling ID-TIMS U-Pb dating of single monazites: A new method to unravel complex poly-metamorphic evolutions. Application to the UHT granulites of Andriamena (North-Central Madagascar)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Nicollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Wirth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Deutsch</w:t>
+                <w:t xml:space="preserve">Bertrand Devouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 31, pp.973-976</w:t>
+              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 147, pp.110-122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00005517v1</w:t>
+                <w:t xml:space="preserve">hal-00221519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-drilling ID-TIMS U-Pb dating of single monazites: A new method to unravel complex poly-metamorphic evolutions. Application to the UHT granulites of Andriamena (North-Central Madagascar)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
+                <w:t xml:space="preserve">Transmission electron microscope study of polyphase and discordant monazites: Site-specific specimen preparation using the focused ion beam technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Magali Seydoux-Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Nicollet</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Devouard</w:t>
+                <w:t xml:space="preserve">Alexander Deutsch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contributions to Mineralogy and Petrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 147, pp.110-122</w:t>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 31, pp.973-976</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00221519v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00005517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Strain Pattern in Andriamena unit (North-Central Madagascar): Evidence for Late Neoproterozoic-Cambrian Thrusting during Continental Convergence</w:t>
               </w:r>
@@ -6563,64 +6563,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic modeling and thermobarometry of metasomatized rocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Marquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Oliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6864,51 +6864,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A5E89ADE"/>
+    <w:nsid w:val="B491738D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7095,51 +7095,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-goncalves" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8069-7976" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070404089" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05372444v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Vanardois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trap" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goncalves" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2025011" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318373v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Cheviet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Galerne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Bach" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-025-02262-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04732174v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M J Turuani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Magali Seydoux-Guillaume" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin T Laurent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fougerouse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S L Harley" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2024013" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766060v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Lecacheur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabbri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Piccoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-36-767-2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873048v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Frothingham" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mahan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Schulte-Pelkum" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Zucali" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL102399" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03711375v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12659" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03085861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Hammouda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geeth Manthilake" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goncalves" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chantel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guignard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089752" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611383v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lecl&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2021.229005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03267507v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Raimondo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailma Santos de Souza de Oliveira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12592" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02913691v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marquer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Gremmel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559920v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gouedji" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Audet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Coulibaly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP502-2019-130" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02509216v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lobjoie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Lin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2019.103910" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026641v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Turuani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Eglinger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Machault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/mgm.2020.7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721137v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bernardin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron Jim&#233;nez Oviedo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00205-020-01549-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098588v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ceccato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Pennacchioni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12553" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02997803v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12549" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02351855v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Leydier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12504" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009756v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ferrero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Grosch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP478-2018-186" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979146v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hantao Lin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.01.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737910v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuli Li" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12295" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519109v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johildo Salom&#227;o Figueiredo Barbosa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Beatriz de Menezes Leal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhardt Adolfo Fuck2," TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailma Santos de Souza De Oliveira" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2316-9095.v17-287" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574651v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jeanneret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precamres.2017.07.019" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519107v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;nke Brandt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nicollet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Tucker" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.11.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481750v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanderhaeghe" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Andr&#233;-Mayer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Zeh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2015.10.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZX5BVSQR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332908v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjes-2015-0136" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519110v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355954v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Poilvet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2016.02.015" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98P5JRZK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01252420v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S.F. Barbosa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rohais" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C.P. Cruz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precamres.2015.09.027" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01343087v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thi&#233;ry" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rolin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Caumon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2015.12.002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7SF3J3W-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930163v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Schulmann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lexa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03663776v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auge" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.185.6.393" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762514v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Riel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Martelat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2012.10.005" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745361v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A.D. Connolly" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779224v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581492v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sanchez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Rolland" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schneider" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2011.03.009" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXF57HBQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00669766v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D. Tucker" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Roig" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delor" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Amelin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/E10-034" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657318v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gapais" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483312v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oliot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428921v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dumond" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Williams" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jercinovic" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425307v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duch&#234;ne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Luais" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Deloule" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-009-0434-1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDM93H12-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348717v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlson Leite" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabat&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288782v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Flowers" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hoffman-Setka" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288810v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Baldwin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Powell" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Williams" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221515v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mahan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221516v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221517v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221518v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288890v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Montel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005517v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wirth" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Deutsch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221519v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Devouard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221521v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lardeaux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221522v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mercier de Lepinay" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598062v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28394-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003569v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/philippe-goncalves" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8069-7976" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/070404089" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-05372444v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Vanardois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trap" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goncalves" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2025011" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318373v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Cheviet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Choulet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Galerne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Bach" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-025-02262-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766060v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilian Lecacheur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabbri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Piccoli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/ejm-36-767-2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04732174v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M J Turuani" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Magali Seydoux-Guillaume" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin T Laurent" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fougerouse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S L Harley" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2024013" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873048v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Frothingham" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mahan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Schulte-Pelkum" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Zucali" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL102399" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03711375v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12659" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03085861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Hammouda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geeth Manthilake" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goncalves" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chantel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guignard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL089752" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611383v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leydier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Albaric" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lecl&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2021.229005" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03267507v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Raimondo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailma Santos de Souza de Oliveira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12592" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026641v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Turuani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Eglinger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Machault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/mgm.2020.7" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02913691v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marquer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Gremmel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559920v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gouedji" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Picard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Audet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Coulibaly" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP502-2019-130" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02509216v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lobjoie" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Lin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Barou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2019.103910" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721137v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bernardin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron Jim&#233;nez Oviedo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00205-020-01549-9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098588v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Ceccato" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Pennacchioni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12553" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02997803v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Siron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12549" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02351855v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Leydier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12504" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979146v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hantao Lin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Baron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.01.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009756v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ferrero" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Grosch" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP478-2018-186" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737910v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuli Li" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmg.12295" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519109v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johildo Salom&#227;o Figueiredo Barbosa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Beatriz de Menezes Leal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhardt Adolfo Fuck2," TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailma Santos de Souza De Oliveira" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.2316-9095.v17-287" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574651v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jeanneret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poujol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precamres.2017.07.019" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519107v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;nke Brandt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nicollet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Tucker" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.11.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481750v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanderhaeghe" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Andr&#233;-Mayer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Zeh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2015.10.021" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZX5BVSQR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332908v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjes-2015-0136" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519110v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355954v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Poilvet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2016.02.015" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98P5JRZK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01343087v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thi&#233;ry" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rolin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Camille Caumon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gr.2015.12.002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G7SF3J3W-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01252420v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S.F. Barbosa" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rohais" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.C.P. Cruz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.precamres.2015.09.027" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930163v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Schulmann" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lexa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03663776v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Auge" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.185.6.393" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762514v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Riel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaillard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Martelat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2012.10.005" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745361v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A.D. Connolly" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00779224v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bichet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00669766v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D. Tucker" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Roig" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Delor" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Amelin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/E10-034" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581492v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sanchez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Rolland" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Schneider" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2011.03.009" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXF57HBQ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657318v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gapais" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483312v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oliot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428921v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dumond" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Williams" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jercinovic" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425307v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duch&#234;ne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Luais" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Deloule" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00410-009-0434-1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDM93H12-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348717v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlson Leite" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabat&#233;" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288782v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Flowers" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hoffman-Setka" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288810v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Baldwin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Powell" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Williams" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221516v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mahan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221515v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221518v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221517v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288890v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Montel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221519v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Devouard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005517v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wirth" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Deutsch" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221521v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lardeaux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00221522v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mercier de Lepinay" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00598062v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-28394-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003569v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>